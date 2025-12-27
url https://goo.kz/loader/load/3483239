--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,24998 +1,19232 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-      <w:pPr>
+    <w:p w:rsidR="00DF6CBD" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="004D1A42">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00121A4D">
+      <w:r w:rsidRPr="002B5A95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
+        <w:t>ОБЪЯВЛЕНИЕ О ПРОВЕДЕНИИ КОНКУРСА</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-      <w:pPr>
+    <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="004D1A42">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00121A4D">
+      <w:r w:rsidRPr="002B5A95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>БОС ОРЫНДАРҒА ЖӘНЕ УАҚЫТША БОС</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00121A4D">
+        <w:t xml:space="preserve"> НА ВАКАНТНЫЕ И ВРЕМЕННО ВАКАНТНЫЕ МЕСТА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="004D1A42">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ОРЫНДАРҒА</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПЕДАГОГИЧЕСКИХ РАБОТНИКОВ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-      <w:pPr>
+    <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="004D1A42">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00121A4D">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...16 lines deleted...]
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 25 сәбилер бақшасы» КМҚК бос орындарға және уақытша бос орындарға конкурс өткізу туралы жариялайды.</w:t>
+    <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="004D1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КГКП « Ясли – сад  №25 города Павлодара» образования города Павлодара, управления образования Павлодарской области объявляет конкурс на вакантные и временно вакантные места:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="-885" w:type="dxa"/>
+        <w:tblStyle w:val="a9"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="563"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1918"/>
+        <w:gridCol w:w="639"/>
+        <w:gridCol w:w="1676"/>
+        <w:gridCol w:w="1520"/>
+        <w:gridCol w:w="1527"/>
+        <w:gridCol w:w="1807"/>
         <w:gridCol w:w="3003"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidTr="00B10026">
+      <w:tr w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidTr="00B10026">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...2 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1747" w:type="dxa"/>
+            <w:tcW w:w="1676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>бос лауазым</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Вакантная должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>жүктеме көлемі</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Объем нагрузки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1014" w:type="dxa"/>
+            <w:tcW w:w="1527" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...4 lines deleted...]
-              <w:t>оқыту тілі</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1918" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...29 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Адрес детского сада</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:b/>
-[...82 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Контакты, электронный адрес</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidTr="00B10026">
+      <w:tr w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidTr="00B10026">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="563" w:type="dxa"/>
+            <w:tcW w:w="639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>1</w:t>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1747" w:type="dxa"/>
+            <w:tcW w:w="1676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Дене шынықтыру нұсқаушысы (уақытша бос лауазым)</w:t>
+              </w:rPr>
+              <w:t>Инструктор по физической культуре (временно вакантная должность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="1520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...18 lines deleted...]
-              <w:t>мөлшерлемесі</w:t>
+              </w:rPr>
+              <w:t>1 ставки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1014" w:type="dxa"/>
+            <w:tcW w:w="1527" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>орыс</w:t>
+              </w:rPr>
+              <w:t>русский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1918" w:type="dxa"/>
+            <w:tcW w:w="1807" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...1 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:t>Павлодар қаласы, Гагарин көшесі, 36/3</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>г. Павлодар, ул. Гагарина, 36/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-            <w:pPr>
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00121A4D">
+              <w:t>8(7182)-60-63-85</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="00B10026">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>8(7182)-60-63-85</w:t>
-[...12 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00121A4D">
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>email</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="en-US"/>
-[...9 lines deleted...]
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00121A4D">
+            <w:r w:rsidRPr="002B5A95">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kindergard25@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="004D1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...7 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="004D1A42">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>В конкурсе могут участвовать педагоги, соответствующие Типовым квалификационным характеристикам педагогов и предоставившие документы согласно утвержденному перечню.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...15 lines deleted...]
-        <w:t>Конкурсқа педагогтердің үлгілік біліктілік сипаттамаларына сәйкес келетін және бекітілген тізбеге сәйкес құжаттарды ұсынған педагогтер қатыса алады.</w:t>
+    <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="004D1A42">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С квалификационными  требованиями и перечнем  необходимых документов для участия в конкурсе вы можете ознакомиться на сайте организации образования. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...15 lines deleted...]
-        <w:t>Біліктілік талаптарымен және конкурсқа қатысу үшін қажетті құжаттар тізбесімен сіз білім беру ұйымының сайтында таныса аласыз.</w:t>
+    <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="004D1A42">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов на участие в конкурсе производится в течение семи рабочих дней со дня последней даты опубликования объявления о проведении конкурса. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...15 lines deleted...]
-        <w:t>Конкурсқа қатысуға құжаттарды қабылдау конкурс өткізу туралы хабарландыру жарияланған соңғы күннен бастап жеті жұмыс күні ішінде жүргізіледі.</w:t>
+    <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="004D1A42">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Срок приема документов с 31 января по 8 февраля 2022 года.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="006A1B97" w:rsidP="00F25C8B">
-[...48 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="004D1A42" w:rsidRPr="002B5A95" w:rsidRDefault="004D1A42" w:rsidP="004D1A42">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00121A4D" w:rsidRDefault="00121A4D" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00121A4D" w:rsidRDefault="00121A4D" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00121A4D" w:rsidRDefault="00121A4D" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00121A4D" w:rsidRDefault="00121A4D" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00121A4D" w:rsidRPr="00121A4D" w:rsidRDefault="00121A4D" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="002B5A95" w:rsidRDefault="002B5A95" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B5A95" w:rsidRDefault="002B5A95" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B5A95" w:rsidRPr="002B5A95" w:rsidRDefault="002B5A95" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Павлодар облысы Білім беру басқармасы, Павлодар қаласының Білім беру бөлімінің «Павлодар қаласының № 25 сәбилер бақшасы» КМҚК </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t xml:space="preserve"> №25 города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на назначение вакантной должности </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t>Дене шынықтыру нұсқаушысы</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>Инструктора по физической культуре</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...29 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...31 lines deleted...]
-        <w:fldChar w:fldCharType="end"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>31-01-2022 09:00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...1 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...37 lines deleted...]
-        </w:rPr>
+          <w:rStyle w:val="x-phmenubutton"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>КГКП «Ясли-сад №25 города Павлодара»  г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>.П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t xml:space="preserve">авлодар, улица Гагарина 36/3,                          телефон  8 (7812) 60-63-85, 8(7812) 60-63-86; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-    </w:p>
-[...6834 lines deleted...]
-        <w:r w:rsidRPr="00121A4D">
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="002B5A95">
           <w:rPr>
-            <w:rStyle w:val="a6"/>
+            <w:rStyle w:val="a5"/>
             <w:i/>
             <w:iCs/>
-            <w:lang w:val="kk-KZ"/>
           </w:rPr>
           <w:t>kindergard25@mail.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:tbl>
-[...177 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t xml:space="preserve"> с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое образование или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1511"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы в должности инструктора по физической культуре дошкольной организации для педагога-мастера – 5 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z1512"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      и (или) при наличии среднего и высшего уровня квалификации стаж работы в должности инструктора по физической культуре дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z1513"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z1514"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) педагог (без категории): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z1515"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям инструктора по физической культуре (по плаванию) дошкольной организации;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="z1516"/>
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">владеть современными методиками физического воспитания и обучения детей дошкольного возраста; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z1517"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      планировать и организовывать учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z1518"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) педагог-модератор: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z1519"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>       должен соответствовать общим требованиям к квалификации "педагог" (без категории), а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z1520"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       владеть современными методиками физического воспитания и обучения детей дошкольного возраста; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z1521"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      знать содержание и структуру программного материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z1522"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       применять инновационные методики и технологии; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z1523"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      проводить диагностику уровня развития умений и навыков в разных возрастных группах, участвовать в методической работе </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z1524"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       выступать на педсоветах в организации образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z1525"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       повышать профессиональную квалификацию; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z1526"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      обобщать опыт на уровне организации образования, иметь участников конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z1527"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) педагог - эксперт: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z1528"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям квалификационной категории "педагог-модератор", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z1529"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       владеть элементами диагностики развития физических способностей детей дошкольного возраста, участвовать в создании физкультурно-оздоровительной развивающей среды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z1530"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      участвовать в методической работе в организации дошкольного воспитания и обучения, в мероприятиях на уровне района, города: выступать на педагогических советах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z1531"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      повышать свою профессиональную квалификацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z1532"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       владеть навыками анализа организованной учебной деятельности, осуществлять наставничество и конструктивно определять приоритеты профессионального развития: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z1533"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      собственного и коллег на уровне организации образования, обобщать опыт на уровне района/города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z1534"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) педагог-исследователь:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z1535"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям к квалификации "педагог-эксперт", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z1536"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      владеть умениями и навыками разработки учебных программ, методик обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z1537"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">                                                                                                                        </w:t>
+        <w:t>      участвовать в деятельности районных, городских методических объединений, семинаров, конференций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z1538"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       практиковать наставничество; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z1539"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      владеть навыками публичных выступлений и взаимодействия с аудиторией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z1540"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      применять современные методики физического воспитания детей дошкольного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z1541"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      иметь методические разработки по направлению деятельности на уровне района, города;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z1542"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      владеть навыками исследования занятия и разработки инструментов оценивания, осуществлять наставничество и конструктивно определять стратегии развития в педагогическом сообществе на уровне района, города, обобщать опыт на уровне области/городов республиканского значения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z1543"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) педагог-мастер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z1544"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      должен соответствовать общим требованиям квалификационной категории "педагог - исследователь", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z1545"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      участвовать в экспериментальной работе по освоению новых программ; активно участвовать в методической работе районного, городского, областного и республиканского уровня; транслировать и внедрять опыт в области, республике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z1546"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      иметь авторскую программу или являться автором (соавтором) изданных программ, учебно-методических пособий, получивших одобрение на областном учебно-методическом совете или Республиканском учебно-методическом совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z1547"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      осуществлять наставничество и планировать развитие сети профессионального сообщества на уровне области, участвовать в республиканских и международных профессиональных конкурсах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Обеспечивает охрану жизни и здоровья детей. Планирует и осуществляет организованную учебную деятельность по физической культуре (плаванию) в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения с учетом Типового учебного плана и рекомендаций медицинского персонала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z1500"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Занимается изучением, обобщением и распространением передового педагогического опыта по физическому воспитанию, внедряет инновационные технологии на основе изучения отечественных и зарубежных научно-исследовательских, авторских разработок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z1501"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Осуществляет консультационную помощь родителям в вопросах здоровье сбережения и применения здоровье сберегающих технологий. Владеет информационно-коммуникативной компетентностью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z1502"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Принимает участие в создании физкультурно-оздоровительной развивающей среды, осуществляет совместно с педагогическим коллективом дошкольной организации, а также с помощью родителей и общественных организаций организационно-методическую и практическую работу, проведение массовых мероприятий. Обеспечивает санитарно-гигиенические условия и меры безопасности при проведении организованной учебной деятельности, спортивных праздников и развлечений. Проводит дополнительные занятия с детьми специальной медицинской группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z1503"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Ведет документацию установленной отчетности по учебной, физкультурно-оздоровительной работе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z1504"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой Кодекс Республики Казахстан, законы Республики Казахстан "Об образовании", "О статусе педагога", "О противодействии коррупции" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z1507"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      основы дефектологии и соответствующие методики (при работе с детьми, имеющими отклонения в развитии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z1508"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      основы санитарии и гигиены, психологии и педагогики, правила оказания первой медицинской помощи, по безопасности и охране труда, санитарные правила.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заработная плата инструктора по физической культуре:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-        <w:t>Нысан</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>среднее-специальное</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 102819 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Заработная плата инструктора по физической культуре:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>высшее образование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 109012 тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В течение 7 рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t xml:space="preserve">на Интернет-ресурсе и (или) официальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>аккаунтах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t xml:space="preserve"> социальных сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>Прием документов на занятие вакантной должности осуществляет КГКП «</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t xml:space="preserve"> №25 города Павлодара» улица Гагарина 36/3.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:tab/>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="002B5A95">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность инструктора по физической культуре.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a6"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Срок  временно вакантной должности инструктора по физической культуре  с 31.01.2022 г. по 15.05. 2022 года (на период отпуска по беременности и родам).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в случаях установления недостоверности документов, представленных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или) данных (сведений), содержащихся в них, необходимых для оказания государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контактные телефоны и электронные адреса для уточнения информации: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="x-phmenubutton"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t xml:space="preserve">8 (7812) 60-63-85, 8(7812) 60-63-86; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>эл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>.п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t>очта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="002B5A95">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>kindergard25@mail.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1204"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1204"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 10 к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должностей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="75"/>
+        <w:ind w:left="6399" w:right="557"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>первых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>руководителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="33" w:line="288" w:lineRule="auto"/>
+        <w:ind w:left="7047" w:right="1202"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="002633D7" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape20" o:spid="_x0000_s1028" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251664384;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,241" coordsize="2803,0" path="m7625,241r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape21" o:spid="_x0000_s1029" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251663360;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,504" coordsize="2803,0" path="m7625,504r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="33" w:line="271" w:lineRule="auto"/>
+        <w:ind w:left="7377" w:right="1402" w:hanging="127"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(государственный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орган, объявивший конкурс)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="002633D7" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape22" o:spid="_x0000_s1030" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251662336;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,339" coordsize="9514,0" path="m1260,339r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="002633D7" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape23" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251661312;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>работы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="002633D7" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape24" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251660288;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape25" o:spid="_x0000_s1033" style="position:absolute;margin-left:42pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251659264;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,730" coordsize="9514,0" path="m840,730r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Фактическое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>место</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>проживания,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прописки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контактный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="105" w:firstLine="419"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Прошу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>допустить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>меня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной/временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="002633D7" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape26" o:spid="_x0000_s1034" style="position:absolute;margin-left:42pt;margin-top:15.85pt;width:482.7pt;height:.1pt;z-index:-251658240;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,317" coordsize="9654,0" path="m840,317r9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="1486"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организаций</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>образования,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) В настоящее время работаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="002633D7" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape27" o:spid="_x0000_s1035" style="position:absolute;margin-left:42pt;margin-top:15.9pt;width:482.7pt;height:.1pt;z-index:-251657216;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,318" coordsize="9654,0" path="m840,318r9653,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="905"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наименование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>организации,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>адрес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(область,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>район,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>город\село</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:after="21"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Образование:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>высшее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>послевузовское</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
-[...1984 lines deleted...]
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...5 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3212"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4481"/>
+        <w:gridCol w:w="4275"/>
+        <w:gridCol w:w="2433"/>
+        <w:gridCol w:w="3192"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidTr="00B10026">
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
         <w:trPr>
-          <w:trHeight w:val="661"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4275" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...7 lines deleted...]
-              <w:t>Оқу</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Наименование</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00121A4D">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-              <w:t>орнының</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>учебного</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00121A4D">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>заведения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-              <w:t>Оқу</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Период</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00121A4D">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-              <w:t>кезеңі</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обучения</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3192" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-              <w:t>бойынша</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Специальность</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00121A4D">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-              <w:t>мамандық</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>по</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidTr="00B10026">
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
         <w:trPr>
-          <w:trHeight w:val="183"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4275" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...28 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2433" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="3192" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="25"/>
+        <w:ind w:left="539"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наличие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>категории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(дата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>присвоения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(подтверждения)):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="002633D7" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:pict>
+          <v:shape id="docshape28" o:spid="_x0000_s1036" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251656192;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9793,0" path="m840,362r9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9981"/>
+        </w:tabs>
+        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+        <w:ind w:right="787"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Стаж педагогической работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Имею следующие результаты работы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Награды, звания, степень, ученая степень, ученое звание,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>также</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="002633D7" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10097"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="docshape29" o:spid="_x0000_s1037" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251655168;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9793,0" path="m840,362r9793,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r w:rsidR="00DF6CBD" w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10097"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00121A4D">
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">      </w:t>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>сведения (при наличии) __________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Даю согласие на обработку моих персональных данных, без ограничения срока,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>любыми законными способами, соответствующими целям обработки персональных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>данных (для использования фото, видео, в том числе в информационных системах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>персональных данных с использованием средств автоматизации или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>без использования таких средств).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Я оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а) об ответственности за попытку использования одного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>из запрещенных предметов в здании, где будет проходить тестирование,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>об удалении с составлением соответствующего акта.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а), что при обнаружении запрещенного предмета лишаюсь права</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>прохождения тестирования сроком на один год.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Оповещен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а), что при установлении фактов нарушения правил во время проведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>тестирования, а также обнаруженных при просмотре видеозаписи, независимо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>от срока сдачи, составляется акт и производится аннулирование результатов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Запрещенные предметы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">мобильные средства связи (пейджер, сотовые телефоны, планшеты, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00121A4D">
+      <w:r w:rsidRPr="002B5A95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Біліктілік</w:t>
+        </w:rPr>
+        <w:t>iPad</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00121A4D">
+      <w:r w:rsidRPr="002B5A95">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айпад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айпод</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Айфон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SmartPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Смартфон), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Смартчасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>ноутбуки, плееры, модемы (мобильные роутеры);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">любые виды </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>радио-электронной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wi-Fi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Вай-фай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bluetooth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Блютуз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Дект</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), 3G (3 Джи), 4G (4 Джи), 5G (5 Джи);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>наушники проводные и беспроводные и прочее;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>шпаргалки и учебно-методические литературы;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>калькуляторы и корректирующие жидкости.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Я согласен</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а) ________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(Ф.И.О. (при его наличии)) (подпись)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>С Правилами проведения тестирования и конкурса ознакомлен (а)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>"____" ______________20___года ____________________ /подпись/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10097"/>
+        </w:tabs>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Перечень необходимых документов для участия в конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Лицо, изъявившее желание принять участие в конкурсе, в сроки приема</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">документов, указанных в объявлении, направляет следующие документы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронном или бумажном </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>виде</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) заявление об участии в конкурсе с указанием перечня </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>прилагаемых</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-        <w:t>санатының</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>документовпо</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> бар </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> форме согласно приложению 1;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) документ, удостоверяющий личность либо электронный документ из </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-        <w:t>болуы</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сервисацифровых</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> (бар </w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) копии документов об образовании в соответствии с </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>предъявляемыми</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должности квалификационными требованиями, утвержденными Типовыми</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>квалификационными характеристиками педагогов; (вкладыш от диплома)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) справку о состоянии здоровья по форме, утвержденной приказом </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-        <w:t>болса</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>исполняющегообязанности</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00121A4D">
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 30 октября 2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>года№</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>областиздравоохранения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9) справку о наличии либо отсутствии судимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10) справку из противотуберкулезного диспансера;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11) санитарная книжка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13) заполненный Оценочный лист кандидата на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или временно</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную должность педагога по форме согласно приложению 2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Кандидат при наличии представляет дополнительную информацию,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>касающуюся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его образования, опыта работы, профессионального уровня (копии документов о повышении квалификации, присвоении ученых/академических </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>степенейи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> званий, научных или методических публикациях, квалификационных категорий, рекомендации от руководства предыдущего места работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14) фото на документы 5х6 (2шт.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15) Паспорт вакцинации </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Отсутствие одного из указанных документов является основанием для возврата документов кандидату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 11 к Правилам назначения на должности, освобождения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...68 lines deleted...]
-        <w:t>):</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должностей первых руководителей и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">государственных организаций образования </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...16 lines deleted...]
-        <w:t>      ____________________________________________________________________</w:t>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...45 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:right="1835" w:firstLine="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-        <w:t>:</w:t>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лист</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-11"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>временно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>вакантную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>должность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-12"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:w w:val="95"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="002633D7" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0" w:line="20" w:lineRule="exact"/>
+        <w:ind w:left="6904"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:group id="docshapegroup30" o:spid="_x0000_s1026" style="width:140.15pt;height:.4pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2803,8">
+            <v:line id="_x0000_s1027" style="position:absolute" from="0,4" to="2803,4" strokeweight=".14125mm"/>
+            <w10:wrap type="none"/>
+            <w10:anchorlock/>
+          </v:group>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="002633D7" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:pict>
+          <v:shape id="docshape31" o:spid="_x0000_s1038" style="position:absolute;margin-left:381.25pt;margin-top:11.9pt;width:140.15pt;height:.1pt;z-index:-251654144;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,238" coordsize="2803,0" path="m7625,238r2802,e" filled="f" strokeweight=".14125mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:before="33"/>
+        <w:ind w:left="7509" w:right="1402" w:hanging="244"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фамилия,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>имя,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B5A95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9346" w:type="dxa"/>
-        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
         </w:tblBorders>
-        <w:tblCellMar>
-[...5 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="827"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2493"/>
+        <w:gridCol w:w="306"/>
+        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidTr="00B10026">
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
         <w:trPr>
-          <w:trHeight w:val="1655"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="617"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...19 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-              <w:t>Педагогикалық</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="185"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Подтверждающий</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00121A4D">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...26 lines deleted...]
-              <w:t>өтілі</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...138 lines deleted...]
-              <w:t>)</w:t>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="1877"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Кол-во</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов (от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="1163"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уровень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образования</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...27 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-              <w:t>л</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Техническое</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00121A4D">
-[...108 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессиональное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>очное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшее</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> заочное/дистанционное = 2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с отличием = 7 баллов</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidTr="00B10026">
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
         <w:trPr>
-          <w:trHeight w:val="361"/>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="1123"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...41 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ученая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>академическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>степень</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Магистр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>специалист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>-доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов Доктор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Кандидат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>наук</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="9143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="306" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>квалификационное</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тестирование</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="11"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="43" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-модератор"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-эксперт"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="641"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до90</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">о методике и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>педагогике:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...4756 lines deleted...]
-        </w:rPr>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:spacing w:line="292" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidSect="004E7B43">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="426" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...7 lines deleted...]
-        <w:tblLook w:val="04A0"/>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblInd w:w="-562" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5850"/>
-        <w:gridCol w:w="3465"/>
+        <w:gridCol w:w="281"/>
+        <w:gridCol w:w="2701"/>
+        <w:gridCol w:w="3084"/>
+        <w:gridCol w:w="3999"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidTr="00B10026">
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="5360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...18 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...11 lines deleted...]
-            <w:bookmarkEnd w:id="2"/>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="15"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-исследователь"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>содержанию:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="607"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 80 до90 баллов = 9 баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>о методике и педагогике:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="2"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="466"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов от 60 до70 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>квалификационной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категорией</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="27"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагог-мастер"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="18"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-              <w:t>Мемлекеттік</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00121A4D">
-[...273 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidTr="00B10026">
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
         <w:trPr>
-          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+          <w:trHeight w:val="2034"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...17 lines deleted...]
-              <w:t> </w:t>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Квалификация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="141"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Удостоверение</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>документ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00B10026">
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="621"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла Высшая категория = 3 балла Педагог-модератор</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-мастер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="1184"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="863"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="373"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00121A4D">
-[...6 lines deleted...]
-              <w:t>Нысан</w:t>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Стаж</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагогической</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5 лет =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="13" w:line="284" w:lineRule="exact"/>
+              <w:ind w:left="38" w:right="980"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>лет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="900"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Опыт</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>административной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и методической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1129"/>
+                <w:tab w:val="left" w:pos="1690"/>
+              </w:tabs>
+              <w:spacing w:before="70" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="316"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">книжка/документ, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заменяющий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовую </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>методист</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="3" w:line="280" w:lineRule="atLeast"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заместитель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>директора</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="1143"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="6"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Для</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогов,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>впервые</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>поступающих на работу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>диплому</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>об</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1353"/>
+                <w:tab w:val="left" w:pos="1962"/>
+                <w:tab w:val="left" w:pos="3035"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Результаты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогической/ профессиональной</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>практики</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отлично" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>хорошо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="1953"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="5"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с предыдущего</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>места</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">при осуществлении трудовой </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="9"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1216"/>
+              </w:tabs>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">положительного </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23" w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Отсутствие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>рекомендательного письма = минус 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1282"/>
+              </w:tabs>
+              <w:spacing w:before="18" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="252"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Негативное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рекомендательное </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="1762"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="155" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="104"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="26"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="283" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="86"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл призеры</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиад</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="1655"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="10"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="30" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о к а </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>з</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> а т е л и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">профессиональных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="179"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="104" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="1"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="155" w:hanging="117"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>государственная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="15"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>награда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1064"/>
+                <w:tab w:val="left" w:pos="2092"/>
+              </w:tabs>
+              <w:spacing w:before="10" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="238"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>участник</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" = 1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>призер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>конкурса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Лучший</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="13"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="34"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обладатель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>медали</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="3006"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="8"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Методическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>авторские</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="24" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="33"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">автор или соавтор учебников и </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">( </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1131"/>
+                <w:tab w:val="left" w:pos="1489"/>
+                <w:tab w:val="left" w:pos="2581"/>
+                <w:tab w:val="left" w:pos="2822"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="144"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наличие</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>публикации</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>научно-исследовательской деятельности,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>включенный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> перечень</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>КОКСОН,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="3330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="147" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>деятельность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="137"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лидерство</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="156"/>
+              </w:tabs>
+              <w:spacing w:before="53"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>реализация</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="882"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла руководство</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>МО</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл л</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>и</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>е</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="212" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>профессионально-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогического</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сообщества</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1501"/>
+                <w:tab w:val="left" w:pos="1910"/>
+                <w:tab w:val="left" w:pos="2215"/>
+                <w:tab w:val="left" w:pos="3048"/>
+              </w:tabs>
+              <w:spacing w:before="54" w:line="280" w:lineRule="auto"/>
+              <w:ind w:left="38" w:right="35"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">русский/ казахский = 2 балла </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/русский, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">иностранный/казахский) = 3 балла, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>преподавание</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:line="222" w:lineRule="exact"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>баллов</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="3350"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="281" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="157"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2701" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Курсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>подготовка</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="337"/>
+                <w:tab w:val="left" w:pos="1745"/>
+              </w:tabs>
+              <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="256" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>предметной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>подготовки</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="297"/>
+              </w:tabs>
+              <w:spacing w:before="23" w:line="271" w:lineRule="auto"/>
+              <w:ind w:right="216" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сертификат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>на</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>цифровую</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>грамотность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="22" w:line="292" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="2103"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>КАЗТЕСТ, IELTS; TOEFL; DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1715"/>
+              </w:tabs>
+              <w:spacing w:before="2" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="39" w:right="32"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучение</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="40"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Основы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программирования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>",</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" Обучение работе с </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3999" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="127"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ЦПМ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>НИШ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="53"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="54" w:line="271" w:lineRule="auto"/>
+              <w:ind w:left="38"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>курсы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>0,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(каждый</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="80"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidTr="00890F72">
+        <w:trPr>
+          <w:trHeight w:val="333"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="40"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Итого</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7083" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00890F72">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="45"/>
+              <w:ind w:left="39"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Максимальный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5A95">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...251 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:tbl>
-[...8260 lines deleted...]
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
+    <w:p w:rsidR="00DF6CBD" w:rsidRPr="002B5A95" w:rsidRDefault="00DF6CBD" w:rsidP="00DF6CBD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F25C8B" w:rsidRPr="00121A4D" w:rsidRDefault="00F25C8B" w:rsidP="00F25C8B">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w:rsidR="000774D2" w:rsidRPr="002B5A95" w:rsidRDefault="000774D2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E37C3E" w:rsidRPr="00121A4D" w:rsidRDefault="00E37C3E">
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00E37C3E" w:rsidRPr="00121A4D" w:rsidSect="008E6961">
+    <w:sectPr w:rsidR="000774D2" w:rsidRPr="002B5A95" w:rsidSect="000774D2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="56A37603"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="51000094"/>
+    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A600FA68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F91648BA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5AFCFA8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BB588FA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="894A4A24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="95DCA3A8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="06AA14A4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="45925C06">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="298"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="74203318"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2B079D0"/>
+    <w:lvl w:ilvl="0" w:tplc="7F4CE8AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="DBE2E8E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="343" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="AF4C92F4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="646" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2DC09B6A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="950" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="C1D6E2EA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1253" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B7F009F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1557" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="71BA7AFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1860" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7A50DE4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2163" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E1C83F1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2467" w:hanging="140"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="76020A38"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="842C3380"/>
+    <w:lvl w:ilvl="0" w:tplc="FB74428A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="155" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0806222C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="451" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7BD06C6E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="742" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="524EE582">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1034" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3C527456">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1325" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="740ECBBC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1617" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="8904D5D6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1908" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ED601DB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2199" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0F742A80">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2491" w:hanging="117"/>
+      </w:pPr>
+      <w:rPr>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00F25C8B"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F60EF6"/>
+    <w:rsidRoot w:val="00DF6CBD"/>
+    <w:rsid w:val="000774D2"/>
+    <w:rsid w:val="002633D7"/>
+    <w:rsid w:val="002B5A95"/>
+    <w:rsid w:val="004D1A42"/>
+    <w:rsid w:val="00DF6CBD"/>
+    <w:rsid w:val="00F37A9B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -25016,50 +19250,51 @@
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -25135,175 +19370,257 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00F25C8B"/>
+    <w:rsid w:val="00DF6CBD"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DF6CBD"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF6CBD"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DF6CBD"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:rsid w:val="00DF6CBD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF6CBD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="x-phmenubutton">
+    <w:name w:val="x-ph__menu__button"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00DF6CBD"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF6CBD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00DF6CBD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF6CBD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rsid w:val="00DF6CBD"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00F25C8B"/>
+    <w:rsid w:val="00DF6CBD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...56 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100025349" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kindergard25@mail.ru" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kindergard25@mail.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kindergard25@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -25550,54 +19867,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>12</Pages>
-  <Words>3210</Words>
-  <Characters>18302</Characters>
+  <Words>3123</Words>
+  <Characters>17805</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>152</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>148</Lines>
+  <Paragraphs>41</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21470</CharactersWithSpaces>
+  <CharactersWithSpaces>20887</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>