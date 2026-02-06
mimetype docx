--- v0 (2025-12-05)
+++ v1 (2026-02-06)
@@ -1,18992 +1,19580 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>БОС ОРЫНДАРҒА ЖӘНЕ УАҚЫТША БОС</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОРЫНДАРҒА</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИКАЛЫҚ ҚЫЗМЕТКЕРЛЕРДІҢ</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...89 lines deleted...]
-        <w:t>КГКП « Ясли – сад  №25 города Павлодара» образования города Павлодара, управления образования Павлодарской области объявляет конкурс на вакантные и временно вакантные места:</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 25 сәбилер бақшасы» КМҚК бос орындарға және уақытша бос орындарға конкурс өткізу туралы жариялайды.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10796" w:type="dxa"/>
+        <w:tblInd w:w="-885" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="639"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1807"/>
+        <w:gridCol w:w="563"/>
+        <w:gridCol w:w="1747"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="1014"/>
+        <w:gridCol w:w="1918"/>
         <w:gridCol w:w="3003"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0024415D">
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Вакантная должность</w:t>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бос лауазым</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1520" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Объем нагрузки</w:t>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүктеме көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1527" w:type="dxa"/>
+            <w:tcW w:w="1014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Язык обучения</w:t>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту тілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1807" w:type="dxa"/>
+            <w:tcW w:w="1918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәбилер бақшасының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мекенжайлары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0024415D">
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="639" w:type="dxa"/>
+            <w:tcW w:w="563" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>1.</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1676" w:type="dxa"/>
+            <w:tcW w:w="1747" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>Музыкальный руководитель</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>музыкалық жетекші</w:t>
+            </w:r>
+            <w:r w:rsidR="001138F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1520" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>1,5 ставка</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мөлшерлемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1527" w:type="dxa"/>
+            <w:tcW w:w="1014" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>русский</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1807" w:type="dxa"/>
+            <w:tcW w:w="1918" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...13 lines deleted...]
-              <w:br/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Павлодар қаласы, Гагарин көшесі, 36/3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>8(7182)-60-63-85</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>email</w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00A4485E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kindergard25@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:autoSpaceDE w:val="0"/>
-[...92 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа педагогтердің үлгілік біліктілік сипаттамаларына сәйкес келетін және бекітілген тізбеге сәйкес құжаттарды ұсынған педагогтер қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптарымен және конкурсқа қатысу үшін қажетті құжаттар тізбесімен сіз білім беру ұйымының сайтында таныса аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға құжаттарды қабылдау конкурс өткізу туралы хабарландыру жарияланған соңғы күннен бастап жеті жұмыс күні ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001138F6" w:rsidRPr="00121A4D" w:rsidRDefault="001138F6" w:rsidP="001138F6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022 жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31 қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аңтардан 8 ақпан аралығында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00121A4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құжаттарды қабылдау мерзімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BD39D6" w:rsidRPr="00A4485E" w:rsidRDefault="00BD39D6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRDefault="003751BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRPr="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00626354" w:rsidRPr="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:rPr>
-[...26 lines deleted...]
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> №25 города Павлодара» отдела образования города Павлодара,  управления образования Павлодарской области объявляет открытый конкурс на назначение вакантной должности </w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Павлодар облысы Білім беру басқармасы, Павлодар қаласының</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>Музыкального руководителя</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Білім беру бөлімінің «Павлодар қаласының № 25 сәбилер бақшасы» КМҚК </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Музыкалық жетекшісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос лауазымына тағайындауға ашық конкурс жариялайды </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>31-01-2022 09:00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="x-phmenubutton"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...27 lines deleted...]
-      </w:hyperlink>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының № 25 сәбилер бақшасы» КМҚК Павлодар қ., Гагарин көшесі, 36/3 телефон 8 (7812) 60-63-85, 8(7812) 60-63-86; эл.почта: </w:t>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "mailto:kindergard25@mail.ru"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>kindergard25@mail.ru</w:t>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> с казахским и русским языком обучения. Реализует типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сәбилер бақшасы қазақ және орыс тілдерінде оқытады. Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidRPr="00626354">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="z1171"/>
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      и (или) при наличии высшего уровня квалификации стаж работы для педагога-мастера – 5 лет;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе қайта даярлау курстарынан өткенін растайтын құжат немесе тиісті бейін бойынша техникалық және кәсіптік білімі, жұмыс өтіліне талап қойылмайды; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="z1172"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      и (или) при наличии высшего или среднего уровня квалификации стаж работы для педагога-модератора не менее 3 лет, педагога-эксперта - 4 года, педагога-исследователя – 5 лет.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       жұмыс өтілі педагог-модератор үшін 3 жылдан кем емес, педагог-эксперт үшін 4 жылдан кем емес, педагог-зерттеуші мен педагог-шебер үшін 5 жылдан кем емес болуы қажет. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="z1173"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:bookmarkStart w:id="0" w:name="z34"/>
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      Требования к квалификации с определением профессиональных компетенций:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z1174"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      1) педагог (без категории):</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      1) "педагог" (санаты жоқ):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z1175"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      должен отвечать общим требованиям, предъявляемым к педагогу высшего уровня квалификации: знать содержание учебной программы и методику преподавания, составлять план работы, планировать и организовывать мероприятия на уровне организации образования;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Педагогқа қойылатын жалпы талаптарға жауап беруі тиіс: оқу бағдарламасының мазмұнын және оқыту әдістемесін білу, жұмыс жоспарын құру, білім беру ұйымы деңгейінде іс-шараларды жоспарлау және ұйымдастыру.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="z1176"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      2) педагог-модератор:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      2) "педагог-модератор":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="z1177"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      должен отвечать общим требованиям, предъявляемым к квалификации "педагог", а также:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагогке қойылатын жалпы талаптарға жауап беруі, сондай-ақ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="7" w:name="z1178"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       обеспечивать устойчивые положительные результаты; </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      тұрақты оң нәтижелерді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="z1179"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      широко использовать различные виды музыкальных занятий;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      әр түрлі музыкалық сабақ түрлерін кеңінен қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="z1180"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...20 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі білім беру ұйымының әдістемелік жұмысына қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="z1181"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      выступать на педагогических советах;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагогикалық кеңестерде қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="z1182"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      проводить открытые занятия, участвует в мероприятиях внутри организации образования;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      ашық сабақтар өткізу, білім беру ұйымы ішіндегі іс-шараларға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="z1183"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      3) педагог-эксперт:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      3) "педагог-сарапшы":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="z1184"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       должен отвечать требованиям, предъявляемым к квалификации "педагог-модератор", а также: </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       педагогтерге қойылатын талаптарға жауап беруі, сонымен қатар: мектепкі дейінгі жастағы балаларды музыкалық тәрбиелеу мен оқытудың әртүрлі қазіргі заманғы әдістерін меңгеруі, баланың музыкалық қабілетінің даму диагностикасының элементтерін білуі; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="z1185"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      владеть разнообразными современными методиками музыкального воспитания и обучения детей дошкольного возраста, элементами диагностики развития музыкальных способностей детей дошкольного возраста;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      баланың даму ортасының қалыптасуына белсенді қатысуы тиіс.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="z1186"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      активно участвовать в преобразовании среды развития ребенка;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4) "педагог-зерттеуші": </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="16" w:name="z1187"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      4) педагог-исследователь:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Педагог-сарапшыға қойылатын талаптарға жауап беруі, сонымен қатар: мектепке дейінгі жастағы балаларды музыкалық оқыту мен тәрбиелеудің қазіргі заманғы әдістерін қолданудың өзінің шығармашылық ізденісін жүзеге асыруы, балаларды музыкалық дамытудың өзіндік ерекше әдістерін білуі;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="z1188"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       должен отвечать требованиям, предъявляемым к квалификации "педагог-эксперт", а также: </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      кәсіби конкурстардың қатысушысы болу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="18" w:name="z1189"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">       осуществлять собственный творческий поиск применения современных методик музыкального воспитания и обучения детей дошкольного возраста, прививать им собственные оригинальные методики музыкального развития детей; </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5) "педагог-шебер": </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="19" w:name="z1190"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      являться участником профессиональных конкурсов;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      педагог-зерттеушіге қойылатын талаптарға жауап беруі, сондай-ақ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="20" w:name="z1191"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      5) педагог-мастер:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       балалардың музыкалық дамуының өзіндік ерекше бірегей әдістемелерінің болуы; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="21" w:name="z1192"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      должен отвечать требованиям, предъявляемым к квалификации "педагог-исследователь", а также:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      республикалық (халықаралық) деңгейде кәсіби конкурстардың қатысушысы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="22" w:name="z1193"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Лауазымдық міндеттер: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>      иметь собственные оригинальные методики музыкального развития детей;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандартының талабына сәйкес балаларды эстетикалық дамыту мен музыкалық тәрбиелеуді жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="23" w:name="z1194"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>    являться участником профессиональных конкурсов на республиканском (международном) уровне.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Музыкалық сабақты, балалар мерекелерін және басқа да мәдени-көпшілік іс-шараларды ұйымдастырады және өткізеді, музыкалық дарынды балларды анықтайды. Балалармен жеке жұмысты жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...30 lines deleted...]
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="24" w:name="z1159"/>
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Балалардың ойын әрекеттерін ұйымдастыруға қатысады, түрлі музыкалық және дидактикалық ойындар өткізеді. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Педагогикалық кеңестерді дайындауға, әдістемелік бірлестіктердің жұмысына қатысады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Балалармен жұмыс жасауда инновациялық педагогикалық тәжірибені енгізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         Балаларды музыкалық тәрбиелеу мәселесі ата-аналар мен тәрбиеленушілерге кеңес береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>         Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>  Білуі тиіс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының Конституциясын, Қазақстан Республикасының Еңбек Кодексін, "Білім туралы", "Педагог мәртебесі туралы", "Сыбайлас жемқорлыққа қарсы күрес туралы" Қазақстан Республикасының заңдарын және білім беруді дамытудың бағыттары мен перспективаларын айқындайтын басқа да нормативтік құқықтық актілерді, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       мектепке дейінгі тәрбие мен оқытудың мемлекеттік жалпыға міндетті стандарттарды, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      балалар репертуарындағы музыкалық шығармалар, музыкалық білім беру әдістерін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...10 lines deleted...]
-      <w:bookmarkEnd w:id="25"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Музыкалық жетекшісі еңбекақысы: орта-арнаулы білім – 102819 теңге (біліктілік санатынсыз (педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
-[...221 lines deleted...]
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00626354">
+      <w:r w:rsidRPr="00A4485E">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs w:val="0"/>
-[...36 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Музыкалық жетекшісі еңбекақысы: жоғары білім – 109012 теңге (біліктілік санатынсыз (педагог-модератор, педагог-сарапшы, педагог-зерттеуші, педагог-шебер).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> социальных сетей организации образования.</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> №25 города Павлодара» улица Гагарина 36/3.</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттарды қабылдауды «Павлодар қаласы №25 сәбилер бақшасы» КМҚК Гагарин көшесі, 36/3 жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...3 lines deleted...]
-        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="993"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушысының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>      1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      7) психоневрологиялық ұйымнан анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>      2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      8) наркологиялық ұйымнан анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>      3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      9) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі - ҰБС) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>      4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      10) музыкалық жетекшісі бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Музыкалық жетекшісі  лауазымының уақытша бос мерзімі 31.01.2022 ж. бастап 08.01. 2022 жылға.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-        <w:t>      5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...137 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ақпаратты нақтылау үшін байланыс телефондары және электрондық мекенжайлары: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 (7812) 60-63-85, 8(7812) 60-63-86; эл.почта: </w:t>
+      </w:r>
+      <w:r w:rsidR="0065020A">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="001138F6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "mailto:kindergard25@mail.ru"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="0065020A">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...29 lines deleted...]
-      </w:hyperlink>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>kindergard25@mail.ru</w:t>
+      </w:r>
+      <w:r w:rsidR="0065020A">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRDefault="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:iCs/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:iCs/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:iCs/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00626354" w:rsidRPr="00626354" w:rsidRDefault="00626354" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...4 lines deleted...]
-          <w:iCs/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:spacing w:before="11" w:line="271" w:lineRule="auto"/>
-[...194 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:spacing w:before="33" w:line="271" w:lineRule="auto"/>
-[...254 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...112 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:ind w:left="120"/>
-[...27 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...125 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00D571CF" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...104 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="00D571CF" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...10 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...104 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00626354">
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRPr="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5850"/>
+        <w:gridCol w:w="3465"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="001138F6" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="z204"/>
+            <w:bookmarkEnd w:id="1"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік білім беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">ұйымдарының бірінші </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>басшылары мен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">педагогтерін лауазымға </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">лауазымнан босату </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>5-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                        </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5850"/>
+        <w:gridCol w:w="3465"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">конкурс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жариялаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>орган</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Т.Ә.А. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), ЖСН </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керегінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орналасу</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасаймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тестілеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керегінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таныстым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пт</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9421" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4275"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3192"/>
+        <w:gridCol w:w="3212"/>
+        <w:gridCol w:w="1728"/>
+        <w:gridCol w:w="4481"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
         <w:trPr>
-          <w:trHeight w:val="343"/>
+          <w:trHeight w:val="661"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-              <w:t>заведения</w:t>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-              <w:t>обучения</w:t>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диплом </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...22 lines deleted...]
-              <w:t>диплому</w:t>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мамандық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
         <w:trPr>
-          <w:trHeight w:val="343"/>
+          <w:trHeight w:val="183"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4275" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2433" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3192" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
-[...317 lines deleted...]
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00626354">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>расталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00626354">
-[...59 lines deleted...]
-        <w:t>без использования таких средств).</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00626354">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (-</w:t>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00626354">
-[...739 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>:</w:t>
-      </w:r>
-[...1183 lines deleted...]
-        <w:t>отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...1 lines deleted...]
-        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblW w:w="9346" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="306"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="827"/>
+        <w:gridCol w:w="1655"/>
+        <w:gridCol w:w="1653"/>
+        <w:gridCol w:w="2718"/>
+        <w:gridCol w:w="2493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
         <w:trPr>
-          <w:trHeight w:val="617"/>
+          <w:trHeight w:val="1655"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-              <w:t>Критерии</w:t>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-              <w:t>документ</w:t>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5245" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мамандық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...49 lines deleted...]
-              <w:t>1.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әсіпкерлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>субъектілерінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мамандары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...136 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Осы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-              <w:t>Техническое</w:t>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00626354">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>атқаратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...224 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лауазымында</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="00682727">
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
         <w:trPr>
-          <w:trHeight w:val="1123"/>
+          <w:trHeight w:val="361"/>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="306" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...31 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4418 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3999" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4025 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аламын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>: __________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дәрежесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өңдеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсаттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсілдермен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деректерімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өңдеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (фото, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілімдерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>автоматтандыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құралдарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдаланбай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деректердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүйелерінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келісемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғимаратта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдаланғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапкершілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасалып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығарылатыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескертілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқығынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айырылатыным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескертілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеуін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазбаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұзу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фактілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзіміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарамастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> акт </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасалатыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жойылатыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескертілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тыйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұялы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құралдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (пейджер, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұялы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>планшеттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>iPad</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айпад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>iPod</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айпод</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>iPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айфон</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>SmartPhone</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Смартфон), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Смартсағаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ноутбуктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>плейерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>модемдер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мобильді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>роутерлер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>радио-электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Wi-Fi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вай-фай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Bluetooth</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Блютуз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Dect</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дект</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), 3G (3 Джи), 4G (4 Джи); 5G (5 Джи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сымды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сымсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құлаққаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шпаргалкалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдебиеттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>калькуляторлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түзету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сұйықтығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Келісемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)) (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тестілеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өткі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таныстым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      20___жылғы "____" ______________ ____________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      /</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRPr="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға ниет білдірген адам хабарландыруда көрсетілген құжаттарды қабылдау мерзімінде келесі құжаттарды электрондық немесе қағаз түрінде жолдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    1) осы Қағидаларға </w:t>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/V2100025349" \l "z228"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-қосымшаға</w:t>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>    5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/V2000021579" \l "z2"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "https://egov.kz/cms/kk/services/health_care/2F00604003_mzsr" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Туберкулезге қарсы диспансерден анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rStyle w:val="a6"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     10) Сотталғандығы болуы не болмауы туралы анықтама; </w:t>
+      </w:r>
+      <w:r w:rsidR="0065020A" w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     11) Санитарлық кітапшасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     12) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      13) 11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған Бағалау парағы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Конкурсқа қатысушы бар болған жағдайда біліміне, жұмыс тәжірибесіне, кәсіби деңгейіне қатысты қосымша ақпаратты (біліктілігін арттыру, ғылыми/академиялық дәрежелер мен атақтар беру, ғылыми немесе әдістемелік жарияланымдар, біліктілік санаттар туралы құжаттардың көшірмелері, алдыңғы жұмыс орнының басшылығынан ұсынымдар) ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    14) 5х6 құжаттарға сурет (2дана)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    15) Вакцинация паспорты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қағидалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z161" w:history="1">
+        <w:r w:rsidRPr="00A4485E">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>107-тармағында</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біреуінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кандидатқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайтару</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003751BD" w:rsidRDefault="003751BD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A4485E" w:rsidRPr="00A4485E" w:rsidRDefault="00A4485E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5850"/>
+        <w:gridCol w:w="3465"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="z230"/>
+            <w:bookmarkEnd w:id="2"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұйымдарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лауазымға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тағайындау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>лауазымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5805" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагогтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ____________________________________________________________ (Т.Ә.А. (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A4485E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>))</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9225" w:type="dxa"/>
+        <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="335"/>
+        <w:gridCol w:w="2581"/>
+        <w:gridCol w:w="1596"/>
+        <w:gridCol w:w="1409"/>
+        <w:gridCol w:w="3304"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>деңгейі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сырттай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қашықтықтан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом = 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>академиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дәрежесі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>PHD-докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ғылым</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кандидаты = 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...6 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...6 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ұлттық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3999" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...223 lines deleted...]
-              <w:t>9.</w:t>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00626354">
-[...6 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00626354">
-[...41 lines deleted...]
-              <w:t>достижений</w:t>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">"Педагог-модератор" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">80-ден 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мазмұны</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=8 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=9 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">40 - тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>балға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=6 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>біліктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...52 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3999" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...494 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Куәлік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өзге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> де </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жоғары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> санатты-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педагог-модератор-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Педаго</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>г-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...64 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...66 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-              <w:t>публикации</w:t>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3999" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...6 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...190 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...11 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...119 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>одан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...64 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...91 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әкімшілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-              <w:t>полиязычия</w:t>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәжірибесі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3999" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...5 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...12 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...528 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2701" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әдіскер=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орынбасары=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
           </w:p>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...2 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...72 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3084" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...29 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жұмысқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...47 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...223 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>үшін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3999" w:type="dxa"/>
-[...299 lines deleted...]
-            <w:tcW w:w="2982" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...15 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7083" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
             <w:pPr>
-              <w:pStyle w:val="TableParagraph"/>
-[...4 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> практика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>нәтижелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>өте</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00626354">
-[...11 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" = 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жақсы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" = 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алдыңғы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...10 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-              <w:t>83</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Хат </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оң</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> хат </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болмаған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жағдайда</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – минус 3 балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Т</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұсыныс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кәсіби</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>іктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көрсеткіштері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>алушылардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>імдер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеңімпаздарының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылыми</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жобалар-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Үздік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүлдегері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>медаль "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>" - 10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Әдістемелік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>авторлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҚР БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">РОӘК – 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>және</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҒССҚЕК, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ғылыми-зерттеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жарияланымның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көшбасшылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ілділікті</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жүзеге</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ӘБ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>кәсіби-педагогикалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қауымдастық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазақ</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Курстық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>әндік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>дайындық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>цифрлық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сауаттылық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сертификаты,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">IELTS; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t xml:space="preserve">TOEFL; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>DELF;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">", "Microsoft-пен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жұмыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бағдарламалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>оқыту</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>НЗМ ПШО, "</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidTr="00682727">
+        <w:trPr>
+          <w:tblCellSpacing w:w="15" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Барлығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="00682727">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A4485E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD" w:rsidP="003751BD">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D">
+    <w:p w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidRDefault="003751BD">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D">
-[...26 lines deleted...]
-    <w:sectPr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidSect="005B5D4A">
+    <w:sectPr w:rsidR="003751BD" w:rsidRPr="00A4485E" w:rsidSect="008E6961">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="566" w:bottom="851" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...348 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="0024415D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00626354"/>
+    <w:rsidRoot w:val="003751BD"/>
+    <w:rsid w:val="001138F6"/>
+    <w:rsid w:val="003751BD"/>
+    <w:rsid w:val="0065020A"/>
+    <w:rsid w:val="0094159B"/>
+    <w:rsid w:val="00A4485E"/>
     <w:rsid w:val="00BD39D6"/>
-    <w:rsid w:val="00D571CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -19062,257 +19650,175 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0024415D"/>
+    <w:rsid w:val="003751BD"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...52 lines deleted...]
-    <w:rsid w:val="0024415D"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="003751BD"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...89 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003751BD"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="003751BD"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="003751BD"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
+    <w:name w:val="Font Style11"/>
+    <w:rsid w:val="003751BD"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="30"/>
+      <w:szCs w:val="30"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="003751BD"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kindergard25@mail.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kindergard25@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/V2100025349" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19558,55 +20064,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>15473</Characters>
+  <Pages>12</Pages>
+  <Words>2786</Words>
+  <Characters>15885</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>128</Lines>
-  <Paragraphs>36</Paragraphs>
+  <Lines>132</Lines>
+  <Paragraphs>37</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>18151</CharactersWithSpaces>
+  <CharactersWithSpaces>18634</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>1</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>