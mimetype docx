--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -1,122 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="001F17BC" w:rsidRPr="001F17BC" w:rsidRDefault="001F17BC" w:rsidP="001F17BC">
+    <w:p w:rsidR="006B7B88" w:rsidRPr="00E81A3F" w:rsidRDefault="00E81A3F" w:rsidP="00E81A3F">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
-          <w:rFonts w:ascii=".SF UI" w:hAnsi=".SF UI"/>
-          <w:color w:val="111111"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii=".SFUI-Bold" w:hAnsi=".SFUI-Bold"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="111111"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                      </w:t>
+        <w:t xml:space="preserve">                                        </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001F17BC">
+      <w:r w:rsidR="00B43A35" w:rsidRPr="00E81A3F">
         <w:rPr>
-          <w:rFonts w:ascii=".SFUI-Bold" w:hAnsi=".SFUI-Bold"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-          <w:color w:val="111111"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>О классном руководстве</w:t>
+        <w:t xml:space="preserve">Сынып </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43A35">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жетекшілігі </w:t>
+      </w:r>
+      <w:r w:rsidR="00B43A35" w:rsidRPr="00E81A3F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F17BC" w:rsidRPr="001F17BC" w:rsidRDefault="001F17BC" w:rsidP="001F17BC">
+    <w:p w:rsidR="006B7B88" w:rsidRDefault="00B43A35" w:rsidP="00E81A3F">
       <w:pPr>
-        <w:pStyle w:val="a7"/>
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
-          <w:rFonts w:ascii=".SF UI" w:hAnsi=".SF UI"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii=".SF UI" w:hAnsi=".SF UI"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        <w:t>Список классных руководителей на 2024-2025 учебный год</w:t>
+        <w:t>2024-2025 оқу жылындағы сынып жетекшілер тізімі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a4"/>
         <w:tblW w:w="7017" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="638"/>
         <w:gridCol w:w="5245"/>
         <w:gridCol w:w="1134"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E81A3F" w:rsidRPr="00E81A3F" w:rsidTr="00E81A3F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="638" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E81A3F" w:rsidRPr="00E81A3F" w:rsidRDefault="00E81A3F" w:rsidP="000165D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -673,50 +672,52 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E81A3F" w:rsidRPr="00E81A3F" w:rsidRDefault="00E81A3F" w:rsidP="000165D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2ә</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        <w:bookmarkEnd w:id="0"/>
       </w:tr>
       <w:tr w:rsidR="00E81A3F" w:rsidRPr="00E81A3F" w:rsidTr="00E81A3F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="638" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00E81A3F" w:rsidRPr="00E81A3F" w:rsidRDefault="00E81A3F" w:rsidP="00236FB7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E81A3F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
@@ -4208,99 +4209,83 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006B7B88" w:rsidRPr="006B7B88" w:rsidRDefault="006B7B88" w:rsidP="0042487B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0042487B" w:rsidRDefault="0042487B" w:rsidP="0042487B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0042487B" w:rsidRDefault="0042487B" w:rsidP="0042487B">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006008A2" w:rsidRDefault="001F17BC"/>
+    <w:p w:rsidR="006008A2" w:rsidRDefault="00E81A3F"/>
     <w:sectPr w:rsidR="006008A2" w:rsidSect="006B7B88">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="850" w:bottom="284" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...14 lines deleted...]
-    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="098F6195"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="90B88A82"/>
     <w:lvl w:ilvl="0" w:tplc="88B05664">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
@@ -4569,51 +4554,50 @@
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC03F1"/>
     <w:rsid w:val="000005EF"/>
     <w:rsid w:val="000036C8"/>
     <w:rsid w:val="00042F40"/>
     <w:rsid w:val="00067EAA"/>
     <w:rsid w:val="00165D08"/>
     <w:rsid w:val="001E7902"/>
-    <w:rsid w:val="001F17BC"/>
     <w:rsid w:val="002B5AAF"/>
     <w:rsid w:val="002D5B3E"/>
     <w:rsid w:val="00376D77"/>
     <w:rsid w:val="003B5A55"/>
     <w:rsid w:val="003E1D7A"/>
     <w:rsid w:val="0042487B"/>
     <w:rsid w:val="00447F0F"/>
     <w:rsid w:val="006B7B88"/>
     <w:rsid w:val="007C728B"/>
     <w:rsid w:val="007E60E8"/>
     <w:rsid w:val="0085550B"/>
     <w:rsid w:val="00996C02"/>
     <w:rsid w:val="009A36C8"/>
     <w:rsid w:val="009C3DA5"/>
     <w:rsid w:val="009D0261"/>
     <w:rsid w:val="00A27486"/>
     <w:rsid w:val="00AF0DAF"/>
     <w:rsid w:val="00B43A35"/>
     <w:rsid w:val="00DC03F1"/>
     <w:rsid w:val="00E81A3F"/>
     <w:rsid w:val="00EF0B56"/>
     <w:rsid w:val="00F07847"/>
     <w:rsid w:val="00F879A1"/>
   </w:rsids>
   <m:mathPr>
@@ -4884,66 +4868,50 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00447F0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00447F0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...14 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -5167,86 +5135,55 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="00447F0F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00447F0F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
-[...14 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -5503,66 +5440,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>278</Words>
-  <Characters>1588</Characters>
+  <Words>277</Words>
+  <Characters>1585</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1863</CharactersWithSpaces>
+  <CharactersWithSpaces>1859</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>