--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -1,44851 +1,5872 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="5BEA9045" w14:textId="638DAC9F" w:rsidR="00DD6DB6" w:rsidRDefault="00DD6DB6">
-[...4 lines deleted...]
-    <w:p w14:paraId="152C1567" w14:textId="77777777" w:rsidR="00BA3069" w:rsidRDefault="00BA3069" w:rsidP="00BA3069">
+    <w:p w14:paraId="08DEFD78" w14:textId="77777777" w:rsidR="00383D5A" w:rsidRDefault="00383D5A" w:rsidP="00383D5A">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00383D5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BA3069">
+        <w:t xml:space="preserve">Приказ Министра образования и науки Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BFEB3E0" w14:textId="77777777" w:rsidR="00383D5A" w:rsidRDefault="00383D5A" w:rsidP="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BA3069">
+      </w:pPr>
+      <w:r w:rsidRPr="00383D5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BA3069">
+        <w:t xml:space="preserve">от 11 мая 2020 года № 190. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34AFCEB8" w14:textId="77777777" w:rsidR="00383D5A" w:rsidRDefault="00383D5A" w:rsidP="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t>Республикасы</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BA3069">
+      </w:pPr>
+      <w:r w:rsidRPr="00383D5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Білім және </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00BA3069">
+        <w:t xml:space="preserve">Зарегистрирован в Министерстве юстиции Республики Казахстан </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="130411DE" w14:textId="55478B17" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A" w:rsidP="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00BA3069">
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00383D5A">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
+        <w:t>12 мая 2020 года № 20619.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="501A71FE" w14:textId="77777777" w:rsidR="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z4"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E2E36F6" w14:textId="579A28C2" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В соответствии с подпунктом 34-1) статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании", пунктом 3 статьи 5 и пункта 1 статьи 16 Закона Республики Казахстан от 27 декабря 2019 года "О статусе педагога" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFF2F84" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить прилагаемые:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71CEC4F9" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="006A751A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) Правила педагогической этики согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2467858F" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="006A751A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z7"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Типовые правила организации работы совета по педагогической этике согласно приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2 к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327B9797" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Признать утратившим силу приказ исполняющего обязанности Министра образования и науки Республики Казахстан от 8 января 2016 года № 9 "Об утверждении Правил педагогической этики" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 13038, опубликован 1 января 2017 года в Эталонном контрольном банке нормативных правовых актов Республики Казахстан в электронном виде).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A735120" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z9"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Юридическому департаменту Министерства образования и науки Республики Казахстан (</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA3069">
-[...7 lines deleted...]
-        <w:t>министрінің</w:t>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Байжанов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA3069">
-[...28 lines deleted...]
-        <w:t xml:space="preserve">2020 жылғы 11 </w:t>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Н.А.) в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44FC073A" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z10"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13AE044E" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z11"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E7DBB6" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z12"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Контроль за исполнением настоящего приказа возложить на вице-министра </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00BA3069">
-[...6 lines deleted...]
-        <w:t>мамырдағы</w:t>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Каринову</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00BA3069">
-[...2126 lines deleted...]
-      <w:bookmarkStart w:id="9" w:name="z10"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ш.Т.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AE49182" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z13"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      5. </w:t>
-[...214 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10221" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6036"/>
+        <w:gridCol w:w="5953"/>
         <w:gridCol w:w="13"/>
-        <w:gridCol w:w="3464"/>
-        <w:gridCol w:w="708"/>
+        <w:gridCol w:w="3510"/>
+        <w:gridCol w:w="271"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00DD6DB6" w14:paraId="73A3DC64" w14:textId="77777777" w:rsidTr="00BA3069">
+      <w:tr w:rsidR="00261225" w14:paraId="051ECE93" w14:textId="77777777">
         <w:trPr>
           <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="708" w:type="dxa"/>
+          <w:wAfter w:w="380" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6049" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39D6220F" w14:textId="77777777" w:rsidR="00BA3069" w:rsidRDefault="00BA3069" w:rsidP="00BA3069">
+          <w:p w14:paraId="27DFC764" w14:textId="77777777" w:rsidR="00383D5A" w:rsidRDefault="00383D5A" w:rsidP="00383D5A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0A1D5FB9" w14:textId="77777777" w:rsidR="00BA3069" w:rsidRDefault="00BA3069" w:rsidP="00BA3069">
+          <w:p w14:paraId="0F7BEF5F" w14:textId="77777777" w:rsidR="00383D5A" w:rsidRDefault="00383D5A" w:rsidP="00383D5A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1D5BE2E4" w14:textId="66E569EC" w:rsidR="00DD6DB6" w:rsidRPr="00BA3069" w:rsidRDefault="00A94314" w:rsidP="00BA3069">
+          <w:p w14:paraId="2DAF1181" w14:textId="4EF105E5" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A" w:rsidP="00383D5A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BA3069">
+            <w:r w:rsidRPr="00383D5A">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00BA3069">
+            <w:r w:rsidRPr="00383D5A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00383D5A">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...62 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3464" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C7522B2" w14:textId="77777777" w:rsidR="00BA3069" w:rsidRDefault="00BA3069" w:rsidP="00BA3069">
+          <w:p w14:paraId="697394AF" w14:textId="77777777" w:rsidR="00383D5A" w:rsidRPr="006A751A" w:rsidRDefault="00383D5A" w:rsidP="00383D5A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="691C0976" w14:textId="23EDFFA5" w:rsidR="00DD6DB6" w:rsidRPr="00BA3069" w:rsidRDefault="00A94314" w:rsidP="00BA3069">
+          <w:p w14:paraId="303F3D48" w14:textId="4A2ADD2B" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A" w:rsidP="00383D5A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00BA3069">
+            <w:r w:rsidRPr="00383D5A">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">А. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BA3069">
+            <w:r w:rsidRPr="00383D5A">
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Аймагамбетов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DD6DB6" w14:paraId="1FB7CFB2" w14:textId="77777777" w:rsidTr="00BA3069">
+      <w:tr w:rsidR="00261225" w:rsidRPr="006A751A" w14:paraId="2F5E08D7" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6036" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="704AD113" w14:textId="77777777" w:rsidR="00DD6DB6" w:rsidRDefault="00A94314">
+          <w:p w14:paraId="09E78199" w14:textId="77777777" w:rsidR="00261225" w:rsidRDefault="00383D5A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4185" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CCF5D5B" w14:textId="77777777" w:rsidR="00BA3069" w:rsidRDefault="00BA3069">
+          <w:p w14:paraId="6CBB6FA1" w14:textId="77777777" w:rsidR="00383D5A" w:rsidRDefault="00383D5A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4E3BDD05" w14:textId="77777777" w:rsidR="00BA3069" w:rsidRDefault="00BA3069">
+          <w:p w14:paraId="0BC61BF2" w14:textId="77777777" w:rsidR="00383D5A" w:rsidRDefault="00383D5A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="75C53AE6" w14:textId="77777777" w:rsidR="00BA3069" w:rsidRDefault="00BA3069">
-[...59 lines deleted...]
-          <w:p w14:paraId="0143C3B6" w14:textId="43A6D0A3" w:rsidR="00DD6DB6" w:rsidRDefault="00A94314" w:rsidP="00BA3069">
+          <w:p w14:paraId="116373CC" w14:textId="6DB6757D" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A" w:rsidP="006A751A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BA3069">
+            <w:r w:rsidRPr="006A751A">
               <w:rPr>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1 к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A751A">
+              <w:rPr>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="32"/>
-[...25 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00BA3069">
+            <w:r w:rsidRPr="006A751A">
               <w:rPr>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A751A">
+              <w:rPr>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="32"/>
-[...34 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00BA3069">
+            <w:r w:rsidRPr="006A751A">
               <w:rPr>
                 <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006A751A">
+              <w:rPr>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="32"/>
-[...16 lines deleted...]
-                <w:szCs w:val="32"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00BA3069">
+            <w:r w:rsidRPr="006A751A">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 190 </w:t>
+              <w:t xml:space="preserve">от 11 мая 2020 </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00BA3069">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006A751A">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>Бұйрыққа</w:t>
+              <w:t>года  №</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00BA3069">
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006A751A">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="32"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:t>1-қосымша</w:t>
+              <w:t xml:space="preserve"> 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...18410 lines deleted...]
-      <w:tr w:rsidR="00DD6DB6" w:rsidRPr="00645D75" w14:paraId="13174AC9" w14:textId="77777777">
+      <w:tr w:rsidR="006A751A" w:rsidRPr="006A751A" w14:paraId="1DB9E896" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="59"/>
-          <w:p w14:paraId="1E827840" w14:textId="77777777" w:rsidR="00DD6DB6" w:rsidRPr="00645D75" w:rsidRDefault="00A94314">
+          <w:p w14:paraId="39AA17D4" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="006A751A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00645D75">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D6102EC" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4585EEA1" w14:textId="001C7599" w:rsidR="00261225" w:rsidRDefault="00383D5A" w:rsidP="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z16"/>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED81D69" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A" w:rsidP="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E207E1D" w14:textId="06C073B8" w:rsidR="00261225" w:rsidRPr="006A751A" w:rsidRDefault="00383D5A" w:rsidP="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z17"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F930063" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z18"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Правила педагогической этики (далее - педагогическая этика) разработаны в соответствии с положениями Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и Закона Республики Казахстан от 27 декабря 2019 года "О статусе педагога", а также основаны на общепризнанных нравственных принципах, а также нормах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4582DEB5" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z19"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Педагогическая этика представляет собой свод общих принципов и норм педагогической этики, которыми руководствуются педагоги организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A6B2A0" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z20"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Знание и соблюдение педагогами положений педагогической этики является одним из критериев оценки качества их профессиональной деятельности и трудовой дисциплины.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E1F7B0B" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z21"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Текст педагогической этики размещается в доступном для участников образовательного процесса месте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58C02372" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z22"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Разбирательства в отношении педагога и принятые на их основании решения могут быть преданы гласности только с его письменного согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E1CAD12" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="006A751A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z23"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 2. Основные принципы педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D287185" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z24"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Основными принципами педагогической этики являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6397B6F5" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z25"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) добросовестность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E52C552" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z26"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> добросовестность педагога предполагает его ответственность за результат обучения и воспитания, умение осуществлять коррективы в своей деятельности, развитую способность к критике и рефлексии, открытость для любых мнений, обучающихся и воспитанников, их родителей (законных представителей), коллег;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5868BF57" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z27"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) честность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458163AB" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z28"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> честность педагога предполагает открытость его оценочной деятельности, прозрачность создаваемой им образовательной среды. Честность запрещает педагогу нарушать права обучающихся и воспитанников, их родителей (законных представителей), коллег;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD962A7" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z29"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) уважение чести и достоинства личности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21AA57BE" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z30"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог уважает честь и достоинство обучающихся и воспитанников, их родителей (законных представителей), людей, которые становятся объектами его профессионального внимания, тактичен в общении с ними. Он искренне желает развития ребенка, проявляет готовность всегда прийти ему на помощь, обеспечивает деликатность в оценке успехов (неуспехов) обучающегося и воспитанника с целью способствования развитию его личностного роста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EF4DAE8" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z31"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не допускается применение методов физического, морального и психологического насилия по отношению к участникам образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="327EC9AD" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z32"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) патриотизм:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="450BD20E" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z33"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог преданно и с любовью относится к своей Родине - Республике Казахстан, истории, традициям и языку. Сохраняет культурные и исторические традиции Республики Казахстан, передает это отношение обучающимся и воспитанникам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7186459D" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z34"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) уважение общечеловеческих ценностей и толерантность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="472992C5" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z35"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Признавая приоритет общечеловеческих ценностей, педагог с уважением относится к особенностям, ценностям и достоинству каждой национальной культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20F0576D" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z36"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог воспитывает культуру межнациональных отношений, пробуждает у обучающихся уважение прав и достоинства всех наций и всех людей вне зависимости от возраста, пола, языка, национальности, вероисповедания, гражданства, происхождения, социального, должностного и имущественного положения или любых иных обстоятельств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F56AB7E" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z37"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Толерантность педагога предполагает терпимость к обучающимся и воспитанникам, их родителям (законным представителям), терпимость к их социальному, должностному и имущественному положению, полу, расе, национальности, языку, отношению к религии, культуре, убеждениям, месту рождения и жительства, а также умение понимать и учитывать в работе несовершенства обучающихся и воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AFDD1C5" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z38"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог способствует созданию климата доверия и уважения в школьном коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="766559F7" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z39"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) профессиональная солидарность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29394C0C" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z40"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог заботится о престиже профессии, уважает честь и достоинство коллег, не допускает действий, наносящих ущерб авторитету учительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162730D1" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z41"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Не допускается в какой бы то ни было форме злоупотреблять доверием своих коллег, мешать им выполнять профессиональные обязанности, наносить им какой-либо ущерб. Педагог оказывает содействие коллегам в повышении уровня теоретического и методического мастерства, в развитии творческих способностей, приходит на помощь к коллегам, попавшим в беду. Профессиональная солидарность не может служить оправданием неправды и несправедливости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78888E33" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z42"/>
+      <w:bookmarkEnd w:id="35"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) непрерывность профессионального развития:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29C43749" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z43"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог совершенствует свое профессиональное мастерство, интеллектуальный, творческий и общенаучный уровень.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6789AFA1" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="006A751A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z44"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Основные нормы педагогической этики</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2823919A" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z45"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Педагоги в служебное и неслужебное время:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="779579D0" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z46"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) соблюдают основные принципы педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C6F1B98" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z47"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) способствуют воспитанию обучающихся и воспитанников в духе высокой нравственности, уважения к родителям, этнокультурным ценностям, бережного отношения к окружающему миру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D8279F4" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z48"/>
+      <w:bookmarkEnd w:id="41"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) прививают обучающимся уважительное отношение к Родине - Республики Казахстан, вселяют дух патриотизма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="618D300C" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z49"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) не допускают совершения действий, способных дискредитировать высокое звание педагога Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00793539" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z50"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) добросовестно и качественно исполняют свои служебные обязанности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44FB7EA9" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z51"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) непрерывно совершенствуют свое профессиональное мастерство, активно занимаются самообразованием и самосовершенствованием;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F36E0A6" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z52"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) неукоснительно соблюдают трудовую дисциплину;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77554201" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z53"/>
+      <w:bookmarkEnd w:id="46"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) бережно относятся к имуществу организации образования и не используют его в личных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CD20A64" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z54"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) принимают меры по предупреждению коррупции, своим личным поведением подают пример честности, беспристрастности и справедливости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40E552B4" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z55"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) не допускают использования служебной информации в корыстных и иных личных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38A29BF5" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z56"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) личным примером способствуют созданию устойчивой и позитивной морально-психологической обстановки в коллективе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5145D44E" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z57"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) придерживаются делового стиля в одежде в период исполнения своих служебных обязанностей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EEE870E" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z58"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) избегают использование своего статуса педагога в корыстных и иных личных целях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC0124F" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z59"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14) в своей деятельности неукоснительно соблюдают принципы академической честности, в том числе обеспечение академической честности как основной институциональной ценности, формирующей честность и взаимоуважение в академической среде, проявлять уважение педагогом к своим обучающимся и воспитанникам как наставник, способствующий формированию академической культуры, поощрять и стимулировать участников образовательного процесса к продвижению и защите высоких стандартов академической честности, определение педагогом четкой политики дисциплины, ожидаемых требований от обучающихся, обеспечение ответственности обучающихся и принятие действующих мер за нарушение ими принципов и стандартов академической честности, создание академической среды, которая оказывает образовательную, социальную и психологическую поддержку обучающимся и не позволяет проявлять академическую нечестность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C69E73F" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z60"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24152A1D" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44F10061" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="135B0307" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19AEB2B3" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C84CF7" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CA72520" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="268B1BAB" w14:textId="473D7B11" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15) публикуют материалы в СМИ, в том числе интернет-изданиях, выступают публично только от собственного имени как частного лица, при этом обеспечивают ведение дискуссии в корректной форме, воздерживаются от неконструктивной критики и неэтичных высказываний, не разглашают служебную информацию, которая не разрешена к обнародованию, не подрывают высокого звания педагога в обществе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B14716" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z61"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16) публичные выступления, публикации СМИ от имени организации образования согласовывают с руководителем данной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4900FA46" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z62"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17) в социальных сетях не распространяют непроверенную и (или) недостоверную, и (или) неэтичную информацию, способствуют укреплению в обществе высокого звания педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458E1CC1" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z63"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18) способствуют реализации государственной политики в области образования и науки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77F20355" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z64"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19) обеспечивают конфиденциальность успехов (неуспехов) обучающегося и воспитанника, его социального положения, места работы родителей (законных представителей), и данные сведения разглашаются только с письменного согласия родителей (законных представителей) несовершеннолетнего обучающегося и (или) воспитанника, либо с письменного согласия совершеннолетнего обучающегося и (или) воспитанника.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A76D150" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z65"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. В отношениях с участниками образовательного процесса педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B48A03C" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z66"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) уважают права, честь и достоинство человека независимо от возраста, пола, национальности, вероисповедания, гражданства, происхождения, социального, должностного и имущественного положения или любых иных обстоятельств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C380427" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z67"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) обращаются к участникам образовательного процесса по имени, в уважительной форме, а также с соблюдением общепринятых морально-этических норм, не допускают фактов произвольного искажения в написании и произношении имен участников образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C04044A" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z68"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) не допускают фактов финансовых и иных вымогательств по отношению к участникам образовательного процесса, прилагают усилия по пресечению таких действий со стороны своих коллег;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21256699" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z69"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) своими действиями не дают повода для обоснованной критики со стороны общества, терпимо относиться к ней, используют конструктивную критику для устранения недостатков и улучшения своей профессиональной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DDBBA6" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z70"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) оказывают профессиональную поддержку участникам образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F748E64" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z71"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  6) не подвергают дискриминации лиц, обратившихся с жалобой на нарушение педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35879049" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z72"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. В отношениях с коллегами педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CB70109" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z73"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) соблюдают общепринятые морально-этические нормы, вежливы и корректны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03AF78CF" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z74"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) не ставят публично под сомнение профессиональную квалификацию другого педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DBA5C10" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z75"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) воздерживаются от голословных и бездоказательных жалоб и обращений, не принимают ответных мер против лица, который обратился с жалобой на нарушение педагогической этики. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="716ABADC" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z76"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. За нарушение педагогической этики педагоги в соответствии с законодательством Республики Казахстан привлекаются к ответственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268F7D3D" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z77"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Мониторинг соблюдения педагогической этики осуществляют соответствующие Советы по педагогической этике организации образования в порядке, определенном законодательством Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5895"/>
+        <w:gridCol w:w="3852"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00261225" w14:paraId="4A44753D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="71"/>
+          <w:p w14:paraId="69C4559D" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E4BF589" w14:textId="77777777" w:rsidR="00DD6DB6" w:rsidRPr="00645D75" w:rsidRDefault="00A94314">
+          <w:p w14:paraId="20BB86D2" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="294BD429" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52A08835" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64864DA3" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0C76F0D3" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3620C6B7" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C33A00D" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03C95E1C" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="366EC07F" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="712F8D82" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="729548FC" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6812B74A" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="145266D6" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="02E1C52B" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="33D05EEC" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="49E7A10A" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39036918" w14:textId="09F6AB24" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57103CDF" w14:textId="24FC2B14" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="790D5F9A" w14:textId="11197FC6" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1A4786E7" w14:textId="450F19B2" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F5989F8" w14:textId="590ED3CC" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="28E017BF" w14:textId="37FBBDAC" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4FA84DAB" w14:textId="06B87F54" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6EF963B3" w14:textId="7072ADFB" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7A895C02" w14:textId="53481052" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EA6EF83" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A37DE0A" w14:textId="77777777" w:rsidR="006A751A" w:rsidRPr="006A751A" w:rsidRDefault="006A751A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C155AAD" w14:textId="67518C73" w:rsidR="00261225" w:rsidRPr="006A751A" w:rsidRDefault="00383D5A">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00645D75">
+            <w:r w:rsidRPr="006A751A">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приложение</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00645D75">
+            <w:r w:rsidRPr="006A751A">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> 2</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00645D75">
+            <w:r w:rsidRPr="006A751A">
               <w:rPr>
-                <w:color w:val="000000"/>
-[...9 lines deleted...]
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00645D75">
+            <w:r w:rsidRPr="006A751A">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t xml:space="preserve">Білім және </w:t>
+              <w:t xml:space="preserve">к </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00645D75">
+            <w:r w:rsidRPr="006A751A">
               <w:rPr>
                 <w:color w:val="000000"/>
-                <w:sz w:val="26"/>
-                <w:szCs w:val="26"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>ғылым</w:t>
+              <w:t>приказу</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00645D75">
-[...81 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F9CB577" w14:textId="77777777" w:rsidR="00DD6DB6" w:rsidRPr="00645D75" w:rsidRDefault="00A94314">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00645D75">
+    <w:p w14:paraId="3116B13A" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z79"/>
+    </w:p>
+    <w:p w14:paraId="1D2FFDA8" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="00383D5A" w:rsidP="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Типовые правила</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F528F8F" w14:textId="7296C5D2" w:rsidR="00261225" w:rsidRPr="006A751A" w:rsidRDefault="00383D5A" w:rsidP="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации работы совета по педагогической этике</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D5A3817" w14:textId="392C466E" w:rsidR="00261225" w:rsidRPr="006A751A" w:rsidRDefault="00383D5A" w:rsidP="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z80"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6926ADB5" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z81"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Правила определяют организацию деятельности совета по педагогической этике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0BE2F36A" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z82"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Совет по педагогической этике (далее – Совет) является коллегиальным органом, создаваемый в организациях образования, рассматривающий вопросы, соблюдения педагогами педагогической этики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CA0EA40" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z83"/>
+      <w:bookmarkEnd w:id="75"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В Совет по педагогической этике организации образования могут обращаться физические и юридические лица по вопросам соблюдения педагогами педагогической этики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64474A53" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z84"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Совет осуществляет свою деятельность в соответствии с Законами Республики Казахстан "Об образовании", "О статусе педагога", настоящими Правилами, иными нормативными правовыми актами и руководствуется принципами объективности и справедливости, этичности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DFB5162" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="006A751A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z85"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r w:rsidRPr="006A751A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Основные задачи и полномочия Совета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D6DE069" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z86"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Основными задачами Совета являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B4704BF" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z87"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) мониторинг, профилактика и предупреждение нарушений педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E8DDCBE" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z88"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) способствование улучшению нравственно-психологического климата коллектива организации образования, урегулированию конфликтных ситуаций, связанных с нарушениями педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="635A3831" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z89"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) всестороннее, полное и объективное исследование обстоятельств, необходимых и достаточных для правильного рассмотрения вопроса об ответственности педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="172AA178" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z90"/>
+      <w:bookmarkEnd w:id="82"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) рассмотрение причин и условий, способствующих нарушению педагогической этики, и выработка на их основе рекомендаций руководителю организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59814120" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z91"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00645D75">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Совет в пределах своей компетенции: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EAC3BDF" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z92"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заслушивает на своих заседаниях педагогов и лиц причастных к рассматриваемым вопросам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4081AC49" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z93"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) запрашивает документы, материалы и информацию организации образования, необходимые для выполнения стоящих перед ним задач; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49BB30EE" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z94"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) истребует объяснения и (или) пояснения у педагогов и лиц причастных к рассматриваемым вопросам; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D50EE15" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z95"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) вносит предложения руководителю организации образования о проведении проверки фактов нарушения педагогической этики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14CA6A62" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z96"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) вносит руководителю организации образования рекомендации по укреплению дисциплины труда, профилактике нарушений педагогической этики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="345FE168" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z97"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) вносит на рассмотрение руководителю организации образования, рекомендации об ответственности за нарушения педагогической этики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D572846" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z98"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) обращается к компетентным государственным органам или соответствующим должностным лицам с предложениями о рассмотрении ответственности должностных лиц организации образования, не рассмотревших надлежащим образом рекомендации Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B0E8EE" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z99"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) проводит работу по примирению сторон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64E4FB0E" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="006A751A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z100"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r w:rsidRPr="006A751A">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
-          <w:sz w:val="26"/>
-[...10 lines deleted...]
-          <w:szCs w:val="26"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Организация деятельности Совета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F802705" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z101"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Срок полномочий Совета составляет три года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3265C9FA" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z102"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Совет состоит из председателя, секретаря и других членов Совета. Число членов Совета должно быть нечетным и составлять не менее 7 человек (без учета секретаря Совета).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06024986" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z103"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. В Совет входят следующие лица: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CB5B05" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z104"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) представители управлений (отделов) образования, представители профсоюзов и (или) неправительственных организаций и (или) общественных объединений, осуществляющих деятельность в отрасли образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="346F9147" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z105"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) не менее двух педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37252F0E" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z106"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) педагоги, вышедшие на заслуженный отдых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="288AF2E5" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z107"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Руководитель организации образования, работники управленческого, административного, вспомогательного персонала организации образования, родители обучающихся и воспитанников данной организации образования не могут быть включены в состав Совета в качестве его членов. При этом в качестве секретаря Совета допускаются работники управленческого, административного, вспомогательного персонала организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7595079E" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z108"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. В состав Совета не входят лица: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71521CBA" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z109"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) признанные судом недееспособным или ограниченно дееспособным;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7624EDCC" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z110"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) лишенные судом права занимать государственные должности в течение определенного срока;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C3B069" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z111"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) уволенные за дисциплинарный проступок, дискредитирующий государственную службу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B536504" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z112"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) ранее судимые или освобожденные от уголовной ответственности за совершение преступления на основании пунктов 3), 4), 9), 10) и 12) части первой статьи 35 или статьи 36 Уголовно-процессуального кодекса Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59571F20" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z113"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) уволенные по отрицательным мотивам из правоохранительных органов, специальных государственных органов и судов, воинской службы, за исключением случаев увольнения лица на основании отсутствия на работе (службе) без уважительной причины в течение трех и более часов подряд.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E51E2D7" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z114"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Совет избирается на педагогическом совете организации образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2678589B" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z115"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Руководитель организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71EBE794" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z116"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) обеспечивает соблюдение требований законодательства при формировании Совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02201E97" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z117"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) обеспечивает проведение процедур, необходимых для своевременного избрания Совета; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25424A38" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z118"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) создает условия и оказывает содействие в работе Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B260522" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z119"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Состав Совета утверждается приказом руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C9FE26F" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z120"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Председатель и секретарь Совета избираются большинством голосов из состава Совета на первом заседании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CBEAA8C" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z121"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...66 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Секретарь Совета не принимает участие в голосовании Совета и обсуждении вопросов, выносимых на заседание Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A177D4" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z122"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...34 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Секретарь Совета является лицом, обеспечивающим ведение делопроизводства Совета: извещение членов и приглашенных лиц, о дате и месте проведения заседания Совета, составление проекта плана работы Совета, ведение протокола и ее хранение, прием заявлений и предложений, а также регистрацию писем, поступающих на имя Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="227ED7FC" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z123"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Секретарь Совета обеспечивает мониторинг исполнения решений Совета и доводит об их результатах исполнения членам Совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77309B76" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z124"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Председатель Совета созывает заседания Совета и определяет повестку дня.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EC8F18F" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z125"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Члены Совета:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE7BFD0" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z126"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) вносят предложения по повестке дня заседания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB63F44" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z127"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) участвуют в подготовке материалов к заседаниям Совета и проектов его решений; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A5F018" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z128"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) принимают участие в обсуждении вопросов, рассматриваемых Советом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F87AC5" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z129"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Внеочередное заседание Совета, может быть проведено по решению председателя и (или) по предложению руководителя организации образования, и (или) по инициативе более одной трети от общего числа членов Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8ABE4A" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z130"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. При рассмотрении вопроса о соблюдении педагогической этики педагог имеет право на:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08B31E36" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z131"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) получение в письменном виде информации о рассматриваемом вопросе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A9AC4DF" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z132"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) ознакомление со всеми материалами по рассматриваемому вопросу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E7F953F" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z133"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) защиту своих прав и законных интересов всеми не противоречащими закону способами лично или через представителя в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F8D83D9" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z134"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) получение решения в письменном виде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32138A98" w14:textId="77777777" w:rsidR="006A751A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z135"/>
+      <w:bookmarkEnd w:id="127"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) обжалование принятого решения в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="129" w:name="z136"/>
+      <w:bookmarkEnd w:id="128"/>
+    </w:p>
+    <w:p w14:paraId="1AC084A8" w14:textId="51C5F34C" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Деятельность члена Совета прекращается в случае наступления обстоятельств, предусмотренные пунктом 8 настоящего Положения, а также в случае смерти члена Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66ADD15C" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z137"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. По решению Совета, член Совета может быть выведен из его состава в случаях: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35459655" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z138"/>
+      <w:bookmarkEnd w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) непосещения заседаний Совета более трех раз в течение года, за исключением времени нахождения в состоянии временной нетрудоспособности, освобождения от работы для выполнения государственных или общественных обязанностей, нахождения в отпуске, командировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A50189" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z139"/>
+      <w:bookmarkEnd w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) подачи заявления члена Совета о выходе из состава Совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A38C99F" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z140"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) в случае разглашения деталей разбирательства в отношении педагога без его письменного согласия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F9BC555" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z141"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) предусмотренных пунктом 16 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25EE2F4A" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="z142"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) нарушения требований пункта 19 настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D98E274" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z143"/>
+      <w:bookmarkEnd w:id="135"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Заседания Совета: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D345B4D" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z144"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) считаются правомочными, если на них присутствует не менее двух третей от общего числа членов Совета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C9F66AC" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z145"/>
+      <w:bookmarkEnd w:id="137"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) проводятся согласно Плану работы, но не реже одного раза в квартал, а также по мере поступления обращений и жалоб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A32BC30" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z146"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) о дате и повестке дня Совета уведомляются работники, а также заинтересованные лица секретарем Совета не позднее 7 календарных дней до его проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276A3FE7" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z147"/>
+      <w:bookmarkEnd w:id="139"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Члены Совета участвуют на его заседаниях без права замены.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="322238D1" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z148"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. Член Совета не может участвовать в обсуждении и голосовании по делу, если он либо совместно проживающие с ним близкие родственники связаны с лицом, в отношении которого рассматривается дело, родственными отношениями либо находятся в служебной или иной зависимости от указанного лица. Член Совета извещает членов Совета о данных обстоятельствах до обсуждения и голосования Совета по соответствующему делу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65EA70BB" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z149"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20. Совет принимает решения простым большинством голосов от числа присутствующих на заседании членов Совета. При равенстве голосов голос председательствующего является решающим. Члены Совета не могут воздерживаться при голосовании. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DF3A8B9" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z150"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 21. В отсутствие председателя Совета по его поручению исполняет обязанности председателя один из членов Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="379CA589" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z151"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Заседание Совета оформляется в виде протокола, который подписывается председателем и секретарем Совета. Протокол заседания Совета - официальный письменный документ, отражающий ход заседания Совета и принятые на нем рекомендации. Протокол должен храниться в организации образования и должен быть включен в номенклатуру дел организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F875B01" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z152"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23. Обращение физического и (или) юридического лица, для рассмотрения которого не требуется получение информации от иных субъектов, должностных лиц, рассматривается Советом в течение пятнадцати календарных дней со дня поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56BAEDDC" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z153"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обращение физического и (или) юридического лица, для рассмотрения которого требуются получение информации от иных субъектов, должностных лиц, рассматривается Советом и по нему принимается решение в течение тридцати календарных дней со дня поступления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C43E91C" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z154"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Об итогах его рассмотрения должно быть незамедлительно сообщено заявителю на самом заседании либо по итогам его рассмотрения секретарем Совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3452CF5C" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z155"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 24. Рассмотрение дела в отношении педагога приостанавливается на период: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67E9BD62" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="z156"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...50 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) временной нетрудоспособности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D1344F4" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="z157"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) нахождения в отпуске или командировке; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3748EAC8" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="z158"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) освобождения от исполнения своих должностных обязанностей на время выполнения им государственных или общественных обязанностей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0363BF98" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="z159"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) нахождения на подготовке, переподготовке, курсах повышения квалификации и стажировке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24B9E1E4" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="z160"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...49 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 25. Секретарем принимаются меры по извещению лиц, привлекаемых к ответственности, о месте и времени проведения заседания Совета не позднее, чем за 7 календарных дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A1BC019" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="z161"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рассмотрение дела на заседании Совета может происходить без участия лиц, привлекаемых к ответственности, если они были надлежащим образом извещены о времени и месте заседания Совета не менее чем за три дня до проведения заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65A53182" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="z162"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Надлежащим извещением в настоящих Правилах признается извещение лица письмом, заказным письмом или телеграммой, которые вручаются ему лично или кому-то из совместно проживающих с ним совершеннолетних членов семьи под расписку либо с использованием иных средств связи, обеспечивающих фиксирование извещения или вызова. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D692B6F" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="156" w:name="z163"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...31 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. При рассмотрении вопроса ответственности педагога на заседании Совет разрешает следующие вопросы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16B407AF" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="z164"/>
+      <w:bookmarkEnd w:id="156"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) имело ли место конкретное действие (бездействие), являющееся основанием для рассмотрения ответственности педагога; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13978D8F" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="z165"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) является ли это действие (бездействие) нарушением этики; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381E5747" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="z166"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...13 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) совершено ли это нарушение этики педагогом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F071EB3" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="z167"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...3352 lines deleted...]
-          <w:szCs w:val="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) усматривается ли вина педагога в совершении нарушения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F31A60C" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="z168"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. По итогам рассмотрения дела Совет рекомендует руководителю организации образования налагать и (или) не налагать соответствующее взыскание на педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EBBFF4A" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="162" w:name="z169"/>
+      <w:bookmarkEnd w:id="161"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Решение Совета носит рекомендательный характер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3D870F" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="z170"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      7) </w:t>
-[...19106 lines deleted...]
-          <w:szCs w:val="26"/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Руководитель организации образования при рассмотрении рекомендации Совета принимает решение в соответствии с требованиями трудового и иного законодательства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C7327BC" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="z171"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. Разбирательства в отношении педагога и принятые на их основании решения могут быть преданы гласности только с его письменного согласия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C8369A" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z172"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Секретарь Совета письменно сообщает заявителю результаты рассмотрения его обращения в установленные законодательством сроки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E3B3F2" w14:textId="77777777" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="z173"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При этом, заявителя информируют о необходимости соблюдения требований пункта 4 статьи 16 Закона Республики Казахстан "О статусе педагога" и пункта 31 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p w14:paraId="2D1847F5" w14:textId="32B8B6D8" w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidRDefault="00383D5A" w:rsidP="006A751A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00383D5A">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00645D75">
-[...7 lines deleted...]
-    <w:sectPr w:rsidR="00DD6DB6" w:rsidRPr="00645D75" w:rsidSect="00BA3069">
+    </w:p>
+    <w:sectPr w:rsidR="00261225" w:rsidRPr="00383D5A" w:rsidSect="006A751A">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="568" w:right="1080" w:bottom="709" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="1080" w:bottom="993" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DD6DB6"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00DD6DB6"/>
+    <w:rsidRoot w:val="00261225"/>
+    <w:rsid w:val="00261225"/>
+    <w:rsid w:val="00383D5A"/>
+    <w:rsid w:val="006A751A"/>
+    <w:rsid w:val="00F278A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="68034029"/>
+  <w14:docId w14:val="65E49491"/>
   <w15:docId w15:val="{E11C053D-AF0C-46AB-91FC-B78AE7304529}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -44977,51 +5998,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Light Shading"/>
     <w:lsdException w:name="Light List"/>
     <w:lsdException w:name="Light Grid"/>
     <w:lsdException w:name="Medium Shading 1"/>
     <w:lsdException w:name="Medium Shading 2"/>
     <w:lsdException w:name="Medium List 1"/>
     <w:lsdException w:name="Medium List 2"/>
     <w:lsdException w:name="Medium Grid 1"/>
     <w:lsdException w:name="Medium Grid 2"/>
     <w:lsdException w:name="Medium Grid 3"/>
     <w:lsdException w:name="Dark List"/>
     <w:lsdException w:name="Colorful Shading"/>
     <w:lsdException w:name="Colorful List"/>
     <w:lsdException w:name="Colorful Grid"/>
     <w:lsdException w:name="Light Shading Accent 1"/>
     <w:lsdException w:name="Light List Accent 1"/>
     <w:lsdException w:name="Light Grid Accent 1"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1"/>
     <w:lsdException w:name="Medium List 1 Accent 1"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1"/>
@@ -45493,51 +6514,51 @@
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -45791,72 +6812,71 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>20271</Characters>
+  <Pages>12</Pages>
+  <Words>3572</Words>
+  <Characters>20364</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>168</Lines>
+  <Lines>169</Lines>
   <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23780</CharactersWithSpaces>
+  <CharactersWithSpaces>23889</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Смагулова Ж.А</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>