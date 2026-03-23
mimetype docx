--- v0 (2025-12-05)
+++ v1 (2026-03-23)
@@ -1,1752 +1,12757 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="005A1D8D" w:rsidRDefault="00CA4F1B" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:spacing w:before="55"/>
+        <w:ind w:left="6640" w:right="2147" w:firstLine="26"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдарының бірінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшылары мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>педагогтерін лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымнан босату</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+      <w:r w:rsidR="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="005A1D8D" w:rsidRDefault="00CA4F1B" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:spacing w:before="55"/>
+        <w:ind w:left="6640" w:right="2147" w:firstLine="26"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="006B0145" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="009F255B" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:spacing w:before="4"/>
+        <w:ind w:right="1144" w:firstLine="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...118 lines deleted...]
-      <w:r w:rsidRPr="00025F44">
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:pict>
-          <v:shape id="docshape20" o:spid="_x0000_s1028" style="position:absolute;margin-left:381.25pt;margin-top:12.05pt;width:140.15pt;height:.1pt;z-index:-251663360;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,241" coordsize="2803,0" path="m7625,241r2802,e" filled="f" strokeweight=".14125mm">
+          <v:shape id="_x0000_s1042" style="position:absolute;left:0;text-align:left;margin-left:74.45pt;margin-top:5.25pt;width:455.85pt;height:3.55pt;z-index:-15723008;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,281" coordsize="2803,0" path="m7625,281r2802,e" filled="f" strokeweight=".14125mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00025F44">
+      <w:r w:rsidR="00CA4F1B" w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4F1B" w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4F1B" w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4F1B" w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4F1B" w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4F1B" w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-47"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4F1B" w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="009F255B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:pict>
-          <v:shape id="docshape21" o:spid="_x0000_s1029" style="position:absolute;margin-left:381.25pt;margin-top:25.2pt;width:140.15pt;height:.1pt;z-index:-251662336;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,504" coordsize="2803,0" path="m7625,504r2802,e" filled="f" strokeweight=".14125mm">
+          <v:shape id="_x0000_s1041" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:16.75pt;width:475.7pt;height:.1pt;z-index:-15722496;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,335" coordsize="9514,0" path="m1260,335r9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+    <w:p w:rsidR="006B0145" w:rsidRPr="005A1D8D" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="5"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Т.Ә.А.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="009F255B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="6"/>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...9 lines deleted...]
-          <w:sz w:val="20"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="20"/>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00025F44">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:pict>
-          <v:shape id="docshape22" o:spid="_x0000_s1030" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251661312;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,339" coordsize="9514,0" path="m1260,339r9513,e" filled="f" strokeweight=".19742mm">
+          <v:shape id="_x0000_s1040" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-15721984;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,362" coordsize="9514,0" path="m1260,362r9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+    <w:p w:rsidR="006B0145" w:rsidRPr="005A1D8D" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="45"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="009F255B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Ф.И.О.</w:t>
-[...53 lines deleted...]
-      <w:r w:rsidRPr="00025F44">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:pict>
-          <v:shape id="docshape23" o:spid="_x0000_s1031" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251660288;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
+          <v:shape id="_x0000_s1039" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-15721472;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,362" coordsize="9514,0" path="m1260,362r9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:t>(должность,</w:t>
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00025F44">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:pict>
-          <v:shape id="docshape24" o:spid="_x0000_s1032" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251659264;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9514,0" path="m840,362r9513,e" filled="f" strokeweight=".19742mm">
+          <v:shape id="_x0000_s1038" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-15720960;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,730" coordsize="9514,0" path="m1260,730r9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidRPr="00025F44">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="006B0145" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="4"/>
+        <w:spacing w:before="0"/>
         <w:ind w:left="0"/>
-        <w:rPr>
-          <w:sz w:val="29"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="45"/>
-[...59 lines deleted...]
-        <w:t>телефон</w:t>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
-[...10 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="006B0145" w:rsidRPr="005A1D8D" w:rsidRDefault="00CA4F1B" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:spacing w:before="270"/>
         <w:ind w:left="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="26"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A1D8D">
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="-2"/>
-[...2 lines deleted...]
-        <w:t>Заявление</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="006B0145" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="0"/>
-        <w:rPr>
-[...1 lines deleted...]
-          <w:sz w:val="23"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="005A1D8D" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:line="271" w:lineRule="auto"/>
-[...75 lines deleted...]
-        <w:t>вакантной должности (нужное подчеркнуть)</w:t>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5891"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A1D8D" w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">__________     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00025F44" w:rsidP="00565998">
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="5"/>
-[...11 lines deleted...]
-        </w:pict>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5891"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="539" w:right="1873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бос лауазымына/уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A1D8D" w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>удан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A1D8D" w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ала/ауыл)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
-[...5 lines deleted...]
-      <w:r>
+        <w:ind w:right="171" w:firstLine="680"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(керегінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="005A1D8D" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7145"/>
+        </w:tabs>
+        <w:ind w:left="539" w:right="840"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс жасаймын.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қала/ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="539" w:right="6044"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тестілеуді тапсыру тілі: қазақ/орыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керегінің астын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="539" w:right="6044"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="539" w:right="6044"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидаларымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
         <w:rPr>
           <w:spacing w:val="-9"/>
-        </w:rPr>
-[...53 lines deleted...]
-        <w:t>) В настоящее время работаю</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>таныстым:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00025F44" w:rsidP="00565998">
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="6"/>
-[...119 lines deleted...]
-        <w:t>послевузовское</w:t>
+        <w:ind w:right="171" w:firstLine="496"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="13"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="125" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
-        <w:tblLook w:val="01E0"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4275"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3192"/>
+        <w:gridCol w:w="3162"/>
+        <w:gridCol w:w="3239"/>
+        <w:gridCol w:w="4252"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00565998" w:rsidTr="00086F95">
+      <w:tr w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidTr="005A1D8D">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4275" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3162" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00565998" w:rsidRDefault="00565998">
+          <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="50"/>
+              <w:spacing w:before="26"/>
               <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Наименование</w:t>
+              <w:t>Оқу</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:spacing w:val="-7"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>учебного</w:t>
+              <w:t>орнының</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:spacing w:val="-5"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>заведения</w:t>
+              <w:t>атауы</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2433" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00565998" w:rsidRDefault="00565998">
+          <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="50"/>
-              <w:ind w:left="39"/>
+              <w:spacing w:before="26"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Период</w:t>
+              <w:t>Оқу</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:spacing w:val="-8"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>обучения</w:t>
+              <w:t>кезеңі</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3192" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00565998" w:rsidRDefault="00565998">
+          <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="50"/>
-              <w:ind w:left="38"/>
+              <w:spacing w:before="26"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Специальность</w:t>
+              <w:t>Диплом</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:spacing w:val="-8"/>
-                <w:sz w:val="20"/>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>по</w:t>
+              <w:t>бойынша</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
                 <w:spacing w:val="-7"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r>
+            <w:r w:rsidRPr="00CA4F1B">
               <w:rPr>
-                <w:spacing w:val="-2"/>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>диплому</w:t>
+              <w:t>мамандық</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00086F95" w:rsidTr="00086F95">
+      <w:tr w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidTr="005A1D8D">
         <w:trPr>
           <w:trHeight w:val="343"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4275" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3162" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00086F95" w:rsidRDefault="00086F95">
+          <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="50"/>
+              <w:spacing w:before="26"/>
               <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2433" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="3239" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00086F95" w:rsidRDefault="00086F95">
+          <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="50"/>
-              <w:ind w:left="39"/>
+              <w:spacing w:before="26"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3192" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:hideMark/>
+            <w:tcW w:w="4252" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00086F95" w:rsidRDefault="00086F95">
+          <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
-              <w:spacing w:before="50"/>
-              <w:ind w:left="38"/>
+              <w:spacing w:before="26"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
               <w:rPr>
-                <w:sz w:val="20"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+    <w:p w:rsidR="005A1D8D" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:spacing w:before="25"/>
+        <w:spacing w:before="11"/>
         <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="11"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>берілген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(расталған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="009F255B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Наличие</w:t>
-[...59 lines deleted...]
-      <w:r w:rsidRPr="00025F44">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:pict>
-          <v:shape id="docshape28" o:spid="_x0000_s1036" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251655168;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9793,0" path="m840,362r9793,e" filled="f" strokeweight=".19742mm">
+          <v:shape id="_x0000_s1037" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-15720448;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,362" coordsize="9514,0" path="m1260,362r9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="16" w:after="21"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="690"/>
+        <w:gridCol w:w="1393"/>
+        <w:gridCol w:w="1625"/>
+        <w:gridCol w:w="3543"/>
+        <w:gridCol w:w="3402"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidTr="005A1D8D">
+        <w:trPr>
+          <w:trHeight w:val="606"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39" w:right="13"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қызмет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39" w:right="82"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Мамандық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(кәсіпкерлік</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>субъектілерінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандары</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39" w:right="70"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Осы білім беру ұйымында, оның</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-47"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ішінде</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқаратын</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазымында</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidTr="005A1D8D">
+        <w:trPr>
+          <w:trHeight w:val="606"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="690" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1393" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="181"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1625" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39" w:right="13"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3543" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39" w:right="82"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39" w:right="70"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="005A1D8D" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9981"/>
+          <w:tab w:val="left" w:pos="6393"/>
         </w:tabs>
-        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
-        <w:ind w:right="787"/>
+        <w:spacing w:before="35"/>
+        <w:ind w:left="539"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6393"/>
+        </w:tabs>
+        <w:spacing w:before="35"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>негізге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аламын:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7659"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:right="790" w:firstLine="810"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7659"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:right="790" w:firstLine="810"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="20"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00565998" w:rsidP="00565998">
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="171" w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өңдеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мақсаттарына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тәсілдермен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>менің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректерімді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімсіз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өңдеуге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(фото,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="60"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бейне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бейне</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>көрсетілімдерді,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>автоматтандыру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>осындай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құралдарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдаланбай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дербес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>деректердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ақпараттық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жүйелерінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>келісемін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="2"/>
+        <w:ind w:right="171" w:firstLine="592"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...3 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тестілеу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтетін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғимаратта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тыйым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заттардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бірін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="37"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>пайдаланғаны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="36"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жауапкершілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>акт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасалып,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шығарылатыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескертілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="60"/>
+        <w:ind w:right="293" w:firstLine="766"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тыйым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>зат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>табылған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мерзімге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тестілеуден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құқығынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>айырылатыным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескертілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:right="241" w:firstLine="452"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ұлттық біліктілік тестілеуін өткізу кезінде, сондай-ақ бейне жазбаны қарау кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидаларды бұзу фактілері анықталған жағдайда, тапсыру мерзіміне қарамастан акт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жасалатыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жойылатыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ескертілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тыйым</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
         <w:rPr>
           <w:spacing w:val="-5"/>
-        </w:rPr>
-[...38 lines deleted...]
-      <w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>салынған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>заттар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="734"/>
+        </w:tabs>
+        <w:spacing w:before="46"/>
+        <w:ind w:right="244" w:firstLine="445"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұялы байланыс құралдары (пейджер, ұялы телефондар, планшеттер, iPad (Айпад),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPod</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
         <w:rPr>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-        <w:t>наличии)</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Айпод),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iPhone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Айфон),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SmartPhone</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Смартфон),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Смартсағаттар);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00565998" w:rsidRDefault="00025F44" w:rsidP="001576D1">
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="703"/>
+        </w:tabs>
+        <w:ind w:left="702" w:hanging="164"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ноутбуктер,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>плейерлер,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>модемдер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(мобильді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>роутерлер);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="787"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:right="167" w:firstLine="490"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>радио-электрондық байланыстың кез келген түрлері (Wi-Fi (Вай-фай), Bluetooth (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Блютуз),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Dect</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Дект),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Джи),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Джи);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Джи);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="703"/>
+        </w:tabs>
+        <w:ind w:left="702" w:hanging="164"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сымды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сымсыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>құлаққаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басқалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="703"/>
+        </w:tabs>
+        <w:spacing w:before="46"/>
+        <w:ind w:left="702" w:hanging="164"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шпаргалкалар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>әдебиеттер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="703"/>
+        </w:tabs>
+        <w:spacing w:before="46"/>
+        <w:ind w:left="702" w:hanging="164"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>калькуляторлар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>түзету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұйықтығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="10097"/>
+          <w:tab w:val="left" w:pos="8565"/>
         </w:tabs>
-        <w:spacing w:before="4"/>
-        <w:ind w:left="0"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8565"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8565"/>
+        </w:tabs>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келісемін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="005A1D8D" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="46"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда))</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A1D8D">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Тестілеуді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өткізу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидаларымен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>таныстым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1239"/>
+          <w:tab w:val="left" w:pos="2805"/>
+          <w:tab w:val="left" w:pos="5013"/>
+          <w:tab w:val="left" w:pos="7881"/>
+        </w:tabs>
+        <w:spacing w:before="46"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1239"/>
+          <w:tab w:val="left" w:pos="2805"/>
+          <w:tab w:val="left" w:pos="5013"/>
+          <w:tab w:val="left" w:pos="7881"/>
+        </w:tabs>
+        <w:spacing w:before="46"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="005A1D8D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="45"/>
+        <w:ind w:left="2699" w:firstLine="181"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/қолы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B" w:rsidRDefault="005A1D8D" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005A1D8D" w:rsidRPr="00CA4F1B">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="680" w:right="680" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="004D00DE" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:spacing w:before="10"/>
+        <w:ind w:left="7034" w:right="1303" w:firstLine="52"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00025F44">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Мемлекеттік білім беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдарының бірінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>басшылары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-10"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>педагогтерін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымға тағайындау,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымнан босату</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қағидаларына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="009F255B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:spacing w:before="7"/>
+        <w:ind w:left="7782" w:right="1997"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:pict>
-          <v:shape id="docshape29" o:spid="_x0000_s1037" style="position:absolute;margin-left:42pt;margin-top:18.1pt;width:489.65pt;height:.1pt;z-index:-251654144;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="840,362" coordsize="9793,0" path="m840,362r9793,e" filled="f" strokeweight=".19742mm">
+          <v:shape id="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:70.7pt;margin-top:36.75pt;width:468pt;height:3.55pt;z-index:-15718912;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="7625,224" coordsize="2803,0" path="m7625,224r2802,e" filled="f" strokeweight=".14125mm">
             <v:path arrowok="t"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="001576D1">
-[...1 lines deleted...]
-          <w:sz w:val="29"/>
+      <w:r w:rsidR="00CA4F1B" w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>10-қосымша</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4F1B" w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4F1B" w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нысан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:spacing w:before="4"/>
+        <w:ind w:left="2880" w:right="1144" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-12"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-11"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-47"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орган</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="009F255B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1033" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-15718400;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,339" coordsize="9514,0" path="m1260,339r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="004D00DE" w:rsidRDefault="00CA4F1B" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Т.А.Ә.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ЖСН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="009F255B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1032" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-15717888;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,362" coordsize="9514,0" path="m1260,362r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="004D00DE" w:rsidRDefault="00CA4F1B" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="009F255B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="6"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1031" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-15717376;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,362" coordsize="9514,0" path="m1260,362r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:36.45pt;width:475.7pt;height:.1pt;z-index:-15716864;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,729" coordsize="9514,0" path="m1260,729r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="006B0145" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="11"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539" w:firstLine="181"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Нақты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тұратын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жері,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>телефоны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="006B0145" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="5"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="004D00DE" w:rsidRDefault="00CA4F1B" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:ind w:left="120"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="006B0145" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="2"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:right="171" w:firstLine="670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бос/уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орналасуға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="58"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="59"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="57"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жіберуіңізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сұраймын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(керегінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="009F255B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:63pt;margin-top:15.9pt;width:475.7pt;height:.1pt;z-index:-15716352;mso-wrap-distance-left:0;mso-wrap-distance-right:0;mso-position-horizontal-relative:page" coordorigin="1260,318" coordsize="9514,0" path="m1260,318r9513,e" filled="f" strokeweight=".19742mm">
+            <v:path arrowok="t"/>
+            <w10:wrap type="topAndBottom" anchorx="page"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="004D00DE" w:rsidRDefault="00CA4F1B" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539" w:right="1144"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауыл)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="00CA4F1B" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="16"/>
+        <w:ind w:left="539" w:right="1144"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Қазіргі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уақытта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>істеймін</w:t>
+      </w:r>
+      <w:r w:rsidR="004D00DE">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:left="533"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpg">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0">
+                <wp:extent cx="6041390" cy="7620"/>
+                <wp:effectExtent l="11430" t="3810" r="5080" b="7620"/>
+                <wp:docPr id="3" name="Группа 3"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                    <wpg:wgp>
+                      <wpg:cNvGrpSpPr>
+                        <a:grpSpLocks/>
+                      </wpg:cNvGrpSpPr>
+                      <wpg:grpSpPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6041390" cy="7620"/>
+                          <a:chOff x="0" y="0"/>
+                          <a:chExt cx="9514" cy="12"/>
+                        </a:xfrm>
+                      </wpg:grpSpPr>
+                      <wps:wsp>
+                        <wps:cNvPr id="4" name="Line 31"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="6"/>
+                            <a:ext cx="9513" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln w="7107">
+                            <a:solidFill>
+                              <a:srgbClr val="000000"/>
+                            </a:solidFill>
+                            <a:round/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:noFill/>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                    </wpg:wgp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group id="Группа 3" o:spid="_x0000_s1026" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA7wpnaeAIAAE0FAAAOAAAAZHJzL2Uyb0RvYy54bWykVNFu2yAUfZ+0f0B+T2wnbtpYdaopTvrS&#10;bZW6fQABbKNhQEDiVNOkSfuE/sj+YL/Q/tEu2EnX9qXqEgkD93I499x7Ob/YtwLtmLFcySJKx0mE&#10;mCSKclkX0dcv69FZhKzDkmKhJCuiW2aji8X7d+edztlENUpQZhCASJt3uoga53Qex5Y0rMV2rDST&#10;YKyUabGDpaljanAH6K2IJ0kyiztlqDaKMGtht+yN0SLgVxUj7nNVWeaQKCLg5sJowrjxY7w4x3lt&#10;sG44GWjgN7BoMZdw6RGqxA6jreEvoFpOjLKqcmOi2lhVFScsxADRpMmzaC6N2uoQS513tT7KBNI+&#10;0+nNsOTT7togTotoGiGJW0jR/d3Dz4df93/g/xtNvUKdrnNwvDT6Rl+bPkyYXinyzYI5fm7367p3&#10;Rpvuo6KAirdOBYX2lWk9BMSO9iERt8dEsL1DBDZnSZZO55AvArbT2WTIE2kgmS8OkWY1HJufpFl/&#10;Jp143jHO+9sCw4GRDwdqzT7Kaf9PzpsGaxayZL1Kg5xApJfzikuGpmmvY/BYymsTVLW5BT1fKdHM&#10;I+D8IBHEChnz+gRxjqHiXBvrLplqkZ8UkYD7g/B4d2Vdr8rBxQNKteZCBGwhUQd6p8lpOGCV4NQb&#10;vZs19WYpDNph30nhN0j8xA0qVtIA1jBMV8PcYS76OfAUcogD6BwiCq3yfZ7MV2ers2yUTWarUZaU&#10;5ejDepmNZuv09KSclstlmf7w1NIsbzilTHp2h7ZNs9flcXhA+oY7Nu5RhvgpeqgiEP3wDaShnvrc&#10;9cW0UfQ2pDTsQ2kNPQE9G44N74t/FP5dB6/HV3DxFwAA//8DAFBLAwQUAAYACAAAACEAv9a+IdoA&#10;AAADAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBm92kWtGYTSlFPRXBVhBv0+w0&#10;Cc3Ohuw2Sf+9oxe9PBje471v8uXkWjVQHxrPBtJZAoq49LbhysDH7uXmAVSIyBZbz2TgTAGWxeVF&#10;jpn1I7/TsI2VkhIOGRqoY+wyrUNZk8Mw8x2xeAffO4xy9pW2PY5S7lo9T5J77bBhWaixo3VN5XF7&#10;cgZeRxxXt+nzsDke1uev3eLtc5OSMddX0+oJVKQp/oXhB1/QoRCmvT+xDao1II/EXxXvcZHegdpL&#10;aA66yPV/9uIbAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAO8KZ2ngCAABNBQAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAv9a+IdoAAAADAQAADwAA&#10;AAAAAAAAAAAAAADSBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAANkFAAAAAA==&#10;">
+                <v:line id="Line 31" o:spid="_x0000_s1027" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAmUs3pcIAAADaAAAADwAAAGRycy9kb3ducmV2LnhtbESPT2vCQBTE70K/w/IK3upu/UdJXUUL&#10;FfWmFprjI/tMQrNvY3Y18du7QsHjMDO/YWaLzlbiSo0vHWt4HygQxJkzJecafo7fbx8gfEA2WDkm&#10;DTfysJi/9GaYGNfynq6HkIsIYZ+ghiKEOpHSZwVZ9ANXE0fv5BqLIcoml6bBNsJtJYdKTaXFkuNC&#10;gTV9FZT9HS5Wwyk9/4Z0kqrtjqTrRiuv2nWmdf+1W36CCNSFZ/i/vTEaxvC4Em+AnN8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhAP4l66UAAQAA6gEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAlgUzWNQAAACXAQAACwAAAAAAAAAAAAAAAAAxAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAMy8FnkEAAAA5AAAAFAAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Nvbm5lY3RvcnhtbC54bWxQSwECLQAUAAYACAAAACEAmUs3pcIAAADaAAAADwAAAAAAAAAAAAAA&#10;AAChAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA+QAAAJADAAAAAA==&#10;" strokeweight=".19742mm"/>
+                <w10:anchorlock/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="48"/>
+        <w:ind w:left="539" w:right="2144"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>лауазымы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атауы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(облыс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>аудан,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004D00DE">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ауыл)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="48"/>
+        <w:ind w:left="539" w:right="2144"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Өзім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="48"/>
+        <w:ind w:left="539" w:right="2144"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="21"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Білімі:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="125" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3098"/>
+        <w:gridCol w:w="2736"/>
+        <w:gridCol w:w="4536"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidTr="004D00DE">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3098" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="00530135">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2736" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="00530135">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Оқу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="00530135">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CA4F1B">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidTr="004D00DE">
+        <w:trPr>
+          <w:trHeight w:val="343"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3098" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D00DE" w:rsidRDefault="004D00DE" w:rsidP="00530135">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="004D00DE" w:rsidRPr="004D00DE" w:rsidRDefault="004D00DE" w:rsidP="00530135">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="40"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2736" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="00530135">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="39"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="00530135">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="50"/>
+              <w:ind w:left="38"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="10703"/>
+        </w:tabs>
+        <w:spacing w:before="35"/>
+        <w:ind w:left="539"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(берген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(растаған)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>күні):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00565998" w:rsidSect="00565998">
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="46"/>
+        <w:ind w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Педагогикалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>өтілі:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="46"/>
+        <w:ind w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>нәтижелерім</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>бар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                        </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00557724" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="46"/>
+        <w:ind w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00557724">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00557724" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="46"/>
+        <w:ind w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00557724">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00557724" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="46"/>
+        <w:ind w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00557724">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00557724" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="46"/>
+        <w:ind w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00557724">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00557724" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="46"/>
+        <w:ind w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00557724">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                                    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="3"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="88"/>
+        <w:ind w:right="171" w:firstLine="419"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Наградалары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атақтары,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>атағы,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>сондай-ақ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-67"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(болған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA4F1B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="004D00DE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="8"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487602176" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="page">
+                  <wp:posOffset>800100</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>201930</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="6396355" cy="1270"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapTopAndBottom/>
+                <wp:docPr id="2" name="Полилиния 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6396355" cy="1270"/>
+                        </a:xfrm>
+                        <a:custGeom>
+                          <a:avLst/>
+                          <a:gdLst>
+                            <a:gd name="T0" fmla="+- 0 1260 1260"/>
+                            <a:gd name="T1" fmla="*/ T0 w 10073"/>
+                            <a:gd name="T2" fmla="+- 0 11333 1260"/>
+                            <a:gd name="T3" fmla="*/ T2 w 10073"/>
+                          </a:gdLst>
+                          <a:ahLst/>
+                          <a:cxnLst>
+                            <a:cxn ang="0">
+                              <a:pos x="T1" y="0"/>
+                            </a:cxn>
+                            <a:cxn ang="0">
+                              <a:pos x="T3" y="0"/>
+                            </a:cxn>
+                          </a:cxnLst>
+                          <a:rect l="0" t="0" r="r" b="b"/>
+                          <a:pathLst>
+                            <a:path w="10073">
+                              <a:moveTo>
+                                <a:pt x="0" y="0"/>
+                              </a:moveTo>
+                              <a:lnTo>
+                                <a:pt x="10073" y="0"/>
+                              </a:lnTo>
+                            </a:path>
+                          </a:pathLst>
+                        </a:custGeom>
+                        <a:noFill/>
+                        <a:ln w="7107">
+                          <a:solidFill>
+                            <a:srgbClr val="000000"/>
+                          </a:solidFill>
+                          <a:round/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape id="Полилиния 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-15714304;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD7MBf7EAMAAJoGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLutNl2t+oGQ&#10;FlhpywHcxGkiEjvYbtMFcQaOwDVWQnCGciPGdtJNu0JCiEpNx5nx83sznunl1b4s0I4KmXMWYa/v&#10;YkRZzJOcbSL8frXsXWAkFWEJKTijEb6nEl9Nnz+7rKsJ9XnGi4QKBCBMTuoqwplS1cRxZJzRksg+&#10;rygDZ8pFSRQsxcZJBKkBvSwc33WHTs1FUgkeUynh7dw68dTgpymN1bs0lVShIsLATZmnMM+1fjrT&#10;SzLZCFJledzQIP/AoiQ5g0OPUHOiCNqK/AlUmceCS56qfsxLh6dpHlOjAdR47pmau4xU1GiB5Mjq&#10;mCb5/2Djt7tbgfIkwj5GjJRQosO3w8/D98OD+f44PPz6inydp7qSEwi/q26FViqrGx5/kOBwTjx6&#10;ISEGres3PAE8slXc5GafilLvBNVob0pwfywB3SsUw8thMB4GgwFGMfg8f2Qq5JBJuzfeSvWKcoND&#10;djdS2QImYJn0J42IFRQ7LQuo5csecpHnD+2jKfgxzGvDXjho5aIaea47Cs6jIDddMC8IAgN5Hhe0&#10;cRrN76KBhE1LkmQt73jPGuJgIaJ7xjWpqrjUKVoBvTZHgABBWuQfYuHw81i7pzlCQDOct4HACNpg&#10;bXVURGlm+ghtohoqYLKh35R8R1fc+NRZ9eCUR2/BulF2f5eX9cMWfQTcHWuYYzXbTnkZX+ZFYepb&#10;ME1m5Lkjkx3JizzRTk1His16Vgi0I7rFzUfLAbCTMMG3LDFgGSXJorEVyQtrQ3xhsgs3sUmCvpOm&#10;hz+P3fHiYnER9kJ/uOiF7nzeu17Owt5w6Y0G82A+m829L5qaF06yPEko0+zaeeKFf9evzWSzk+A4&#10;UU5UnIhdms9Tsc4pDZML0NL+2ly3bWr7es2Te2hZwe2AhIEORsbFJ4xqGI4Rlh+3RFCMitcMps/Y&#10;C0M9Tc0iHIx8WIiuZ931EBYDVIQVhiuuzZmyE3hbiXyTwUmeKSvj1zAq0lz3tJkpllWzgAFoFDTD&#10;Wk/Y7tpEPf6lTH8DAAD//wMAUEsDBBQABgAIAAAAIQBON6mw3gAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9LSwNBEITvgv9haMGbmX1AkHVngwQVBFGMwfNkp7OzOK/MTDarv97OSY/VXVR91a5m&#10;a9iEMY3eCSgXBTB0vVejGwRsPx5vboGlLJ2SxjsU8I0JVt3lRSsb5U/uHadNHhiFuNRIATrn0HCe&#10;eo1WpoUP6Oi399HKTDIOXEV5onBreFUUS27l6KhBy4Brjf3X5mip5DUG/fN2eD58hqftyM3+4WU9&#10;CXF9Nd/fAcs45z8znPEJHTpi2vmjU4kZ0tWStmQBdUkTzoayrmtgO7pUBfCu5f8ndL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA+zAX+xADAACaBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATjepsN4AAAAKAQAADwAAAAAAAAAAAAAAAABqBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
+                <w10:wrap type="topAndBottom" anchorx="page"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004D00DE" w:rsidRPr="00CA4F1B" w:rsidRDefault="004D00DE" w:rsidP="00CD2AF1">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="004D00DE" w:rsidRPr="00CA4F1B">
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="720" w:right="680" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006B0145" w:rsidRPr="00CA4F1B" w:rsidRDefault="006B0145" w:rsidP="009F255B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="16"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="006B0145" w:rsidRPr="00CA4F1B">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="660" w:right="740" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="680" w:bottom="280" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="56A37603"/>
+    <w:nsid w:val="02952EED"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="51000094"/>
-    <w:lvl w:ilvl="0" w:tplc="81449D5E">
+    <w:tmpl w:val="F822DD2E"/>
+    <w:lvl w:ilvl="0" w:tplc="E57ECEBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1365" w:hanging="386"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E944798E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1574" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="B2D07FC8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="A0DC99F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2003" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3E361C34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2218" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="4650BE98">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2432" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="63366B90">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2647" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EC587530">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2861" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2CE82350">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3076" w:hanging="386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="102C14D7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A989616"/>
+    <w:lvl w:ilvl="0" w:tplc="A468BFF8">
+      <w:start w:val="46"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="11995B7A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2A8C8DCE"/>
+    <w:lvl w:ilvl="0" w:tplc="7D2EAC7C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="39" w:hanging="298"/>
+        <w:ind w:left="120" w:hanging="168"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:b w:val="0"/>
-[...2 lines deleted...]
-        <w:iCs w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="7F16F764">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1192" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="61440D16">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="64545432">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="73AA9DA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="15A8187E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0EEE4352">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10A62C2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5AB2B8F0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="168"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="152153DA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1EC493A6"/>
+    <w:lvl w:ilvl="0" w:tplc="AAD40AF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="38" w:hanging="174"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="3"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="9C887B9E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F0ACA144">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="37762266">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E578EE84">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="C48481CE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="552835E8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4391" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="57DE467E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CBDE8A92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5841" w:hanging="174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="18425BB3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="76D2DC20"/>
+    <w:lvl w:ilvl="0" w:tplc="4306B17A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="313"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="421C8C04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1192" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="09C2B3FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6616E38C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3112FE3E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="576AE7DE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C12AE162">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0AFE317C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="ADCE285A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="313"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="187F0789"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4016F6B0"/>
+    <w:lvl w:ilvl="0" w:tplc="3E603890">
+      <w:start w:val="69"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="1A636F33"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4016F6B0"/>
+    <w:lvl w:ilvl="0" w:tplc="3E603890">
+      <w:start w:val="69"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7">
+    <w:nsid w:val="1AA67BDB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A712F970"/>
+    <w:lvl w:ilvl="0" w:tplc="E6B8A824">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="189" w:hanging="151"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...87 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="F348972E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="433" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="50B6ECFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="687" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4D94B47A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="940" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="52888A1E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1194" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="26E6A90E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1448" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FE048444">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1701" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C1B8436A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1955" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="93F6CFC8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2208" w:hanging="151"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="74203318"/>
+  <w:abstractNum w:abstractNumId="8">
+    <w:nsid w:val="1F38613D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C2B079D0"/>
-[...5 lines deleted...]
-        <w:ind w:left="39" w:hanging="140"/>
+    <w:tmpl w:val="3B488456"/>
+    <w:lvl w:ilvl="0" w:tplc="4C4EC294">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="223"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:b w:val="0"/>
-[...2 lines deleted...]
-        <w:iCs w:val="0"/>
+        <w:w w:val="102"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20E43EF4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="283"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A540FD40">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1506" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="21843B68">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2673" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5C76A420">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F8A0D982">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5006" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="00AE962A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6173" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="64C0739A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7340" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="72ACA10C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8506" w:hanging="283"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9">
+    <w:nsid w:val="209A6553"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BD9CAA8A"/>
+    <w:lvl w:ilvl="0" w:tplc="20908032">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="342" w:hanging="223"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:w w:val="101"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A66C2DB0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1390" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0B30901C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2440" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="24F2A2E4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3490" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="782CC606">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4540" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="73F271FC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5590" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="60C248F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6640" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7556F548">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7690" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6A581160">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8740" w:hanging="223"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10">
+    <w:nsid w:val="26D4402E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4016F6B0"/>
+    <w:lvl w:ilvl="0" w:tplc="3E603890">
+      <w:start w:val="69"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11">
+    <w:nsid w:val="271F7A4E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E4E4A768"/>
+    <w:lvl w:ilvl="0" w:tplc="8CD4406C">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12">
+    <w:nsid w:val="2AA65C7D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4F88A820"/>
+    <w:lvl w:ilvl="0" w:tplc="3E603890">
+      <w:start w:val="13"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="2C8642D5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="55B4308E"/>
+    <w:lvl w:ilvl="0" w:tplc="10C818BC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="38" w:hanging="224"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...87 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3F6A2950">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="270A16DE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="8A02F59A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="E06AD3AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="343AFDA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1E18F93A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4391" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B1AEEC8E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="AEFC6642">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5841" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="76020A38"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="2FEA6985"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="842C3380"/>
-[...5 lines deleted...]
-        <w:ind w:left="155" w:hanging="117"/>
+    <w:tmpl w:val="1A989616"/>
+    <w:lvl w:ilvl="0" w:tplc="A468BFF8">
+      <w:start w:val="46"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="372F40BF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1DF0038A"/>
+    <w:lvl w:ilvl="0" w:tplc="41B636D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="38" w:hanging="236"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:b w:val="0"/>
-[...2 lines deleted...]
-        <w:iCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...88 lines deleted...]
-      </w:rPr>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="1BEC9C1E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="CC5674AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="92C65F30">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="074A1E92">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2C1A6926">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4BC2C52A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4391" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="798C577A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6A3014B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5841" w:hanging="236"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="387B0F36"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5B14A20C"/>
+    <w:lvl w:ilvl="0" w:tplc="3C586F24">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="255" w:hanging="217"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="128249EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="963" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="4198D6AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1666" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E9946822">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2369" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="7514123E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3072" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="20EECFAA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3776" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="255A605C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4479" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="1D3A9178">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5182" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3AF68312">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5885" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17">
+    <w:nsid w:val="3A4B1B8F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F74E506"/>
+    <w:lvl w:ilvl="0" w:tplc="BC605A36">
+      <w:start w:val="42"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18">
+    <w:nsid w:val="3C361828"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F766A19A"/>
+    <w:lvl w:ilvl="0" w:tplc="122C7FEA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="255" w:hanging="217"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="93FCBA88">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="963" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="76AE5B26">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1666" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2240637C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2369" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F6EEA366">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3072" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2AC632E0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3776" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="32706CB6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4479" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="ECAC2C02">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5182" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B3486398">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5885" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19">
+    <w:nsid w:val="3DEC4408"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="630C2A4E"/>
+    <w:lvl w:ilvl="0" w:tplc="5DAE719E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="255" w:hanging="217"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4B78A286">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="963" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="7B468A58">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1666" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="DC4E22AA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2369" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="438493FA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3072" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="421A2B3C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3776" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0DB65F8C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4479" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="09B83D34">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5182" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="674C4316">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5885" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20">
+    <w:nsid w:val="41FD423D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4016F6B0"/>
+    <w:lvl w:ilvl="0" w:tplc="3E603890">
+      <w:start w:val="69"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21">
+    <w:nsid w:val="4267282E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="37FE737E"/>
+    <w:lvl w:ilvl="0" w:tplc="01C2BDFC">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="324"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E55CAB7A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1192" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D664761C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="77F8CA58">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="147AF34E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A2BA5324">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0F7ED7AE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="DC040160">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="069E5FA4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="324"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22">
+    <w:nsid w:val="4600428A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A989616"/>
+    <w:lvl w:ilvl="0" w:tplc="A468BFF8">
+      <w:start w:val="46"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23">
+    <w:nsid w:val="488F655C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C9847896"/>
+    <w:lvl w:ilvl="0" w:tplc="99EC9E92">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="219"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:val="4"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="26"/>
+        <w:szCs w:val="26"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A782A9F0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1192" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="D988CA4E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="972E6C1A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="AF62E93A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="D64A6F7A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="117ABA56">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EBE8E818">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="8BFA59A2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="219"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24">
+    <w:nsid w:val="4C1F764F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F30CC026"/>
+    <w:lvl w:ilvl="0" w:tplc="09B0E224">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="337" w:hanging="238"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:spacing w:val="2"/>
+        <w:w w:val="100"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20408BFE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="467" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="31642BE0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="595" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="836091D0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="723" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="61883CCA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="851" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6E94B1EC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="979" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4A6EAAA2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1107" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8618D220">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1235" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="91306D54">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1363" w:hanging="238"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25">
+    <w:nsid w:val="4C5B14AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CA42E8E0"/>
+    <w:lvl w:ilvl="0" w:tplc="98FA3FBE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="317"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AA7CECCE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1192" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="40C422D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="82F44FC6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="BEE0073C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="F90492F6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="5A7242BE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="EF16E482">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D99A7EAE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="317"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26">
+    <w:nsid w:val="4EAD7F8A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1E9ED8A4"/>
+    <w:lvl w:ilvl="0" w:tplc="BA783060">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27">
+    <w:nsid w:val="4EED2B43"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8923918"/>
+    <w:lvl w:ilvl="0" w:tplc="C66009AE">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="38" w:hanging="295"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="AE6AA412">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BBF8BAA0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="24460A52">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5164BCFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="B0C61622">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="718216CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4391" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8AE63B24">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3FFC059C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5841" w:hanging="295"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28">
+    <w:nsid w:val="50DB362D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="576884EC"/>
+    <w:lvl w:ilvl="0" w:tplc="DCF8A22A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="39" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="CF0824DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="403" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3E02346A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="766" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4CB29A42">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1130" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="4AB46228">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1493" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="19089DA8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1857" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="A578913C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2220" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="445C0B2E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2583" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="661CB7CA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2947" w:hanging="235"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29">
+    <w:nsid w:val="52EB4622"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AF32C3A8"/>
+    <w:lvl w:ilvl="0" w:tplc="8EF24C0C">
+      <w:start w:val="10"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="289" w:hanging="251"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B9DCDBBA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="523" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F7AC03C4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="767" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F346610A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1010" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="5B7AE87E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1254" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="CAE2CEAA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1498" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="059CA4B0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1741" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6E7AAD04">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1985" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="22322C4A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2228" w:hanging="251"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30">
+    <w:nsid w:val="53263022"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D90C2216"/>
+    <w:lvl w:ilvl="0" w:tplc="1D1047CC">
+      <w:start w:val="68"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="31">
+    <w:nsid w:val="563A444E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A989616"/>
+    <w:lvl w:ilvl="0" w:tplc="A468BFF8">
+      <w:start w:val="46"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32">
+    <w:nsid w:val="589629AA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1B3E8B8C"/>
+    <w:lvl w:ilvl="0" w:tplc="078A9640">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="38" w:hanging="250"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="A79C881A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="765" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="ED2EACC4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1490" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="647A3C7E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2215" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="F9643A5E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2940" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="915C11A6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3666" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="604CB76E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4391" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="661E038C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5116" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="589CC3B4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5841" w:hanging="250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33">
+    <w:nsid w:val="5BB33ADC"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AD900A3E"/>
+    <w:lvl w:ilvl="0" w:tplc="37AE91B0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="300"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="77F68176">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="344"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F78C3F48">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1BD8919C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="78F0254C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="221CD200">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C56089F0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2FF29C62">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EEAE3B16">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34">
+    <w:nsid w:val="60C24375"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="49C22D0A"/>
+    <w:lvl w:ilvl="0" w:tplc="E60E5E34">
+      <w:start w:val="39"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35">
+    <w:nsid w:val="64A31EF3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A989616"/>
+    <w:lvl w:ilvl="0" w:tplc="A468BFF8">
+      <w:start w:val="46"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36">
+    <w:nsid w:val="67212D0D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F766B1B0"/>
+    <w:lvl w:ilvl="0" w:tplc="63B0D1AA">
+      <w:start w:val="21"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37">
+    <w:nsid w:val="6D2D325A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2AE108A"/>
+    <w:lvl w:ilvl="0" w:tplc="3EE413A4">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1200" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1920" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2640" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4080" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6240" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38">
+    <w:nsid w:val="6DCA3D0A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8BD6F96C"/>
+    <w:lvl w:ilvl="0" w:tplc="9056AEEE">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="39">
+    <w:nsid w:val="6F4C0087"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2B4C50D0"/>
+    <w:lvl w:ilvl="0" w:tplc="37AE91B0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="300" w:hanging="300"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B23C1E52">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="344"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F78C3F48">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1BD8919C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="78F0254C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="221CD200">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C56089F0">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="2FF29C62">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="EEAE3B16">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="344"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40">
+    <w:nsid w:val="74DC7DEA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="796CA936"/>
+    <w:lvl w:ilvl="0" w:tplc="ED0A4D7A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="298"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B7386A4A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="120" w:hanging="357"/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F3884692">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2264" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="D6E6C33A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3336" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="39106758">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4408" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2D464C4A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5480" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="21204204">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6552" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="F7540AD6">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7624" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0134691E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8696" w:hanging="357"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="41">
+    <w:nsid w:val="75162F13"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1A989616"/>
+    <w:lvl w:ilvl="0" w:tplc="A468BFF8">
+      <w:start w:val="46"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="42">
+    <w:nsid w:val="77833A6B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FE1617DE"/>
+    <w:lvl w:ilvl="0" w:tplc="7BC25178">
+      <w:start w:val="84"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="43">
+    <w:nsid w:val="78274B27"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4016F6B0"/>
+    <w:lvl w:ilvl="0" w:tplc="3E603890">
+      <w:start w:val="69"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="44">
+    <w:nsid w:val="79480ACA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4016F6B0"/>
+    <w:lvl w:ilvl="0" w:tplc="3E603890">
+      <w:start w:val="69"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="45">
+    <w:nsid w:val="7973052E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="AED6FA82"/>
+    <w:lvl w:ilvl="0" w:tplc="E056C152">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="255" w:hanging="217"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="FE4A0BFC">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="963" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04B63D02">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1666" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F4982ADE">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2369" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="DE5CF0F8">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3072" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="EB001C0A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3776" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FB5C8666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4479" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="965CC0C2">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5182" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="6FF2F320">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5885" w:hanging="217"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="46">
+    <w:nsid w:val="7C6E48D2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4016F6B0"/>
+    <w:lvl w:ilvl="0" w:tplc="3E603890">
+      <w:start w:val="69"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4560" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5280" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6000" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="45"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="40"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="41"/>
+  </w:num>
+  <w:num w:numId="31">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="32">
+    <w:abstractNumId w:val="35"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="33">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="34">
+    <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="5">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="35">
+    <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="6">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="36">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="37">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="38">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="39">
+    <w:abstractNumId w:val="44"/>
+  </w:num>
+  <w:num w:numId="40">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="41">
+    <w:abstractNumId w:val="43"/>
+  </w:num>
+  <w:num w:numId="42">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="43">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="44">
+    <w:abstractNumId w:val="42"/>
+  </w:num>
+  <w:num w:numId="45">
+    <w:abstractNumId w:val="46"/>
+  </w:num>
+  <w:num w:numId="46">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="47">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="120"/>
+  <w:hideSpellingErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:useFELayout/>
+    <w:ulTrailSpace/>
+    <w:shapeLayoutLikeWW8/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00565998"/>
-[...4 lines deleted...]
-    <w:rsid w:val="0098651C"/>
+    <w:rsidRoot w:val="006B0145"/>
+    <w:rsid w:val="001D2AEB"/>
+    <w:rsid w:val="002E0A39"/>
+    <w:rsid w:val="004D00DE"/>
+    <w:rsid w:val="004E09A5"/>
+    <w:rsid w:val="00557724"/>
+    <w:rsid w:val="005A1D8D"/>
+    <w:rsid w:val="00615EEA"/>
+    <w:rsid w:val="006B0145"/>
+    <w:rsid w:val="007166B2"/>
+    <w:rsid w:val="009F255B"/>
+    <w:rsid w:val="00B85043"/>
+    <w:rsid w:val="00BC75B0"/>
+    <w:rsid w:val="00C22D73"/>
+    <w:rsid w:val="00C95FDD"/>
+    <w:rsid w:val="00CA4F1B"/>
+    <w:rsid w:val="00CD2AF1"/>
+    <w:rsid w:val="00E315A2"/>
+    <w:rsid w:val="00E44E25"/>
+    <w:rsid w:val="00E94B04"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="1043"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -1793,230 +12798,485 @@
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0098651C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...50 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00565998"/>
-[...9 lines deleted...]
-    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="1"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="1"/>
+      <w:ind w:left="120" w:hanging="304"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA4F1B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CA4F1B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="1"/>
+      <w:ind w:left="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="1"/>
+      <w:ind w:left="120" w:hanging="304"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA4F1B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CA4F1B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-[...15 lines deleted...]
-  <w:optimizeForBrowser/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -2042,51 +13302,51 @@
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2219,54 +13479,76 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>153</Words>
-  <Characters>876</Characters>
+  <Words>704</Words>
+  <Characters>4013</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company>Microsoft</Company>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1027</CharactersWithSpaces>
+  <CharactersWithSpaces>4708</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Пользователь Asus</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
+    <vt:filetime>2021-12-02T00:00:00Z</vt:filetime>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
+    <vt:filetime>2022-01-19T00:00:00Z</vt:filetime>
+  </property>
+</Properties>
+</file>