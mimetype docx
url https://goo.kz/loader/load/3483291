--- v0 (2025-12-14)
+++ v1 (2026-03-05)
@@ -1,9190 +1,5921 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00A019B5" w:rsidRPr="00DA3F94" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10031" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4786"/>
         <w:gridCol w:w="5245"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A019B5" w:rsidRPr="00137774" w:rsidTr="00C33FDA">
+      <w:tr w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidTr="00C33FDA">
         <w:trPr>
           <w:trHeight w:val="165"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4786" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5245" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00DA3F94" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+          <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A019B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t>Приложение №1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
             <w:pPr>
               <w:keepNext/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A019B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>Павлодар</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> қаласы білім беру бөлімінің </w:t>
+              <w:t>к приказу отдела образования г. Павлодара</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00DA3F94" w:rsidP="00DA3F94">
+          <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
             <w:pPr>
-              <w:keepNext/>
               <w:suppressAutoHyphens/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="KZ Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="KZ Times New Roman" w:cs="KZ Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...2 lines deleted...]
-                <w:iCs/>
+            <w:r w:rsidRPr="00A019B5">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 жылғы </w:t>
+              <w:t>№ ___</w:t>
             </w:r>
             <w:r w:rsidR="00987B13">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> «____» _______</w:t>
+              <w:t>__________ от «____» _______2021</w:t>
             </w:r>
             <w:r w:rsidRPr="00A019B5">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>№ ___</w:t>
-[...8 lines deleted...]
-              <w:t>____</w:t>
+              <w:t xml:space="preserve"> года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00DA3F94" w:rsidRPr="00A019B5" w:rsidRDefault="00DA3F94" w:rsidP="00DA3F94">
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:cr/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...30 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00A019B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00DA3F94" w:rsidRPr="009E78BE" w:rsidRDefault="00DA3F94" w:rsidP="00A019B5">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ПОЛОЖЕНИЕ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00DA3F94" w:rsidRPr="00DA3F94" w:rsidRDefault="00DA3F94" w:rsidP="00DA3F94">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>о городском конкурсе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«Учитель года - 202</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...64 lines deleted...]
-    <w:p w:rsidR="00DA3F94" w:rsidRPr="009E78BE" w:rsidRDefault="00DA3F94" w:rsidP="00DA3F94">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...36 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...30 lines deleted...]
-    <w:p w:rsidR="00DA3F94" w:rsidRPr="009E78BE" w:rsidRDefault="00DA3F94" w:rsidP="00DA3F94">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="center"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="z12"/>
-      <w:r w:rsidRPr="009E78BE">
-[...11 lines deleted...]
-    <w:p w:rsidR="00DA3F94" w:rsidRPr="009E78BE" w:rsidRDefault="00DA3F94" w:rsidP="00A019B5">
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Городской   конкурс «Учитель года - 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>» (далее – Конкурс) проводится методическим кабинетом отдела  образования города Павлодара. Конкурс проводится при активном участии педагогической общественности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00DA3F94" w:rsidRPr="009E78BE" w:rsidRDefault="00DA3F94" w:rsidP="00A019B5">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В Положении о городском конкурсе  «Учитель года – 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>» определены механизмы и процедура проведения Конкурса. В нём могут принять участие педагоги средних общеобразовательных учреждений из числа  победителей школьного этапа  конкурса «Учитель года - 202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>». В Конкурсе не могут принимать участие победители и призеры Конкурса городского и областного этапов за последние три года.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="708"/>
-[...6 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...239 lines deleted...]
-    <w:p w:rsidR="00A019B5" w:rsidRPr="009E78BE" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В настоящих Правилах используются следующие понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...53 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="z13"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
-[...141 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) Конкурсная комиссия – комиссия, создаваемая на </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>городском</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, для определения победителя данного этапа Конкурса и предоставления рекомендации для участия в следующих этапах Конкурса (далее – Комиссия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="420"/>
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="z14"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
-[...87 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) участник Конкурса – штатный педагог организации образования, предоставивший в соответствии с настоящими Правилами документы на участие в Конкурсе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="420"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
       <w:bookmarkStart w:id="3" w:name="z15"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="009E78BE">
-[...76 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) портфолио педагога – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальная папка, в которой представлены его личные профессиональные достижения в образовательной деятельности, результаты обучения и воспитания и развития его учеников, вклад педагога в развитие системы образования за определенный период времени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001F7909" w:rsidRPr="001F7909" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="4" w:name="z16"/>
       <w:bookmarkEnd w:id="3"/>
-      <w:r w:rsidRPr="009E78BE">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="z17"/>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidR="00987B13" w:rsidRPr="009E78BE">
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidR="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E78BE">
-[...8 lines deleted...]
-      <w:r w:rsidR="001F7909" w:rsidRPr="009E78BE">
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001F7909">
+        </w:rPr>
+        <w:t xml:space="preserve">видеоролик - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>короткий видеофильм информационного или учебного содержания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001F7909" w:rsidRPr="009E78BE">
-[...43 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00A019B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...45 lines deleted...]
-      <w:r w:rsidR="001F7909" w:rsidRPr="001F7909">
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001F7909">
+        </w:rPr>
+        <w:t>идеозапись урока (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001F7909" w:rsidRPr="001F7909">
+        </w:rPr>
+        <w:t>3 урока)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...101 lines deleted...]
-        <w:jc w:val="both"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оценка профессиональных компетенций учителя  по использованию современных образовательных технологий и методик на уроке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRDefault="00987B13" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    6</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidR="00A019B5" w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="00A019B5" w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> эссе – </w:t>
+      </w:r>
+      <w:r w:rsidR="00A019B5" w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сочинение, размышление небольшого объема, которое выражает индивидуальные впечатления, идеи по предложенной теме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="00A019B5" w:rsidRPr="00FE5B62" w:rsidRDefault="00FE5B62" w:rsidP="00A019B5">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00FE5B62" w:rsidRDefault="00A019B5" w:rsidP="00FE5B62">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Цель Конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="00FE5B62" w:rsidRDefault="00FE5B62" w:rsidP="00FE5B62">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - формирование позитивного имиджа педагога, выявление и распространение эффективного педагогического опыта, стимулирование профессионального роста учителей.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Задачи  Конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- развитие творческой активности педагогических работников, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- выявление талантливых педагогов,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- повышение престижа учительской профессии,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- поддержка инновационных идей в организации образовательного процесса,  пропаганда современных  достижений педагогической науки,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- внедрение современной педагогической практики реализации </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>полиязычия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 2.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Требования, предъявляемые к участнику конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z20"/>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Победители областных конкурсов последних пяти лет к участию не допускаются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z22"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В Конкурсе участвуют педагоги организаций образования соответствующие следующим критериям:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z23"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>- являющиеся штатными педагогами организаций образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z24"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - имеющие непрерывный педагогический стаж не менее пяти лет на момент представления документов для участия в Конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Конкурс проводится ежегодно в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="006D36E9" w:rsidP="00A019B5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00A019B5" w:rsidRPr="00FE5B62" w:rsidRDefault="00FE5B62" w:rsidP="00FE5B62">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A019B5" w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Устанавливаются следующие этапы конкурса.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A019B5" w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Школьный этап – до </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00A019B5" w:rsidRPr="00FE5B62">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>20 января 2022</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...781 lines deleted...]
-    <w:p w:rsidR="00B67179" w:rsidRPr="009E78BE" w:rsidRDefault="00B67179" w:rsidP="00A019B5">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A019B5" w:rsidRPr="00A019B5" w:rsidRDefault="00A019B5" w:rsidP="00A019B5">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...99 lines deleted...]
-    <w:p w:rsidR="00A019B5" w:rsidRPr="009E78BE" w:rsidRDefault="006D36E9" w:rsidP="00A019B5">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формат проведения школьного/городского этапа Конкурса определяется организаторами самостоятельно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751E06" w:rsidRPr="00751E06" w:rsidRDefault="00A019B5" w:rsidP="00987B13">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По итогам школьного этапа, учреждения образования направляют </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>января 2021 года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на электронную почту: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">metod-goo@mail.ru </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оргкомитет </w:t>
+      </w:r>
+      <w:r w:rsidR="00751E06" w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>следующие документы и материалы в электронном формате:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751E06" w:rsidRPr="00751E06" w:rsidRDefault="00751E06" w:rsidP="00751E06">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z35"/>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заявка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по форме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Excel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A019B5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>Байқаудың</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD4C07" w:rsidRPr="00CD4C07">
-[...13 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на участие в Конкурсе согласно Приложению 1 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751E06" w:rsidRPr="00751E06" w:rsidRDefault="00751E06" w:rsidP="00751E06">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z36"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD4C07" w:rsidRPr="00CD4C07">
-[...13 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) представление на педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, заверенное руководителями организаций образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751E06" w:rsidRPr="00751E06" w:rsidRDefault="00751E06" w:rsidP="00751E06">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z37"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>личный листок по учету кадров</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, заверенный по месту работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751E06" w:rsidRPr="00751E06" w:rsidRDefault="00751E06" w:rsidP="00751E06">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z38"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) копия документа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, удостоверяющего личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751E06" w:rsidRPr="00751E06" w:rsidRDefault="00751E06" w:rsidP="00751E06">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z39"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выписка из протокола</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заседания Комиссии организации образования и представление на казахском или русском языке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751E06" w:rsidRPr="00751E06" w:rsidRDefault="00751E06" w:rsidP="00751E06">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Портфолио</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на языке преподавания (структура портфолио педагога изложена в приложении 2 настоящих Правил);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751E06" w:rsidRDefault="00751E06" w:rsidP="00751E06">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> видеоролик</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> согласно техническим условиям, изложенным в приложении 3 настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Темы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Сердце отдаю детям»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Мое педагогическое кредо»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Мастер своего дела»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«Учись быть успешным»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Учитель – это человек, умеющий превращать трудные вещи в легкие»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751E06" w:rsidRPr="00751E06" w:rsidRDefault="00751E06" w:rsidP="00751E06">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     8) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Видеозапись урока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3 урока), записанные учебные занятия на электронных носителях (изложена в приложении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD4C07" w:rsidRPr="00CD4C07">
-[...24 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751E06" w:rsidRDefault="00751E06" w:rsidP="00751E06">
+      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="426"/>
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> -</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аписание эссе – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сочинение, размышление небольшого обьема, которое выражает индивидуальные впечатления, идеи </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...73 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по предложенной теме.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ( Количество слов: 250-300 слов.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...721 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>частник представляет педагогическое эссе,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...407 lines deleted...]
-    <w:p w:rsidR="003C1987" w:rsidRPr="009E78BE" w:rsidRDefault="003C1987" w:rsidP="00810BCC">
+        </w:rPr>
+        <w:t xml:space="preserve">где раскрывает свои мотивы выбора учительской профессии, собственные педагогические принципы и подходы к образованию, свое понимания миссии педагога в современном мире, демонстрирует личное видение современных проблем и возможных путей их решения средствами образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00810BCC" w:rsidRPr="009E78BE" w:rsidRDefault="00810BCC" w:rsidP="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Темы эссе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="181818"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009E78BE">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="181818"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="008F45CB" w:rsidRPr="009E78BE">
+        </w:rPr>
+        <w:t>«Быть учителем - не служба, а призвание»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="181818"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="008F45CB">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="181818"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="008F45CB" w:rsidRPr="009E78BE">
+        </w:rPr>
+        <w:t>«Я – учитель новой школы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="F0BF9E"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="181818"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="008F45CB">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002A5F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="181818"/>
-[...55 lines deleted...]
-    <w:p w:rsidR="002A5F5A" w:rsidRPr="008B65C8" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Твори, дерзай, увлекай!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="F0BF9E"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008B65C8">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="181818"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Богатым человека делает его сердце»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Своим путём или… пошаговая стратегия в реальном времени»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Учитель, перед именем твоим»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Учу своих детей не заучивать мысли, а мыслить»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002A5F5A" w:rsidRPr="002A5F5A" w:rsidRDefault="002A5F5A" w:rsidP="002A5F5A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002A5F5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>«Учитель в своем труде прикасается к вечности»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00751E06" w:rsidRPr="00751E06" w:rsidRDefault="00751E06" w:rsidP="00751E06">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z44"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008B65C8">
-[...381 lines deleted...]
-    <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>0)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00751E06">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Достижения в профессиональной деятельности педагогов оцениваются по критериям согласно приложению 5 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:p w:rsidR="00751E06" w:rsidRPr="00A019B5" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00987B13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>3. Приложения и критерии к конкурсу</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00987B13" w:rsidRDefault="00987B13" w:rsidP="00987B13">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00987B13" w:rsidRPr="001778B2" w:rsidRDefault="00987B13" w:rsidP="00987B13">
+    <w:p w:rsidR="00987B13" w:rsidRDefault="00987B13" w:rsidP="00987B13">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1</w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="001778B2" w:rsidRPr="00EC0803" w:rsidRDefault="001778B2" w:rsidP="00987B13">
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="00987B13">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...46 lines deleted...]
-    <w:p w:rsidR="001778B2" w:rsidRPr="00EC0803" w:rsidRDefault="001778B2" w:rsidP="006D36E9">
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗАЯВКА</w:t>
+      </w:r>
+      <w:r w:rsidR="00987B13" w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на участие в конкурсе  «Учитель года»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="00EC0803" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прошу допустить меня к участию в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...77 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сообщаю о себе следующие сведения:</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="4677"/>
         <w:gridCol w:w="4360"/>
       </w:tblGrid>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00A608F2" w:rsidP="006D36E9">
-[...49 lines deleted...]
-          </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>2.</w:t>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Место</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00A608F2">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...161 lines deleted...]
-            </w:r>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>4.</w:t>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00A608F2" w:rsidP="006D36E9">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A608F2">
-[...6 lines deleted...]
-              <w:t>Лауазымы</w:t>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>5.</w:t>
+              <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00A608F2" w:rsidP="006D36E9">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A608F2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Педагогикалық өтілі</w:t>
-            </w:r>
+              <w:t>Дата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>рождения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>месяц</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>год</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>6.</w:t>
+              <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00A608F2" w:rsidP="006D36E9">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A608F2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Лауазымдағы жұмыс өтілі</w:t>
-            </w:r>
+              <w:t>Должность</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
-              <w:rPr>
-[...201 lines deleted...]
-            <w:r w:rsidRPr="00A608F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>8.</w:t>
+              <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00A608F2" w:rsidP="006D36E9">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A608F2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Біліктілік санаты</w:t>
-            </w:r>
+              <w:t>Педагогический</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>9.</w:t>
+              <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00A608F2" w:rsidP="00A608F2">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A608F2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Индексі </w:t>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00A608F2">
+              <w:t>Стаж</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>мекенжайы</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>работы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>должности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
-              <w:rPr>
-[...202 lines deleted...]
-            <w:r w:rsidRPr="00A608F2">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>11.</w:t>
+              <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00A608F2" w:rsidP="006D36E9">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A608F2">
-[...5 lines deleted...]
-              <w:t>Байланыс телефоны( үй, ұялы), электрондық пошта</w:t>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Образование (какое учебное заведение, факультет, в каком году окончил)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>12.</w:t>
+              <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4677" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="00D97930" w:rsidRDefault="00D97930" w:rsidP="006D36E9">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Квалификационная</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>категория</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4360" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Домашний</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>адрес</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>индексом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Данные удостоверения личности (номер, когда и кем выдан, ИНН)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактный телефон (домашний, мобильный), электронная почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="00987B13">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="534" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4677" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Награды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>поощрения</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4360" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D97930" w:rsidRDefault="00D97930" w:rsidP="006D36E9">
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...29 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00D97930" w:rsidP="006D36E9">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Приложение: документы для участия в конкурсе на _____ листах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D97930">
-[...16 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00D97930" w:rsidP="006D36E9">
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дата заполнения заявки ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...25 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00D97930" w:rsidP="006D36E9">
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Личная подпись участника конкурса_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D97930">
-[...13 lines deleted...]
-        <w:t>_______________</w:t>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подпись руководителя организации образования_______________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
       <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> М.</w:t>
-[...19 lines deleted...]
-    <w:p w:rsidR="00987B13" w:rsidRPr="006D36E9" w:rsidRDefault="00D97930" w:rsidP="00987B13">
+        <w:t xml:space="preserve"> М.П.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00987B13" w:rsidRPr="006D36E9" w:rsidRDefault="00987B13" w:rsidP="00987B13">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00D97930">
+        </w:rPr>
+        <w:t xml:space="preserve">Материалы участников конкурса </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>қатысушылардың материалдарын келесі электрондық п</w:t>
-[...30 lines deleted...]
-        <w:t xml:space="preserve">: </w:t>
+        <w:t xml:space="preserve"> отправить на электронную почту: </w:t>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1"/>
-      <w:r w:rsidR="00987B13" w:rsidRPr="00987B13">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00987B13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>metod</w:t>
       </w:r>
-      <w:r w:rsidR="00987B13" w:rsidRPr="00987B13">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00987B13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidR="00987B13" w:rsidRPr="00987B13">
+      <w:r w:rsidRPr="00987B13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>goo</w:t>
       </w:r>
-      <w:r w:rsidR="00987B13" w:rsidRPr="006D36E9">
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>@mail.ru</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00987B13" w:rsidRPr="00D97930" w:rsidRDefault="00987B13" w:rsidP="00987B13">
+    <w:p w:rsidR="00987B13" w:rsidRPr="006D36E9" w:rsidRDefault="00987B13" w:rsidP="00987B13">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00987B13">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00606C34" w:rsidRDefault="00606C34" w:rsidP="00606C34">
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="00987B13">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...24 lines deleted...]
-        </w:numPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z104"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Структура портфолио педагога</w:t>
+      </w:r>
+      <w:r w:rsidR="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="001C364B" w:rsidRDefault="001C364B" w:rsidP="006D36E9">
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z105"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Общие сведения о педагоге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...37 lines deleted...]
-    <w:p w:rsidR="001C364B" w:rsidRDefault="001C364B" w:rsidP="006D36E9">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Фамилия, имя, отчество (при наличии) с обязательным вложением фотографии в размере 3х4.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="001C364B" w:rsidRDefault="001C364B" w:rsidP="006D36E9">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Стаж (трудовой и педагогический). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="001C364B" w:rsidP="006D36E9">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Образование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E65DF4">
-[...5 lines deleted...]
-        <w:t>Біліктілікті арттыру</w:t>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Повышение квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Награды (грамоты, похвальные листы, благодарственные письма, отзывы и рекомендации), сертификаты курсов повышения квалификации, в том числе дистанционных (сканы документов, подтверждающих образование, прохождение курсов, сканы почетных грамот, сертификатов). </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z106"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мониторинг педагогической деятельности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мониторинг и динамика развития качества знаний за последние пять лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения об итогах внешней оценки по предмету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения о собственном участии на олимпиадах, профессиональных конкурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> достижения учащихся, победителей олимпиад, соревнований (конкурсов) по предмету, участие в научно-практических конференциях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z107"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Научно-методическая деятельность</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Вся информация по педагогическому направлению, по которому работает педагог:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> описание используемых технологий, приемов и методов обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материалы по семинарам, конкурсам, "круглым столам", фестивалям, в которых участвовал педагог;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исследовательская деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разработки авторских программ, учебно-методических комплексов, методических материалов, выписки протоколов к ним (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материалы по реализации образовательных и социальных проектов (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сведения о творческих отчетах, семинарах, открытых уроках, тренингах, выступлениях на научно-практических конференциях; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> публикации в средствах массовых информациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работа по обмену опытом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00987B13" w:rsidRPr="00987B13" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z108"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Внеурочная деятельность</w:t>
+      </w:r>
+      <w:r w:rsidR="00987B13" w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00987B13" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="006D36E9" w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00E65DF4" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="006D36E9" w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> творческие работы учащихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00987B13" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D36E9">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="006D36E9" w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D36E9">
+      <w:r w:rsidR="006D36E9" w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>     </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D36E9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="006D36E9" w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отзывы учащихся, коллег, педагогов, социальных партнеров, родителей, общественности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRDefault="00987B13" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="006D36E9" w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r w:rsidR="006D36E9" w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> волонтерская деятельность, участие в благотворительных мероприятиях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00987B13" w:rsidRPr="006D36E9" w:rsidRDefault="00987B13" w:rsidP="00987B13">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Портфолио оформляется в одном </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>WORD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документе (все материалы друг за другом)!!!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00987B13" w:rsidP="00987B13">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z110"/>
+      <w:r w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 3</w:t>
+      </w:r>
+      <w:r w:rsidR="006D36E9" w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="15" w:name="z106"/>
-[...1027 lines deleted...]
-    <w:p w:rsidR="00C515D4" w:rsidRDefault="00C515D4" w:rsidP="00C515D4">
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="00987B13">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00C515D4" w:rsidRDefault="00C515D4" w:rsidP="00C515D4">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Технические условия к видеоролику Конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> " Учитель года"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
-[...82 lines deleted...]
-    <w:p w:rsidR="00C515D4" w:rsidRDefault="00C515D4" w:rsidP="00987B13">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z111"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Технические условия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> На конкурс предоставляются видеоролики, соответствующие тематике конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формат видео: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>DVD</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MPEG</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4, минимальное разрешение – 720</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>480 (12:8 см).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Продолжительность видеоролика – 1 мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оформление информационной заставкой с именем педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Использование при монтаже и съемке видеоролика специальных программ и инструментов – на усмотрение педагога.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Участники сами определяют жанр видеоролика (интервью, репортаж, видеоклип, мультфильм).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При съемке и монтаже видеоролика использовать специальные программы и инструментов, фотографии, видеофрагменты, специальные эффекты, фоновая музыка. На конкурс не принимаются ролики рекламного характера, оскорбляющие достоинство и чувства других людей, не соответствующие теме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z112"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Содержание видеоролика воспроизводит собственное восприятие, видение и мысли участника по предложенной теме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="00987B13" w:rsidRDefault="00987B13" w:rsidP="006D36E9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:i/>
-[...38 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z114"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidR="006D36E9" w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="00987B13">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...63 lines deleted...]
-        <w:t xml:space="preserve"> байқауының бейнеролигіне техникалық шарттар</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Критерии оценки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видеоуроков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (3 урока):</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
-      <w:pPr>
-[...576 lines deleted...]
-    <w:p w:rsidR="0000536A" w:rsidRDefault="0000536A" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="0000536A" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.Уровень целеполагания </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1.</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="0000536A" w:rsidRPr="0000536A">
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Мақсат қою деңгейі</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="002E135E" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+        <w:t>- соответствие целей урока учебной программе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+        <w:t>- учитывают потребности обучающихся/воспитанников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidR="002E135E" w:rsidRPr="002E135E">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>білім алушылардың/тәрбиеленушілердің қажеттіліктерін ескереді</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="00EC0803" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+        <w:t>направлены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на развитие исследовательских навыков</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC0803">
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC0803" w:rsidRPr="00EC0803">
+        <w:t xml:space="preserve"> 2. Педагог вовлекает обучающихся в постановку целей урока и ожидаемых </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>зерттеу дағдыларын дамытуға бағытталған</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EC0803" w:rsidRPr="00EC0803" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+        <w:lastRenderedPageBreak/>
+        <w:t>результатов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EC0803" w:rsidRPr="00EC0803">
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Педагог білім алушыларды сабақтың мақсаттары мен күтілетін нәтижелері</w:t>
-[...29 lines deleted...]
-    <w:p w:rsidR="00EC0803" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+        <w:t>3. На каждом этапе урока педагог вовлекает всех обучающихся в активное обучение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00EC0803" w:rsidRPr="00137774" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. При организации изучения учебного материала педагог обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="00137774" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- удовлетворение потребностей обучающихся/воспитанников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00EC0803" w:rsidRPr="00137774" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- развитие способностей обучающихся/воспитанников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00EC0803" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. В ходе урока педагог использует ресурсы ИКТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">5. </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00EC0803" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+        <w:t>- использует готовые цифровые образовательные ресурсы для достижения образовательных результатов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...8 lines deleted...]
-        <w:t>білім беру нәтижелеріне қол жеткізу үшін дайын цифрлық білім беру ресурстарын пайдаланады</w:t>
+        <w:t>- использует собственные цифровые образовательные ресурсы</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="00A8607F" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+        <w:t>- задействует сетевые ресурсы для совместной работы учащихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A8607F" w:rsidRPr="00A8607F">
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>оқушылардың бірлескен жұмысы үшін желілік ресурстарды пайдаланады</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00A8607F" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+        <w:t>6. Педагог отслеживает прогресс каждого обучающегося/воспитанника по достижению целей обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="00A8607F" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Педагог вовлекает обучающихся/воспитанников в процесс оценивания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00987B13" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...62 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>8. </w:t>
       </w:r>
-      <w:r w:rsidR="00A8607F" w:rsidRPr="00A8607F">
-[...42 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidR="006D36E9" w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог создает условия для предоставления обучающимися/воспитанниками конструктивной обратной связи</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="00987B13" w:rsidRDefault="006D36E9" w:rsidP="00987B13">
+      <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...34 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="00D91D96" w:rsidRDefault="00D91D96" w:rsidP="00987B13">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00987B13" w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Приложение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="00987B13">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="kk-KZ"/>
-[...60 lines deleted...]
-        <w:t>ің кәсіби қызметін бағалау критерийлері</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Критерии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00987B13">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оценивания профессиональной деятельности педагогов Конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Учитель года»</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a3"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2837"/>
         <w:gridCol w:w="3367"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="2942"/>
       </w:tblGrid>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="006D36E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="21"/>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="00D91D96" w:rsidP="006D36E9">
+          <w:bookmarkEnd w:id="25"/>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Балдар</w:t>
-            </w:r>
+              <w:t>Баллы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="006D36E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="pct"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -9244,3868 +5975,2064 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="006D36E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. </w:t>
-[...8 lines deleted...]
-              <w:t>Педагогтің кәсіби құзыреттілігі (соңғы бес жылда) - 10 балл</w:t>
+              <w:t>1. Профессиональная компетентность педагога (за последние пять лет) – 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="006D36E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="007579AF">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...7 lines deleted...]
-              <w:t>оқытудың инновациялық әдістерін білу, оқыту, оқыту және тәрбиелеу практикасын зерттеу (соңғы бес жылда);</w:t>
+              <w:t xml:space="preserve"> – знание инновационных методов обучения, исследования практики преподавания, обучения и воспитания (за последние пять лет);</w:t>
             </w:r>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00CA2CCE">
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2 балл</w:t>
-[...24 lines deleted...]
-              <w:t>қыту және тәрбиелеу практикасын зерттеу әдістемесін білу (соңғы бес жылда);</w:t>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – знание методики исследования практики преподавания, обучения и воспитания (за последние пять лет);</w:t>
             </w:r>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00CA2CCE">
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3 балл</w:t>
-[...15 lines deleted...]
-              <w:t>білім беру сапасын арттыруға ықпал ететін оқытудың инновациялық әдістерінің элементтерін қолдану (соңғы бес жылда);</w:t>
+              <w:t>3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - применение элементов инновационных методов обучения, способствующих повышению качества образования (за последние пять лет);</w:t>
             </w:r>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidR="00CA2CCE">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4 балл</w:t>
-[...41 lines deleted...]
-            </w:r>
+              <w:t>4 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - применение элементов инновационных методов обучения и исследования практики преподавания, обучения и воспитания (за последние пять лет);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1981" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00D16752" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidR="00495E2D">
+              <w:t>5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – использование эффективных и инновационных методов обучения, проведение исследования практики преподавания, обучения и воспитания; наличие диагностического инструментария по определению качества образования (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> балл</w:t>
-[...28 lines deleted...]
-            </w:pPr>
+              <w:t>6 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - использование эффективных и инновационных методов обучения, проведение исследования практики преподавания, обучения и воспитания; наличие мониторинга качества образования (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6 балл</w:t>
-[...66 lines deleted...]
-            </w:pPr>
+              <w:t>7 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - трансляция опыта по использованию эффективных и инновационных методов обучения, проведению исследования практики преподавания, обучения и воспитания на районном уровне; динамика качества образования (за последние пять лет)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00696083" w:rsidRDefault="006D36E9" w:rsidP="00696083">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>8 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - трансляция опыта по использованию эффективных и инновационных методов обучения, проведению исследования практики преподавания, обучения и воспитания на областном уровне; динамика качества образования (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - трансляция опыта по использованию эффективных и инновационных методов обучения, проведению исследования практики преподавания, обучения и воспитания на республиканском уровне; динамика качества образования (за последние пять лет);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – трансляция опыта по использованию эффективных и инновационных методов обучения, проведению исследования практики преподавания, обучения и воспитания на международном уровне; динамика качества </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>8 балл</w:t>
-[...919 lines deleted...]
-              <w:t xml:space="preserve"> тәлімгерлік және оқыту (семинарлар, тренингтер, мастер-кластар) республикалық немесе халықаралық деңгейде (соңғы бес жылда);</w:t>
+              <w:t>образования (за последние пять лет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="006D36E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
           <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. </w:t>
-[...8 lines deleted...]
-              <w:t>Педагог қызметінің нәтижелілігі (соңғы бес жылда) - 10 балл</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>2. Вклад педагога в развитие образования (за последние пять лет) – 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D36E9" w:rsidRPr="008A31EC" w:rsidTr="006D36E9">
+      <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="006D36E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="00CB6C9F">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...33 lines deleted...]
-              <w:t>ларға қатысу (соңғы бес жылда);</w:t>
+              <w:t xml:space="preserve"> – разработка авторских программ, учебно-методических комплексов, методических материалов (за последние пять лет);</w:t>
             </w:r>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2 балл</w:t>
-[...15 lines deleted...]
-              <w:t>оқушылар мен тәрбиеленушілердің білім сапасының мониторингі (соңғы бес жылда);</w:t>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - разработка авторских методических материалов; программ, учебно-методических комплексов, методических материалов; выступление педагогов на семинарах, конференциях) (за последние пять лет);</w:t>
             </w:r>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3 балл</w:t>
-[...33 lines deleted...]
-            </w:r>
+              <w:t>3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - разработка авторских программ, учебно-методических комплексов, методических материалов; публикация статей педагогов в психолого-педагогических изданиях, СМИ областного уровня (за последние пять лет);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4 балл</w:t>
-[...83 lines deleted...]
-              <w:t>ларға қатысу (соңғы бес жылда);</w:t>
+              <w:t>4 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - разработка авторских программ, учебно-методических комплексов, методических материалов; публикация статей педагогов в психолого-педагогических изданиях, СМИ республиканского уровня (за последние пять лет);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1759" w:type="pct"/>
+            <w:tcW w:w="1981" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00CB6C9F" w:rsidRDefault="006D36E9" w:rsidP="00CB6C9F">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidR="00CB6C9F">
+              <w:t>5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - разработка авторских программ, учебно-методических комплексов, методических материалов; публикация статей педагогов в психолого-педагогических изданиях, СМИ международного уровня (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> балл</w:t>
-[...67 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>6 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - реализация образовательных или социальных проекто</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>разработка авторских программ, учебно-методических комплексов, методических материалов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обучение педагогов (семинары, тренинги, мастер-классы) на районном уровне (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - реализация образовательных или социальных проектов (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>разработка авторских программ, учебно-методических комплексов, методических материалов; наставничество и обучение педагогов (семинары, тренинги, мастер-классы) на областном уровне (за последние пять лет);</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="003B6761" w:rsidRDefault="006D36E9" w:rsidP="003B6761">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003B6761">
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...80 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>8 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - реализация образовательных или социальных проектов;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>разработка и внедрение авторских программ, учебно-методических комплексов, методических материалов, утвержденных районным учебно-методическим советом, на районном или областном уровне (за последние пять лет);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="003B6761" w:rsidRPr="003B6761">
-[...29 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наставничество и обучение педагогов (семинары, тренинги, мастер-классы) на районном или областном уровне (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="003B6761">
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...110 lines deleted...]
-            <w:r w:rsidRPr="008A31EC">
+              </w:rPr>
+              <w:t>9 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – реализация образовательных или социальных проектов (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>разработка и внедрение авторских программ, учебно-методических комплексов, методических материалов, утвержденных областным учебно-методическим советом, на областном или республиканском уровне; наставничество и обучение педагогов (семинары, тренинги, мастер-классы) на областном или республиканском уровне (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...125 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - реализация образовательных или социальных проектов;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="008A31EC">
-[...204 lines deleted...]
-              <w:t xml:space="preserve"> мен жобаларға қатысу (соңғы бес жыл ішінде);</w:t>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>разработка и внедрение авторских программ, учебно-методических комплексов, методических материалов, утвержденных Республиканским учебно-методическим советом, на республиканском или международном уровне;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> наставничество и обучение педагогов (семинары, тренинги, мастер-классы) на республиканском или международном уровне (за последние пять лет);</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D36E9" w:rsidRPr="00CE61EB" w:rsidTr="006D36E9">
+      <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="006D36E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="00CE61EB" w:rsidRDefault="006D36E9">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CE61EB">
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...12 lines deleted...]
-              <w:t>Педагогтің кәсіби шеберлігі мен тұлғасын бағалау-10 балл</w:t>
+              </w:rPr>
+              <w:t>3. Результативность деятельности педагога (за последние пять лет) – 10 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D36E9" w:rsidRPr="0086656F" w:rsidTr="006D36E9">
+      <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="006D36E9">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1482" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00993E0F" w:rsidRDefault="006D36E9" w:rsidP="00993E0F">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993E0F">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
-            <w:r w:rsidRPr="00993E0F">
-[...20 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – участие в научно-практических конференциях (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00993E0F">
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...69 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – мониторинг качества знаний учащихся и воспитанников (за последние </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00993E0F">
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...77 lines deleted...]
-            <w:r>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – мониторинг качества знаний учащихся и воспитанников; участие в научно-практических конференциях (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...21 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - достижения учащихся и воспитанников в олимпиадах, конкурсах, соревнованиях; участие в научно-практических конференциях (за последние пять лет);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1759" w:type="pct"/>
           </w:tcPr>
-          <w:p w:rsidR="00C64F3D" w:rsidRPr="00C64F3D" w:rsidRDefault="006D36E9" w:rsidP="00C64F3D">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C64F3D">
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>5 балл</w:t>
-[...68 lines deleted...]
-            <w:r w:rsidRPr="00C64F3D">
+              <w:t>5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – мониторинг качества знаний учащихся и воспитанников; достижения учащихся и воспитанников в олимпиадах, конкурсах, соревнованиях; участие в научно-практических </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>конференциях (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...62 lines deleted...]
-              <w:jc w:val="both"/>
+              </w:rPr>
+              <w:t>6 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – мониторинг качества знаний учащихся и воспитанников; достижения учащихся и воспитанников в олимпиадах, конкурсах, соревнованиях; участие в научно-практических конференциях, профессиональных конкурсах (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...74 lines deleted...]
-              <w:t>қоғамдастыққа ықпал ету (бұқаралық ақпарат құралдарында тану, қайырымдылық ұйымдарына мүшелік)</w:t>
+              </w:rPr>
+              <w:t>7 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - мониторинг качества знаний учащихся и воспитанников; достижения учащихся и воспитанников в олимпиадах, конкурсах, соревнованиях; участие в научно-практических конференциях, профессиональных конкурсах и проектах (за последние пять лет);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1759" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="006D36E9" w:rsidRPr="0086656F" w:rsidRDefault="006D36E9" w:rsidP="00A20648">
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0086656F">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>8 балл</w:t>
-[...42 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t>8 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – мониторинг качества знаний учащихся и воспитанников; достижения учащихся и воспитанников в олимпиадах, конкурсах, соревнованиях на областном уровне; выступления на </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>научно-практических конференциях областного уровня, участие в профессиональных конкурсах и проектах областного уровня (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – мониторинг качества знаний учащихся и воспитанников; достижения учащихся и воспитанников в олимпиадах, конкурсах, соревнованиях на республиканском уровне;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0086656F" w:rsidRPr="0086656F">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>выступления на научно-практических конференциях республиканского уровня, участие в профессиональных конкурсах и проектах республиканского уровня (за последние пять лет);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - мониторинг качества знаний учащихся и воспитанников; достижения учащихся и воспитанников в олимпиадах, конкурсах, соревнованиях на международном уровне; выступления на научно-практических конференциях международного уровня, участие в профессиональных конкурсах и проектах международного уровня (за последние пять лет);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="006D36E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4. Оценка профессионального мастерства и личности педагога – 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidTr="006D36E9">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1482" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – признание педагогов директорами организаций образования, коллегами, представителями других сообществ, учащимися (отзывы администрации, коллег, учащихся, родителей)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – признание педагогов директорами организаций образования, коллегами, учащимися (отзывы администрации, коллег, учащихся, родителей, социальных партнеров)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – признание педагогов директорами организаций образования, коллегами, учащимися (отзывы администрации, коллег, учащихся, родителей, социальных партнеров, представителей педагогической общественности)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - признание педагогов директорами организаций образования, коллегами</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">представителями других сообществ, учащимися (отзывы администрации, коллег, учащихся, родителей, социальных партнеров, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>представителей научной, педагогической, творческой общественности)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>5 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – признание педагогов национальными педагогическими организациями, директорами организаций образования, коллегами, представителями других сообществ, учащимися (отзывы администрации, коллег, учащихся, родителей, социальных партнеров, представителей научной, педагогической, творческой общественности)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – признание педагогов правительством, национальными педагогическими организациями, директорами организаций образования, коллегами, представителями других сообществ, учащимися (отзывы администрации, коллег, учащихся, родителей, социальных партнеров, представителей научной, педагогической, творческой общественности, благодарственные письма;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0086656F" w:rsidRPr="0086656F">
-[...13 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>влияние на сообщество (признание в средствах массовой информации);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - признание педагогов правительством, национальными педагогическими организациями, директорами организаций образования, коллегами, представителями других сообществ, учащимися (отзывы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>администрации, коллег, учащихся, родителей, социальных партнеров, представителей научной, педагогической, творческой общественности, благодарственные письма, грамоты, дипломы областного уровня); влияние на сообщество (признание в средствах массовой информации, членство в благотворительных организациях)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1759" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – признание педагогов правительством, национальными педагогическими организациями, директорами организаций образования, коллегами, представителями других сообществ, учащимися (отзывы администрации, коллег, учащихся, родителей, социальных партнеров, представителей научной, педагогической, творческой общественности, благодарственные письма, грамоты, дипломы областного уровня); влияние на сообщество (признание в средствах массовой информации, членство в благотворительных организациях);</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0086656F" w:rsidRPr="0086656F">
-[...17 lines deleted...]
-            <w:r w:rsidRPr="0086656F">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>развитие ценностного образования учащихся и воспитанников, которое дает им возможность жить, работать и общаться с людьми разных национальностей, культур и религий (сотрудничество с организациями образования Республики Казахстан и других стран)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="kk-KZ"/>
-[...44 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>9 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – признание педагогов правительством, национальными педагогическими организациями, директорами организаций образования, коллегами, представителями других сообществ, учащимися (отзывы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>педагогикалық ұйымдардың, білім беру ұйымдарының директорларының, әріптестерінің, басқа да қоғамдастықтар өкілдерінің, оқушылардың педагогтерді тануы (әкімшіліктің, әріптестердің, оқушылардың, ата-аналардың, әлеуметтік әріптестердің, ғылыми, педагогикалық, шығармашылық жұртшылық өкілдерінің пікірлері, алғыс хаттар, грамоталар, республикалық деңгейдегі дипломдар);</w:t>
-[...6 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t>администрации, коллег, учащихся, родителей, социальных партнеров, представителей научной, педагогической, творческой общественности, благодарственные письма</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, грамоты, дипломы республиканского уровня); влияние на сообщество (признание в средствах массовой информации, членство в благотворительных организациях); </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>развитие ценностного образования учащихся и воспитанников, которое дает им возможность жить, работать и общаться с людьми разных национальностей, культур и религий (сотрудничество с организациями образования Республики Казахстан, содействие реализации программ по обмену учащимися)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10 баллов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - признание педагогов правительством, национальными педагогическими организациями, директорами организаций образования, коллегами, представителями других сообществ, учащимися (отзывы администрации, коллег, учащихся, родителей, социальных партнеров, представителей научной, педагогической, творческой</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0086656F" w:rsidRPr="0086656F">
-[...116 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D36E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>общественности, благодарственные письма, грамоты, дипломы международного уровня); влияние на сообщество (признание в средствах массовой информации, членство в благотворительных организациях); развитие ценностного образования учащихся и воспитанников, которое дает им возможность жить, работать и общаться с людьми разных национальностей, культур и религий (сотрудничество с организациями образования других стран, содействие реализации программ по обмену учащимися)</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="006D36E9" w:rsidRPr="0086656F" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+    <w:p w:rsidR="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006963EF">
-[...5 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
-      <w:r w:rsidR="006963EF">
-[...20 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="006963EF" w:rsidRDefault="006963EF" w:rsidP="006963EF">
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оргкомитет и жюри конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Для подготовки и проведения конкурса создается оргкомитет из числа представителей отдела образования и организаций образования города и области</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-[...110 lines deleted...]
-    <w:p w:rsidR="006963EF" w:rsidRPr="006963EF" w:rsidRDefault="006963EF" w:rsidP="006963EF">
+        <w:t>. В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жюри конкурса входят преподаватели высших учебных заведений, института повышения квалификации, центра педагогического мастерства, представители отдела образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Жюри конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006963EF">
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>ұсынылған мат</w:t>
-[...15 lines deleted...]
-        </w:tabs>
+        <w:t>проводит экспертизу представленных материалов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="-426"/>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...18 lines deleted...]
-    <w:p w:rsidR="006963EF" w:rsidRPr="006963EF" w:rsidRDefault="006D36E9" w:rsidP="006963EF">
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>оценивает деятельность учителя, индивидуальность и результативность его работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006963EF">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
-      <w:r w:rsidR="006963EF">
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...16 lines deleted...]
-      <w:pPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Подведение итогов Конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="912"/>
+        </w:tabs>
         <w:suppressAutoHyphens/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="426"/>
-[...44 lines deleted...]
-    <w:p w:rsidR="006963EF" w:rsidRPr="006963EF" w:rsidRDefault="006D36E9" w:rsidP="006963EF">
+        <w:ind w:left="-567" w:right="283" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>5.1. Итоги финала конкурса подводятся членами жюри.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для победителей Конкурса определяются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 призовых мест </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>(Гран-при – одно, 1 место – 1,  2 место – 1, 3 место – 1, победители в каждой номинации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Үміт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">5.2. </w:t>
-[...65 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006963EF" w:rsidRPr="006D36E9">
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>«Шеберлік шыңы», «Шоқ жұлдызы».</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="006D36E9" w:rsidRPr="009E5DE6" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009E5DE6">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>5.3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="009E5DE6">
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009E5DE6" w:rsidRPr="009E5DE6">
+      <w:r w:rsidRPr="006D36E9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="009E5DE6" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Жюри имеет право определять количество призовых мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...93 lines deleted...]
-    <w:p w:rsidR="009E5DE6" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.4. Гран-при присуждается участнику Конкурса, набравшему наибольшее количество баллов по результатам оценки всех конкурсных заданий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="006D36E9" w:rsidRPr="009E5DE6" w:rsidRDefault="006D36E9" w:rsidP="009E5DE6">
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>5.5. Победители и призёры  Конкурса награждаются почетными дипломами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRPr="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="006D36E9">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:suppressAutoHyphens/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:lang w:val="kk-KZ"/>
-[...41 lines deleted...]
-    <w:sectPr w:rsidR="006D36E9" w:rsidRPr="009E5DE6">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006D36E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>5.6. Церемония награждения победителей и призёров Конкурса проводится в рамках городского праздника, посвящённого Дню Учителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D36E9" w:rsidRDefault="006D36E9" w:rsidP="002A5F5A"/>
+    <w:sectPr w:rsidR="006D36E9">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -13121,83 +8048,83 @@
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="KZ Times New Roman">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="FFFFFFFE"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="12629CFE"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="*"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="00000007"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000007"/>
     <w:name w:val="WW8Num7"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0011312C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="481EF8EA"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="846" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
@@ -13274,51 +8201,51 @@
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2226" w:hanging="1800"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2586" w:hanging="2160"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="0A79068E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CFF46184"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13385,1167 +8312,568 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
-    </w:lvl>
-[...444 lines deleted...]
-      </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:lvl w:ilvl="0">
         <w:numFmt w:val="bullet"/>
         <w:lvlText w:val=""/>
         <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
         <w:lvlJc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         </w:rPr>
       </w:lvl>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="5">
-[...13 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-[...1 lines deleted...]
-  <w:proofState w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00687153"/>
-    <w:rsid w:val="0000536A"/>
-[...12 lines deleted...]
-    <w:rsid w:val="002A5D3C"/>
     <w:rsid w:val="002A5F5A"/>
-    <w:rsid w:val="002E135E"/>
-[...19 lines deleted...]
-    <w:rsid w:val="0068022B"/>
     <w:rsid w:val="00687153"/>
-    <w:rsid w:val="00696083"/>
-    <w:rsid w:val="006963EF"/>
     <w:rsid w:val="006D36E9"/>
-    <w:rsid w:val="00724AD6"/>
     <w:rsid w:val="00751E06"/>
-    <w:rsid w:val="007557B1"/>
-[...12 lines deleted...]
-    <w:rsid w:val="00985565"/>
     <w:rsid w:val="00987B13"/>
-    <w:rsid w:val="00993E0F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009E78BE"/>
     <w:rsid w:val="00A019B5"/>
-    <w:rsid w:val="00A20648"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00C402C5"/>
     <w:rsid w:val="00C42998"/>
-    <w:rsid w:val="00C515D4"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00DE5566"/>
     <w:rsid w:val="00E0414A"/>
-    <w:rsid w:val="00E65DF4"/>
-[...10 lines deleted...]
-    <w:rsid w:val="00FF6578"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6F450D5B"/>
-  <w15:docId w15:val="{A3C0E05D-1EDA-4DBC-A80C-B079C3B6AD16}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="006D36E9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...2 lines deleted...]
-    <w:uiPriority w:val="34"/>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BF5D1E"/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="006D36E9"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...9 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icropavl@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:metod-goo@mail.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:icropavl@gmail.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -14798,81 +9126,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A75994EF-FC37-4B4F-9C52-A4474AC5DA3C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A2B9D68D-6A0A-4AF9-A29B-2F1BD5CF5101}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>19256</Characters>
+  <Pages>10</Pages>
+  <Words>3428</Words>
+  <Characters>19543</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>160</Lines>
+  <Lines>162</Lines>
   <Paragraphs>45</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22589</CharactersWithSpaces>
+  <CharactersWithSpaces>22926</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>PK</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>