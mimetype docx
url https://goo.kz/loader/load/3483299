--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,299 +1,213 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="6F317502" w14:textId="77777777" w:rsidR="007263A1" w:rsidRDefault="007263A1" w:rsidP="00194840">
+    <w:p w14:paraId="46C8D044" w14:textId="77777777" w:rsidR="003C1010" w:rsidRDefault="00194840" w:rsidP="00194840">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007263A1">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Геринг </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007263A1">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>көшесі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007263A1">
+        <w:t>В КГУ «Средняя общеобразовательная школа №18 города Павлодар»</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 79 </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007263A1">
+        <w:t>, расположенной</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>мекенжайы</w:t>
-[...134 lines deleted...]
-        <w:t>" КММ,</w:t>
+        <w:t xml:space="preserve"> по адресу: улица Геринга, 79,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5762C2FD" w14:textId="77777777" w:rsidR="003C1010" w:rsidRDefault="00194840" w:rsidP="00194840">
+    <w:p w14:paraId="20EAADBA" w14:textId="77777777" w:rsidR="003C1010" w:rsidRDefault="00194840" w:rsidP="00194840">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="007263A1" w:rsidRPr="007263A1">
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Байланыс</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007263A1" w:rsidRPr="007263A1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> тел. 516131, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007263A1" w:rsidRPr="007263A1">
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>электрондық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007263A1" w:rsidRPr="007263A1">
+        <w:t xml:space="preserve">онтактный </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="003C1010">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ел</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>516131,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="007263A1" w:rsidRPr="007263A1">
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>пошта</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> эл</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">  </w:t>
+        <w:t>ектронная</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">очта  </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>school</w:t>
         </w:r>
         <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>18</w:t>
         </w:r>
         <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -331,15038 +245,7761 @@
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
           <w:rPr>
             <w:rStyle w:val="a3"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02DF4818" w14:textId="77777777" w:rsidR="00194840" w:rsidRPr="007263A1" w:rsidRDefault="003C1010" w:rsidP="00194840">
+    <w:p w14:paraId="6617770F" w14:textId="77777777" w:rsidR="00194840" w:rsidRDefault="003C1010" w:rsidP="00194840">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007263A1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007263A1" w:rsidRPr="007263A1">
+        <w:t xml:space="preserve">требуется </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D3F6706" w14:textId="77777777" w:rsidR="006D1247" w:rsidRPr="00194840" w:rsidRDefault="006D1247" w:rsidP="00194840">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>талап</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007263A1" w:rsidRPr="007263A1">
+      </w:pPr>
+      <w:r w:rsidRPr="003C1010">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учитель английского языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74600C38" w14:textId="77777777" w:rsidR="006D1247" w:rsidRPr="003C1010" w:rsidRDefault="00194840" w:rsidP="00194840">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="007263A1" w:rsidRPr="007263A1">
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>етіледі</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>агрузка</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: 24 ч.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4ADD6E93" w14:textId="77777777" w:rsidR="006D1247" w:rsidRPr="00194840" w:rsidRDefault="007263A1" w:rsidP="00194840">
+    <w:p w14:paraId="23C1C5A5" w14:textId="77777777" w:rsidR="006D1247" w:rsidRPr="003C1010" w:rsidRDefault="00194840" w:rsidP="00194840">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-        <w:t>ағылшын тілі мұғалімі</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
       </w:r>
       <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
-        <w:rPr>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="007263A1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">жүктеме: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007263A1">
+        <w:t>плата</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>24 сағ.</w:t>
+        <w:t>: в соответствии со стажем и категорией.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="792AC355" w14:textId="77777777" w:rsidR="007263A1" w:rsidRDefault="007263A1" w:rsidP="00194840">
+    <w:p w14:paraId="5BC803D0" w14:textId="77777777" w:rsidR="00EA657E" w:rsidRPr="003C1010" w:rsidRDefault="00194840" w:rsidP="00194840">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA657E" w:rsidRPr="00194840">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...10 lines deleted...]
-        <w:t>еңбек өтілі мен санатына сәйкес.</w:t>
+        </w:rPr>
+        <w:t>Квалификационные т</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1247" w:rsidRPr="00194840">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ребования</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1247" w:rsidRPr="003C1010">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: опыт работы в организации образования, </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA657E" w:rsidRPr="003C1010">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должен уметь планировать и организовывать учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="789489AA" w14:textId="77777777" w:rsidR="00EA657E" w:rsidRPr="007263A1" w:rsidRDefault="007263A1" w:rsidP="00194840">
+    <w:p w14:paraId="2347173C" w14:textId="77777777" w:rsidR="00EA657E" w:rsidRPr="003C1010" w:rsidRDefault="00194840" w:rsidP="00194840">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007263A1">
-[...7 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...12 lines deleted...]
-        <w:t>білім беру ұйымдарындағы жұмыс тәжірибесі білім алушылардың психологиялық-жас ерекшеліктерін ескере отырып, оқу-тәрбие процесін жоспарлай және ұйымдастыра білуі тиіс;</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA657E" w:rsidRPr="003C1010">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>способствовать формированию общей культуры обучающегося и его социализации, принимать участие в мероприятиях на уровне организации образования;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75722D46" w14:textId="77777777" w:rsidR="007263A1" w:rsidRDefault="00194840" w:rsidP="00194840">
+    <w:p w14:paraId="79531603" w14:textId="77777777" w:rsidR="00EA657E" w:rsidRPr="003C1010" w:rsidRDefault="00194840" w:rsidP="00194840">
       <w:pPr>
         <w:pStyle w:val="a4"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007263A1">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
-      <w:r w:rsidR="007263A1" w:rsidRPr="005475F8">
+      <w:r w:rsidR="00EA657E" w:rsidRPr="003C1010">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>білім алушының жалпы мәдениетін қалыптастыруға және оны әлеуметтендіруге ықпал ету, білім беру ұйымы деңгейіндегі іс-шараларға қатысу;</w:t>
+        </w:rPr>
+        <w:t>осуществлять индивидуальный подход в воспитании и обучении с учетом потребностей обучающихся, владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="383FD3A3" w14:textId="77777777" w:rsidR="00EA657E" w:rsidRPr="007263A1" w:rsidRDefault="00194840" w:rsidP="00194840">
+    <w:p w14:paraId="03805A4B" w14:textId="77777777" w:rsidR="006D1247" w:rsidRPr="003C1010" w:rsidRDefault="006D1247">
       <w:pPr>
-        <w:pStyle w:val="a4"/>
-[...28 lines deleted...]
-      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="334A0050" w14:textId="77777777" w:rsidR="00A15210" w:rsidRPr="003C1010" w:rsidRDefault="007263A1">
+    <w:p w14:paraId="6E14A39E" w14:textId="77777777" w:rsidR="00A15210" w:rsidRPr="003C1010" w:rsidRDefault="00194840">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="007263A1">
+        </w:rPr>
+        <w:t>необходимый п</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA657E" w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ажетті</w:t>
-[...44 lines deleted...]
-        <w:t>:</w:t>
+        <w:t xml:space="preserve">еречень документов: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38FADE8C" w14:textId="77777777" w:rsidR="007263A1" w:rsidRPr="007263A1" w:rsidRDefault="007263A1" w:rsidP="00EA657E">
+    <w:p w14:paraId="28D5E354" w14:textId="77777777" w:rsidR="00EA657E" w:rsidRPr="003C1010" w:rsidRDefault="00EA657E" w:rsidP="00EA657E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="007263A1">
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Нысан</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007263A1">
+        <w:t>Заявление по форме (Приложение 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB2CC7" w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="007263A1">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>бойынша</w:t>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> (10-қосымша);</w:t>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B386067" w14:textId="77777777" w:rsidR="003D4C7C" w:rsidRPr="003D4C7C" w:rsidRDefault="003D4C7C" w:rsidP="003D4C7C">
+    <w:p w14:paraId="307EDBF8" w14:textId="77777777" w:rsidR="00EA657E" w:rsidRDefault="00EA657E" w:rsidP="00EA657E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D4C7C">
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Құжат</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003D4C7C">
+        <w:t xml:space="preserve">Документ, удостоверение личности либо электронный документ из сервиса цифровых </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003D4C7C">
+        <w:t>документов  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>жеке</w:t>
-[...170 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>для идентификации );</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD70419" w14:textId="77777777" w:rsidR="003C1010" w:rsidRPr="003C1010" w:rsidRDefault="003D4C7C" w:rsidP="00EA657E">
+    <w:p w14:paraId="0DC97364" w14:textId="77777777" w:rsidR="003C1010" w:rsidRPr="003C1010" w:rsidRDefault="00194840" w:rsidP="00EA657E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D4C7C">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003D4C7C">
+        <w:t xml:space="preserve">Заполненный личный листок по учету кадров (с указанием адреса фактического жительства и контактных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Кадрларды</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003D4C7C">
+        <w:t>телефонов  -</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...269 lines deleted...]
-        <w:t>);</w:t>
+        <w:t xml:space="preserve"> при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FC4DACC" w14:textId="77777777" w:rsidR="003D4C7C" w:rsidRPr="003D4C7C" w:rsidRDefault="003D4C7C" w:rsidP="00EA657E">
+    <w:p w14:paraId="045C82F2" w14:textId="77777777" w:rsidR="00EA657E" w:rsidRPr="003C1010" w:rsidRDefault="00EB2CC7" w:rsidP="00EA657E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D4C7C">
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...71 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>Копии документов об образовании;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E0A81ED" w14:textId="77777777" w:rsidR="003D4C7C" w:rsidRPr="003D4C7C" w:rsidRDefault="003D4C7C" w:rsidP="00EA657E">
+    <w:p w14:paraId="6C18398E" w14:textId="77777777" w:rsidR="00EB2CC7" w:rsidRPr="003C1010" w:rsidRDefault="00EB2CC7" w:rsidP="00EA657E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D4C7C">
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Еңбек</w:t>
-[...98 lines deleted...]
-        <w:t>);</w:t>
+        <w:t>Копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64273551" w14:textId="77777777" w:rsidR="003D4C7C" w:rsidRPr="003D4C7C" w:rsidRDefault="003D4C7C" w:rsidP="00EA657E">
+    <w:p w14:paraId="7864ECE6" w14:textId="77777777" w:rsidR="00EB2CC7" w:rsidRPr="003C1010" w:rsidRDefault="00EB2CC7" w:rsidP="00EA657E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D4C7C">
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Денсаулық</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003D4C7C">
+        <w:t>Справк</w:t>
+      </w:r>
+      <w:r w:rsidR="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...53 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>у о состоянии здоровья;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F35448F" w14:textId="77777777" w:rsidR="003D4C7C" w:rsidRPr="003D4C7C" w:rsidRDefault="003D4C7C" w:rsidP="00EA657E">
+    <w:p w14:paraId="52E13E8C" w14:textId="77777777" w:rsidR="00EB2CC7" w:rsidRPr="003C1010" w:rsidRDefault="00EB2CC7" w:rsidP="00EA657E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D4C7C">
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Психоневрологиялық ұйымнан анықтама;</w:t>
+        <w:t>Справку с психоневрологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4993FD83" w14:textId="77777777" w:rsidR="00EB2CC7" w:rsidRPr="003C1010" w:rsidRDefault="003D4C7C" w:rsidP="00EA657E">
+    <w:p w14:paraId="2629589A" w14:textId="77777777" w:rsidR="00EB2CC7" w:rsidRPr="003C1010" w:rsidRDefault="00EB2CC7" w:rsidP="00EA657E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Справку с наркологической организации</w:t>
-[...7 lines deleted...]
-        <w:t>;</w:t>
+        <w:t>Справку с наркологической организации;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D716314" w14:textId="77777777" w:rsidR="003D4C7C" w:rsidRPr="003D4C7C" w:rsidRDefault="003D4C7C" w:rsidP="00EA657E">
+    <w:p w14:paraId="1B38DA53" w14:textId="77777777" w:rsidR="00EB2CC7" w:rsidRPr="003C1010" w:rsidRDefault="00EB2CC7" w:rsidP="00EA657E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...117 lines deleted...]
-        <w:t>;</w:t>
+        </w:rPr>
+        <w:t>Сертификат НКТ или удостоверение о наличии квалификационной категории;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11F2E3F7" w14:textId="77777777" w:rsidR="00A15210" w:rsidRPr="003D4C7C" w:rsidRDefault="003D4C7C" w:rsidP="003D4C7C">
+    <w:p w14:paraId="6F1C557A" w14:textId="77777777" w:rsidR="00EB2CC7" w:rsidRPr="003C1010" w:rsidRDefault="00EB2CC7" w:rsidP="00EA657E">
       <w:pPr>
         <w:pStyle w:val="a5"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003D4C7C">
+      <w:r w:rsidRPr="003C1010">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Кандидаттың толтырылған бағалау парағы (11-қосымша)</w:t>
+        <w:t>Заполненный Оценочный лист кандидата (приложение 11)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E202B36" w14:textId="77777777" w:rsidR="00A15210" w:rsidRPr="0061111A" w:rsidRDefault="003D4C7C">
+    <w:p w14:paraId="2D08136C" w14:textId="77777777" w:rsidR="00A15210" w:rsidRDefault="00A15210"/>
+    <w:p w14:paraId="29DDD181" w14:textId="3931B19F" w:rsidR="00A15210" w:rsidRDefault="0061111A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D4C7C">
+      <w:r w:rsidRPr="0061111A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Құжаттарды</w:t>
-[...70 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>Срок подачи документов до 28 декабря 2021 года.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23267E1A" w14:textId="7E00752E" w:rsidR="00550B11" w:rsidRDefault="00550B11" w:rsidP="00A15210">
+    <w:p w14:paraId="4277E279" w14:textId="0C382143" w:rsidR="00AE77AB" w:rsidRDefault="00AE77AB">
       <w:pPr>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="729C5C18" w14:textId="7386049E" w:rsidR="003F6DB7" w:rsidRDefault="003F6DB7" w:rsidP="00A15210">
+    <w:p w14:paraId="6060D0FE" w14:textId="7D3E8F50" w:rsidR="00AE77AB" w:rsidRDefault="00AE77AB">
       <w:pPr>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="776C23FF" w14:textId="0AADDE8F" w:rsidR="003F6DB7" w:rsidRDefault="003F6DB7" w:rsidP="00A15210">
+    <w:p w14:paraId="640CF79B" w14:textId="36A5AE3B" w:rsidR="00AE77AB" w:rsidRDefault="00AE77AB">
       <w:pPr>
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B3FBD3C" w14:textId="674B83DB" w:rsidR="003F6DB7" w:rsidRDefault="003F6DB7" w:rsidP="00A15210">
+    <w:p w14:paraId="31EA86B8" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 10</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="570E5953" w14:textId="5C85AD27" w:rsidR="003F6DB7" w:rsidRDefault="003F6DB7" w:rsidP="00A15210">
+    <w:p w14:paraId="0D3F1C8F" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
       <w:pPr>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>равилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49375A03" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5806"/>
-        <w:gridCol w:w="4146"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F6DB7" w:rsidRPr="00956524" w14:paraId="71849A42" w14:textId="77777777" w:rsidTr="00044B66">
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w14:paraId="0FAA88DF" w14:textId="77777777" w:rsidTr="00044B66">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25FFAE1F" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="00044B66">
-[...15 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="6B850A8A" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CC7A151" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="00044B66">
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="69F24E16" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00516EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>________________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00516EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...190 lines deleted...]
-              <w:t>10-қосымша</w:t>
+              <w:t>государственный орган, объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003F6DB7" w:rsidRPr="00956524" w14:paraId="03A16562" w14:textId="77777777" w:rsidTr="00044B66">
+    </w:tbl>
+    <w:p w14:paraId="1C51958D" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Ф.И.О.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>кандидата (при его наличии), ИИН</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>         (должность, место работы)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00E30117" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FAD920B" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60C87CCC" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06688A6C" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной должности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (нужное подчеркнуть)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73930708" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>          наименование организаций образования, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A81A7C7" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>В настоящее время работаю</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B0E7076" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>                </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> должность, наименование организации, адрес (область, район, город\село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43FD1950" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FC0DF9D" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Образование: высшее или послевузовское</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9823" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3869"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="3402"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w14:paraId="4514DEC6" w14:textId="77777777" w:rsidTr="00044B66">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="3869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="071EBD28" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="00044B66">
-[...13 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="054F63CE" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00516EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="414B5FA7" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="00044B66">
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w14:paraId="51B47A2D" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">     </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00516EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-[...4 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61BB20AA" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="00044B66">
-[...13 lines deleted...]
-              <w:t> </w:t>
+          <w:p w14:paraId="13BFEDDC" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00516EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w14:paraId="4E35D1DB" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:trPr>
+          <w:trHeight w:val="363"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcW w:w="3869" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62E0FF35" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="00044B66">
-[...16 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w14:paraId="4CB32134" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0DA87A" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00516EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00956524">
-[...45 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0508F8" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00516EF7">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:br/>
-            </w:r>
-[...6 lines deleted...]
-              <w:t>орган</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0D14E20F" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="003F6DB7">
+    <w:p w14:paraId="01C0AE81" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00956524">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">       _______________________________________________________________</w:t>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75311504" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="003F6DB7">
+    <w:p w14:paraId="57F34C93" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BCD88B6" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Стаж педагогической работы: ___</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0702686A" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Имею следующие результаты работы: ____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="026C6A20" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...64 lines deleted...]
-        <w:t>), ЖСН</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770023CD" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="003F6DB7">
+    <w:p w14:paraId="14300945" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-[...31 lines deleted...]
-          <w:szCs w:val="20"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11E06607" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00516EF7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B6C95F" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47582F82" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="20"/>
-[...53 lines deleted...]
-      </w:r>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="19CA39F2" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="003F6DB7">
+    <w:p w14:paraId="1D235A95" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00516EF7" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-[...220 lines deleted...]
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00956524">
+    </w:p>
+    <w:p w14:paraId="0D19CD6D" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="0061111A" w:rsidRDefault="00AE77AB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FDF2B4C" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06AA535C" w14:textId="0A7CC6B1" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F4C9583" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">равилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4810990F" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00452E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="24"/>
-[...152 lines deleted...]
-        <w:t xml:space="preserve"> керек)</w:t>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A37FCC0" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="003F6DB7">
+    <w:p w14:paraId="3FCC9F74" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00956524">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">       ___________________________________________________________</w:t>
+      <w:r w:rsidRPr="00452E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E809F2" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="003F6DB7">
+    <w:p w14:paraId="280DF82A" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00956524">
-[...750 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00452E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00452E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblW w:w="9915" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3596"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3660"/>
+        <w:gridCol w:w="843"/>
+        <w:gridCol w:w="1926"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="4595"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003F6DB7" w:rsidRPr="00956524" w14:paraId="6ED66503" w14:textId="77777777" w:rsidTr="00044B66">
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="306390C7" w14:textId="77777777" w:rsidTr="00044B66">
         <w:trPr>
-          <w:trHeight w:val="30"/>
+          <w:trHeight w:val="812"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4518" w:type="dxa"/>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="26710F52" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="00044B66">
-[...59 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="3AF620A0" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5A658B2A" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="00044B66">
-[...39 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="0F4E6AE7" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Критерии</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0498A3F3" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="00044B66">
-[...69 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+          <w:p w14:paraId="4E67CC0D" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...14 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подтверждающий документ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3262" w:type="dxa"/>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F0BE809" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:ind w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кол-во баллов </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="06D18EE5" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:ind w:right="283" w:firstLine="851"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(от 1 до 20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="086B6166" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2559873E" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="00044B66">
-[...19 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="76B5F4DC" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4520" w:type="dxa"/>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="15" w:type="dxa"/>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2F2E94" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRPr="00956524" w:rsidRDefault="003F6DB7" w:rsidP="00044B66">
-[...19 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3D7FA292" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="648C7E3F" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CD43477" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное = 1балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73EDA38D" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшее очное = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EA84ED5" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>высшее заочное/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дистанционное</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19E52FE7" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>диплом о высшем образовании с отличием = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="29E33808" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A844D8A" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="609F658C" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E079176" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63644165" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Магистрили</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> специалист с высшим образованием = 5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="182D9E41" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>PHD-доктор = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="291CDFEF" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Доктор наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53C78FC4" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Кандидат наук = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="2641CDA5" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0CE95EFB" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="6FED6F04" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Национальное квалификационное тестирование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="02C8D043" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Сертификат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CEA4BB7" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7367A038" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="697A751C" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов=0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19EB9B40" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EAFA530" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33611275" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 80 до 90 баллов = 6 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E0DDB43" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64A15B20" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов=0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D31C6E6" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="19A82B17" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6389DA69" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A8CCBCE" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4673799F" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-модератор»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="570DB628" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4411FDDD" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 50до 60 баллов=0 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0144DF41" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A357D88" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="011D97BD" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6752D79E" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7026BDCF" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов=0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="194CABB5" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D63FBD2" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FC0828D" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="475D3E34" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F2828C8" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22B15CF8" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0948678B" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов=0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39B903FB" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 60 до 70 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09DA8EC7" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 70 до 80 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20A40C8F" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5082A07E" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E53D3BF" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов=0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30EF154A" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F10759F" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="157D4861" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="024E6F22" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="160A202E" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D813A5D" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По содержанию</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01A8CE5E" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 50 до 60 баллов=0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="440191B0" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от 60 до 70 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0B3EE6DB" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 70</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="072B1D4E" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 80 до90 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C0FE03A" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>По методике и педагогике</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2819CEF6" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов=0 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01258E8F" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 до </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18DAB99A" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> до 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0 баллов = </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A0EFE86" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">от </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 до</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>0 баллов =</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C4714C9" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>С квалификационной категорией «педагог-мастер»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DF54AC2" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="1F2475B4" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="457AEC43" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="17C69E75" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39B9B95C" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2508C382" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C4117D5" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="483C3CC4" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2 категория = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49F404BE" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1 категория = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3166C930" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Высшая категория = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F40F9F3" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-модератор = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AC1AC02" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-эксперт = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42F07C34" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-исследователь = 7 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1ED9A891" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Педагог-мастер = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="020E780A" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="54C4489D" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0922A128" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="108D2126" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заменяющий трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="113D6954" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 1 до 3 лет = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BFE69AB" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 3 до 5 лет = 1,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A28C120" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 5 до 10 лет = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3885DA24" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>от 10 и более = 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="1C2F474B" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="001FCCC3" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5EFF0000" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="77AFE272" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>трудовая книжка/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>документ,заменяющий</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> трудовую деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="318F3949" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">методист = 1 балл </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E956163" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>заместитель директора= 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23C5F1D3" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>директор = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BDB03D7" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="1340A670" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCEC935" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0409E29B" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Для педагогов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0A46FA73" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6002D2B6" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Результаты педагогической/ профессиональной практики «отлично» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="675A6E26" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>«хорошо» = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="0CCD7B44" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="323DC91E" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="075940BE" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Рекомендательн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ое письмо</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> с предыдущего места работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(при осуществлении трудовой деятельности)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="06157F63" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C49B96" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Наличие </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>положительно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">го </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>рекомендательного письма</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E9179D2" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>=</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> минус 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DFB4D33" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="2C9C6C08" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="41FE9C18" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="5FB72DFE" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Показатели профессиональных достижений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="116C4AFC" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="028553A2" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FE6162A" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- государственная награда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48ED1876" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AD0311F" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>научных проектов = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2FF94C54" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>призеры олимпиад и конкурсов = 3 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09F1F2BC" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>участник конкурса «Лучший педагог» = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F9BCF6" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>призер конкурса «Лучший педагог» = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="04D2F8B8" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>обладатель медали «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Қазақстан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>еңбек</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>» = 10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="3713D510" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="07E949CC" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="1BC0D740" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="500E784F" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="562A422B" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E3952CC" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>автор или соавтор учебников и (или) УМК, включенных в перечень РУМС = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="682A3A84" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Scopus</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 3 балла</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="25DD398F" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="0EE18B00" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="7D9E3DB6" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="3AB27098" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A964C43" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- реализация </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>полиязычия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F88666" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>наставник = 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3348CBA6" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>руководство МО = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AB97BEB" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>лидер профессионально-педагогического сообщества = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08D3AD55" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание на 2 языках</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, русский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>казахский = 2 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3BAD49E1" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>русский, иностранный/казахский</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>) = 3 балла,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01F818D4" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>преподавание на 3 языках (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>казахский, русский, иностранный</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>) = 5 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="40CA9750" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="843" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="32F5F3CD" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="201"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1926" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="2096C994" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>урсовая</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> подготовка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w14:paraId="53BFFEE4" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>- сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="07A25FA7" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B3C2F94" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">КАЗТЕСТ, IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EFA3D85" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>TOEFL; DELF</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="711701C9" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>GoetheZertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4595" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AAC807F" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курсы ЦПМ НИШ, «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Өрлеу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66CA4101" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>= 0,5 балла</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="782CBE64" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67910C45" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42909C57" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>курсы =0,5 балла (каждый отдельно)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w14:paraId="4775FE1E" w14:textId="77777777" w:rsidTr="00044B66">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2769" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="371BAC82" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Итого:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7146" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3BB5C5E7" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00044B66">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="851"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Максимальный балл – </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00452E4E">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>83</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72457415" w14:textId="77777777" w:rsidR="003F6DB7" w:rsidRDefault="003F6DB7" w:rsidP="003F6DB7">
+    <w:p w14:paraId="4C9B8E6B" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00A668B1" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
       <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A668B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Итоги конкурса на вакантную должность учителя английского языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B37D22" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00A668B1" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2ED44829" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00A668B1" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E11953" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00A668B1" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A668B1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Конкурс на вакантную должность учителя английского языка не состоялся, заявителей и подавших документы на участие в конкурсе не было.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14A29E84" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00AE77AB" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9747"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
-        <w:rPr>
-[...161 lines deleted...]
-      <w:r w:rsidRPr="00956524">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...70 lines deleted...]
-      <w:r w:rsidRPr="00956524">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DA7EAB8" w14:textId="77777777" w:rsidR="00AE77AB" w:rsidRPr="00452E4E" w:rsidRDefault="00AE77AB" w:rsidP="00AE77AB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...10500 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F508F82" w14:textId="209E15A4" w:rsidR="003F6DB7" w:rsidRDefault="003F6DB7" w:rsidP="00A15210">
+    <w:p w14:paraId="3DBB0F57" w14:textId="77777777" w:rsidR="00550B11" w:rsidRPr="006D1247" w:rsidRDefault="00550B11" w:rsidP="00A15210">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BB0FCE2" w14:textId="06673CE1" w:rsidR="003F6DB7" w:rsidRDefault="003F6DB7" w:rsidP="00A15210">
-[...373 lines deleted...]
-    <w:sectPr w:rsidR="003F6DB7" w:rsidRPr="006D1247" w:rsidSect="003F6DB7">
+    <w:sectPr w:rsidR="00550B11" w:rsidRPr="006D1247" w:rsidSect="00AE77AB">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -15471,93 +8108,88 @@
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A15210"/>
     <w:rsid w:val="00194840"/>
     <w:rsid w:val="003C1010"/>
-    <w:rsid w:val="003D4C7C"/>
     <w:rsid w:val="003E404E"/>
-    <w:rsid w:val="003F6DB7"/>
-    <w:rsid w:val="005475F8"/>
     <w:rsid w:val="00550B11"/>
     <w:rsid w:val="0061111A"/>
     <w:rsid w:val="006D1247"/>
-    <w:rsid w:val="007263A1"/>
-    <w:rsid w:val="00795709"/>
+    <w:rsid w:val="00781981"/>
     <w:rsid w:val="009B3F8F"/>
     <w:rsid w:val="00A15210"/>
+    <w:rsid w:val="00A3779C"/>
+    <w:rsid w:val="00AE77AB"/>
     <w:rsid w:val="00C37D67"/>
-    <w:rsid w:val="00C42F9C"/>
-    <w:rsid w:val="00E20A64"/>
     <w:rsid w:val="00EA657E"/>
     <w:rsid w:val="00EB2CC7"/>
-    <w:rsid w:val="00F55521"/>
     <w:rsid w:val="00F75690"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6EAA0286"/>
+  <w14:docId w14:val="0D1AF13F"/>
   <w15:docId w15:val="{A820709C-34A1-4F34-8E17-6C89CC79F18D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -16378,66 +9010,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1209</Words>
-  <Characters>6896</Characters>
+  <Words>1305</Words>
+  <Characters>7439</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>57</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8089</CharactersWithSpaces>
+  <CharactersWithSpaces>8727</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>