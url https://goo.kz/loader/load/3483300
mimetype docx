--- v0 (2025-12-09)
+++ v1 (2025-12-30)
@@ -94,60 +94,68 @@
     </w:p>
     <w:p w:rsidR="00064BB6" w:rsidRPr="0009061C" w:rsidRDefault="00064BB6" w:rsidP="00064BB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0009061C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">тағайындауға ашық конкурс жариялайды </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00064BB6" w:rsidRDefault="00064BB6" w:rsidP="00064BB6">
+    <w:p w:rsidR="00064BB6" w:rsidRDefault="00507518" w:rsidP="00064BB6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>01.02.2022ж-09.02.2022ж</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00064BB6" w:rsidRPr="0009061C" w:rsidRDefault="00064BB6" w:rsidP="00064BB6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0009061C">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Қазақ тілінде оқытатын балабақша. Қазақстан Республикасының мектепке дейінгі тәрбие мен оқытудың үлгілік оқу жоспарын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00064BB6" w:rsidRDefault="00064BB6" w:rsidP="00064BB6">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -907,76 +915,59 @@
           <w:rStyle w:val="a5"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Ақпаратты нақтылау үшін байланыс телефондары мен электрондық пошта мекенжайлары: 8(7182) 68-00-64, 8 (7182) 65-39-45;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="viiyi"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="jlqj4b"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">электрондық пошта мекенжайы </w:t>
       </w:r>
-      <w:r>
-[...24 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00CB2CC5">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>ysad32@mail.ru</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="928"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00012DFD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Мемлекеттік білім беру ұйымдарының бірінші басшылары</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
       <w:pPr>
@@ -1583,51 +1574,51 @@
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">(1-ден 20-ға </w:t>
             </w:r>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>дейін)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5440" w:rsidRPr="00AC5440" w:rsidTr="001B3F42">
+      <w:tr w:rsidR="00AC5440" w:rsidRPr="00507518" w:rsidTr="001B3F42">
         <w:trPr>
           <w:trHeight w:val="1134"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:spacing w:before="2"/>
@@ -5621,51 +5612,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>дейін=4</w:t>
             </w:r>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5440" w:rsidRPr="00AC5440" w:rsidTr="001B3F42">
+      <w:tr w:rsidR="00AC5440" w:rsidRPr="00507518" w:rsidTr="001B3F42">
         <w:trPr>
           <w:trHeight w:val="820"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -9189,51 +9180,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>дейін=6</w:t>
             </w:r>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5440" w:rsidRPr="00AC5440" w:rsidTr="001B3F42">
+      <w:tr w:rsidR="00AC5440" w:rsidRPr="00507518" w:rsidTr="001B3F42">
         <w:trPr>
           <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -9952,51 +9943,51 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5440" w:rsidRPr="00AC5440" w:rsidTr="001B3F42">
+      <w:tr w:rsidR="00AC5440" w:rsidRPr="00507518" w:rsidTr="001B3F42">
         <w:trPr>
           <w:trHeight w:val="1183"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:spacing w:before="3"/>
@@ -11373,51 +11364,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5440" w:rsidRPr="00AC5440" w:rsidTr="001B3F42">
+      <w:tr w:rsidR="00AC5440" w:rsidRPr="00507518" w:rsidTr="001B3F42">
         <w:trPr>
           <w:trHeight w:val="1690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:rPr>
@@ -11953,51 +11944,51 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>болуы</w:t>
             </w:r>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="40"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>= минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5440" w:rsidRPr="00AC5440" w:rsidTr="001B3F42">
+      <w:tr w:rsidR="00AC5440" w:rsidRPr="00507518" w:rsidTr="001B3F42">
         <w:trPr>
           <w:trHeight w:val="2960"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:rPr>
@@ -13841,51 +13832,51 @@
               <w:t>1</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:spacing w:before="33"/>
               <w:ind w:left="38"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5440" w:rsidRPr="00AC5440" w:rsidTr="001B3F42">
+      <w:tr w:rsidR="00AC5440" w:rsidRPr="00507518" w:rsidTr="001B3F42">
         <w:trPr>
           <w:trHeight w:val="539"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:spacing w:before="10"/>
               <w:ind w:left="25" w:right="16"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
@@ -14326,51 +14317,51 @@
               <w:t>3</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:spacing w:before="34"/>
               <w:ind w:left="39"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00012DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC5440" w:rsidRPr="00AC5440" w:rsidTr="001B3F42">
+      <w:tr w:rsidR="00AC5440" w:rsidRPr="00507518" w:rsidTr="001B3F42">
         <w:trPr>
           <w:trHeight w:val="569"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="CECECE"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00AC5440" w:rsidRPr="00012DFD" w:rsidRDefault="00AC5440" w:rsidP="001B3F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -15812,163 +15803,146 @@
     <w:p w:rsidR="00AC5440" w:rsidRPr="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC5440">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> лауазымнан босату </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC5440">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қағидаларына</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5440" w:rsidRPr="00CE147D" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
+    <w:p w:rsidR="00AC5440" w:rsidRPr="00507518" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE147D">
+      <w:r w:rsidRPr="00507518">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10-қосымша Нысан</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5440" w:rsidRPr="00CE147D" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
+    <w:p w:rsidR="00AC5440" w:rsidRPr="00507518" w:rsidRDefault="00507518" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="17"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shape id="Полилиния 18" o:spid="_x0000_s1034" style="position:absolute;left:0;text-align:left;margin-left:381.25pt;margin-top:11.2pt;width:140.15pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="2803,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDhJ+NtEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVWuO0zAQ/o/EHSz/BHXz2PSpTVerPhDS&#10;AittOYAbO02EYwfbbbqLOANH4BorIThDuRFjJ+m2XZAQolLTcWb8+ftmPNOLy23B0YYpnUsR4+DM&#10;x4iJRNJcrGL8fjHvDDDShghKuBQsxndM48vx82cXVTliocwkp0whABF6VJUxzowpR56nk4wVRJ/J&#10;kglwplIVxMBSrTyqSAXoBfdC3+95lVS0VDJhWsPbae3EY4efpiwx79JUM4N4jIGbcU/lnkv79MYX&#10;ZLRSpMzypKFB/oFFQXIBh+6hpsQQtFb5E6giT5TUMjVniSw8maZ5wpwGUBP4J2puM1IypwWSo8t9&#10;mvT/g03ebm4UyinUDiolSAE12n3d/dh92z247/fdw88vCJyQqarUI9hwW94oq1WX1zL5oMHhHXns&#10;QkMMWlZvJAVAsjbSZWebqsLuBN1o64pwty8C2xqUwMug3x8O/S5GCfiCsO9q5JFRuzdZa/OKSYdD&#10;Ntfa1CWkYLkC0EbFAsqdFhyq+bKDfNTvhV33aEq+DwvasBceWvioQuHAPz8NCtsghxX4Udj/Ldh5&#10;G2fBwgMwELBqKZKsZZ1sRUMbLERsz/guUaXUNkELINdmCBAgyEr8QyycfRpb72mOUNAMp22gMII2&#10;WNZyS2IsM3uENVEVY5cL+6KQG7aQzmVOSgeHPHq5OIyC7ZC5A1a1G3bYA+De1IY71HI9KK2Q85xz&#10;V1suLJWuP+i63GjJc2qdlo1Wq+WEK7QhtsHdx4oBsKMwJdeCOrCMETprbENyXtsQz11u4RY2KbD3&#10;0XXwp6E/nA1mg6gThb1ZJ/Kn087VfBJ1evOg352eTyeTafDZUguiUZZTyoRl106TIPq7bm3mWj0H&#10;9vPkSMWR2Ln7PBXrHdNwuQAt7W+d67ZF655eSnoH7apkPR5hnIORSXWPUQWjMcb645oohhF/LWD2&#10;DIMosrPULaJuP4SFOvQsDz1EJAAVY4PhgltzYur5uy5VvsrgpMCVVcgrGBNpbvvZzZOaVbOA8ecU&#10;NKPaztfDtYt6/EMZ/wIAAP//AwBQSwMEFAAGAAgAAAAhAF+IUD7cAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj8FOwzAMhu9IvENkJG4sJRoDlaZThQCJIxtIHL3GawuNU9XZVnh60hMcbX/6/f3F&#10;evK9OtIoXWAL14sMFHEdXMeNhbft09UdKInIDvvAZOGbBNbl+VmBuQsnfqXjJjYqhbDkaKGNcci1&#10;lrolj7IIA3G67cPoMaZxbLQb8ZTCfa9Nlq20x47ThxYHemip/tocvIXn9869CO0rxvhpfh4rmeSj&#10;tvbyYqruQUWa4h8Ms35ShzI57cKBnajewu3K3CTUgjFLUDOQLU0qs5s3K9Blof9XKH8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA4SfjbRIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAX4hQPtwAAAAKAQAADwAAAAAAAAAAAAAAAABsBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l2802,e" filled="f" strokeweight=".14125mm">
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;1779270,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5440" w:rsidRPr="00CE147D" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
+    <w:p w:rsidR="00AC5440" w:rsidRPr="00507518" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE147D">
+      <w:r w:rsidRPr="00507518">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>конкурс</w:t>
       </w:r>
-      <w:r w:rsidRPr="00CE147D">
+      <w:r w:rsidRPr="00507518">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-13"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE147D">
+      <w:r w:rsidRPr="00507518">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>жариялаған</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00CE147D">
+      <w:r w:rsidRPr="00507518">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-12"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00CE147D">
+      <w:r w:rsidRPr="00507518">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00CE147D">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00507518">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>орган</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
+    <w:p w:rsidR="00AC5440" w:rsidRDefault="00507518" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="4"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="27"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shape id="Полилиния 17" o:spid="_x0000_s1033" style="position:absolute;margin-left:63pt;margin-top:16.95pt;width:475.7pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDHXvhSEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2cmZEU0LOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqnHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4HDoHmpKNEFrWTyBqgoqhRKZPqOi8kSWFZRZDaAm8E/U3OWkZlYLJEfV&#10;+zSp/wdL325uJSpSqF2MEScV1Gj3bfdz9333YL8/dg+/viJwQqaaWo1gw119K41WVd8I+kGBwzvy&#10;mIWCGLRs3ogUAMlaC5udbSYrsxN0o60twv2+CGyrEYWXAz8K+kOoFQVfEMa2Rh4ZdXvpWulXTFgc&#10;srlR2pUwBcsWIG1VLAAiq0qo5sse8lEQDtyjLfk+LOjCXnho4aMGDc+D6DQo7IIclh/HfYt4Gtfv&#10;4gxYeAAGAlYdRZJ3rOmWt7TBQsT0jG8TVQtlErQAcl2GAAGCjMQ/xMLZp7FuT3uEhGY4bQOJEbTB&#10;0smoiTbMzBHGRE2CbS7Mi0ps2EJYlz4pHRzy6C35YRRsP2bl3LDDHAD3xhn2UMP1oLRczIuytLUt&#10;uaESB35sc6NEWaTGadgouVpOSok2xDS4/RgxAHYUJsWapxYsZySdtbYmRelsiC9tbuEWtikw99F2&#10;8OehP5xdzC6iXhQOZr3In0571/NJ1BvMg/h82p9OJtPgi6EWRKO8SFPGDbtumgTR33VrO9fcHNjP&#10;kyMVR2Ln9vNUrHdMw+YCtHS/Ltddi7qeXor0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EE4BKsEawwU35kS7+buuZbHK4aTAlpWLaxgTWWH62c4Tx6pdwPizCtpR&#10;bebr4dpGPf6hjH8DAAD//wMAUEsDBBQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/NTsMwEITvSLyDtUjcqJ226k8apwIkLkhQUThw3CYbJzS2Q+y26duzPdHjzI5mv8nW&#10;g23FkfrQeKchGSkQ5ApfNs5o+Pp8eViACBFdia13pOFMAdb57U2GaelP7oOO22gEl7iQooY6xi6V&#10;MhQ1WQwj35HjW+V7i5Flb2TZ44nLbSvHSs2kxcbxhxo7eq6p2G8PVsPTj/1WavFbnfebZPNavRk0&#10;70br+7vhcQUi0hD/w3DBZ3TImWnnD64MomU9nvGWqGEyWYK4BNR8PgWxY2eagMwzeT0h/wMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDHXvhSEAMAAJgGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD7Dr9x4AAAAAoBAAAPAAAAAAAAAAAAAAAAAGoF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdwYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="45"/>
         <w:ind w:left="539"/>
@@ -15994,51 +15968,51 @@
       <w:r>
         <w:t>(болған</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>жағдайда),</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>ЖСН</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
+    <w:p w:rsidR="00AC5440" w:rsidRDefault="00507518" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="4"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shape id="Полилиния 16" o:spid="_x0000_s1032" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAipJHTEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3NhpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2KtGGSVUInuDg&#10;zMeI8VTQgq8S/H4x711gpDThlJSCswTfM4Wvxs+fXTb1iIUiFyVlEgEIV6OmTnCudT3yPJXmrCLq&#10;TNSMgzMTsiIalnLlUUkaQK9KL/T9gdcISWspUqYUvJ06Jx5b/CxjqX6XZYppVCYYuGn7lPa5NE9v&#10;fElGK0nqvEhbGuQfWFSk4HDoHmpKNEFrWTyBqopUCiUyfZaKyhNZVqTMagA1gX+i5i4nNbNaIDmq&#10;3qdJ/T/Y9O3mVqKCQu0GGHFSQY1233Y/d993D/b7Y/fw6ysCJ2SqqdUINtzVt9JoVfWNSD8ocHhH&#10;HrNQEIOWzRtBAZCstbDZ2WayMjtBN9raItzvi8C2GqXwcuBHQX8ItUrBF4SxrZFHRt3edK30KyYs&#10;DtncKO1KSMGyBaCtigVAZFUJ1XzZQz4KwoF7tCXfhwVd2AsPLXzUoOF5EJ0GhV2Qw/LjuG8RT+P6&#10;XZwBCw/AQMCqo0jyjnW65S1tsBAxPePbRNVCmQQtgFyXIUCAICPxD7Fw9mms29MeIaEZTttAYgRt&#10;sHQyaqINM3OEMVGTYJsL86ISG7YQ1qVPSgeHPHpLfhgF249ZOTfsMAfAvXGGPdRwPSgtF/OiLG1t&#10;S26oxIEf29woURbUOA0bJVfLSSnRhpgGtx8jBsCOwqRYc2rBckborLU1KUpnQ3xpcwu3sE2BuY+2&#10;gz8P/eHsYnYR9aJwMOtF/nTau55Pot5gHsTn0/50MpkGXwy1IBrlBaWMG3bdNAmiv+vWdq65ObCf&#10;J0cqjsTO7eepWO+Yhs0FaOl+Xa67FnU9vRT0HtpVCjceYZyDkQv5CaMGRmOC1cc1kQyj8jWH2TMM&#10;osjMUruIzuMQFvLQszz0EJ4CVII1hgtuzIl283ddy2KVw0mBLSsX1zAmssL0s50njlW7gPFnFbSj&#10;2szXw7WNevxDGf8GAAD//wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPS&#10;lw1Z9DPXE8db7QaLIcrByGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2je&#10;jda3N+PjA4hAY/gLw4Qf0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACKkkdMQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="45"/>
         <w:ind w:left="539"/>
@@ -16046,51 +16020,51 @@
       <w:r>
         <w:t>(лауазымы,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>жұмыс</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>орны)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
+    <w:p w:rsidR="00AC5440" w:rsidRDefault="00507518" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="4"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="29"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shape id="Полилиния 15" o:spid="_x0000_s1031" style="position:absolute;margin-left:63pt;margin-top:18.1pt;width:475.7pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBMrVqLEAMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5aNpuq01Xq34g&#10;pAVW2nIA13GaiMQOttt0QZyBI3CNlRCcodyIsZ10266QEKJS03Fm/PzejGd6ebUrC7RlUuWCxzjo&#10;+hgxTkWS83WM3y8XnQuMlCY8IYXgLMb3TOGryfNnl3U1ZqHIRJEwiQCEq3FdxTjTuhp7nqIZK4nq&#10;iopxcKZClkTDUq69RJIa0MvCC31/4NVCJpUUlCkFb2fOiScWP00Z1e/SVDGNihgDN22f0j5X5ulN&#10;Lsl4LUmV5bShQf6BRUlyDoceoGZEE7SR+ROoMqdSKJHqLhWlJ9I0p8xqADWBf6bmLiMVs1ogOao6&#10;pEn9P1j6dnsrUZ5A7foYcVJCjfbf9j/33/cP9vtj//DrKwInZKqu1Bg23FW30mhV1Y2gHxQ4vBOP&#10;WSiIQav6jUgAkGy0sNnZpbI0O0E32tki3B+KwHYaUXg58KOgN4JaUfAF4dDWyCPjdi/dKP2KCYtD&#10;tjdKuxImYNkCJI2KJUCkZQHVfNlBPgrCgXs0JT+EBW3YCw8tfVSjUT+IzoPCNshh+cNhzyKex/Xa&#10;OAMWHoGBgHVLkWQta7rjDW2wEDE949tEVUKZBC2BXJshQIAgI/EPsXD2eazb0xwhoRnO20BiBG2w&#10;cjIqog0zc4QxUR1jmwvzohRbthTWpc9KB4c8egt+HAXbT1k5N+wwB8C9cYY91HA9Ki0Xi7wobG0L&#10;bqgMA39oc6NEkSfGadgouV5NC4m2xDS4/RgxAHYSJsWGJxYsYySZN7YmeeFsiC9sbuEWNikw99F2&#10;8OeRP5pfzC+iThQO5p3In80614tp1BksgmF/1ptNp7Pgi6EWROMsTxLGDbt2mgTR33VrM9fcHDjM&#10;kxMVJ2IX9vNUrHdKw+YCtLS/Ltdti7qeXonkHtpVCjceYZyDkQn5CaMaRmOM1ccNkQyj4jWH2TMK&#10;osjMUruI+sMQFvLYszr2EE4BKsYawwU35lS7+bupZL7O4KTAlpWLaxgTaW762c4Tx6pZwPizCppR&#10;bebr8dpGPf6hTH4DAAD//wMAUEsDBBQABgAIAAAAIQB6ZwTV3wAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUjcqN1QpVWIUwESFySoWjhw3CYbJzReh9ht07/HOcFxZkezb/L1&#10;aDtxosG3jjXMZwoEcemqlo2Gz4+XuxUIH5Ar7ByThgt5WBfXVzlmlTvzlk67YEQsYZ+hhiaEPpPS&#10;lw1Z9DPXE8db7QaLIcrByGrAcyy3nUyUSqXFluOHBnt6bqg87I5Ww9O3/VJq9VNfDpv55rV+M2je&#10;jda3N+PjA4hAY/gLw4Qf0aGITHt35MqLLuokjVuChvs0ATEF1HK5ALGfnAXIIpf/JxS/AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEytWosQAwAAmAYAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAHpnBNXfAAAACgEAAA8AAAAAAAAAAAAAAAAAagUA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB2BgAAAAA=&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shape id="Полилиния 14" o:spid="_x0000_s1030" style="position:absolute;margin-left:63pt;margin-top:36.5pt;width:475.7pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCpVzMKEgMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsB3MRpIhw72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTceZ8fN7M57p5dW2YmhDpSoFT3Bw&#10;5mNEeSqykq8S/H4x711gpDThGWGC0wTfU4Wvxs+fXTb1iIaiECyjEgEIV6OmTnChdT3yPJUWtCLq&#10;TNSUgzMXsiIalnLlZZI0gF4xL/T9gdcImdVSpFQpeDt1Tjy2+HlOU/0uzxXViCUYuGn7lPa5NE9v&#10;fElGK0nqokxbGuQfWFSk5HDoHmpKNEFrWT6BqspUCiVyfZaKyhN5XqbUagA1gX+i5q4gNbVaIDmq&#10;3qdJ/T/Y9O3mVqIyg9pFGHFSQY1233Y/d993D/b7Y/fw6ysCJ2SqqdUINtzVt9JoVfWNSD8ocHhH&#10;HrNQEIOWzRuRASBZa2Gzs81lZXaCbrS1RbjfF4FuNUrh5cCPgv4QapWCLwhjWyOPjLq96VrpV1RY&#10;HLK5UdqVMAPLFiBrVSwAIq8YVPNlD/koCAfu0ZZ8HxZ0YS88tPBRg4bnTi0Ucx8UdkEOy4/jvkU8&#10;Bet3cQYsPAADAauOIik61umWt7TBQsT0jG8TVQtlErQAcl2GAAGCjMQ/xMLZp7FuT3uEhGY4bQOJ&#10;EbTB0smoiTbMzBHGRE2CbS7Mi0ps6EJYlz4pHRzy6GX8MAq2H7NybthhDoB74wx7qOF6UFou5iVj&#10;traMGypx4Mc2N0qwMjNOw0bJ1XLCJNoQ0+D2Y8QA2FGYFGueWbCCkmzW2pqUzNkQz2xu4Ra2KTD3&#10;0Xbw56E/nF3MLqJeFA5mvcifTnvX80nUG8yD+Hzan04m0+CLoRZEo6LMMsoNu26aBNHfdWs719wc&#10;2M+TIxVHYuf281Ssd0zD5gK0dL8u112Lup5eiuwe2lUKNx5hnINRCPkJowZGY4LVxzWRFCP2msPs&#10;GQZRZGapXUTncQgLeehZHnoITwEqwRrDBTfmRLv5u65luSrgpMCWlYtrGBN5afrZzhPHql3A+LMK&#10;2lFt5uvh2kY9/qGMfwMAAP//AwBQSwMEFAAGAAgAAAAhAP64V5zfAAAACgEAAA8AAABkcnMvZG93&#10;bnJldi54bWxMj0FPwzAMhe9I/IfISNxYsoLWqTSdAIkLEkwMDhy91k3LmqQ02db9+7mncbKe/fT8&#10;vXw12k4caAitdxrmMwWCXOmr1hkN31+vd0sQIaKrsPOONJwowKq4vsoxq/zRfdJhE43gEBcy1NDE&#10;2GdShrIhi2Hme3J8q/1gMbIcjKwGPHK47WSi1EJabB1/aLCnl4bK3WZvNTz/2h+lln/1abeer9/q&#10;d4Pmw2h9ezM+PYKINMaLGSZ8RoeCmbZ+76ogOtbJgrtEDek9z8mg0vQBxHbaJCCLXP6vUJwBAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqVczChIDAACYBgAADgAAAAAAAAAAAAAAAAAuAgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA/rhXnN8AAAAKAQAADwAAAAAAAAAAAAAAAABs&#10;BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHgGAAAAAA==&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
@@ -16269,51 +16243,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>арналған</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>конкурсқа</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>жіберуіңізді сұраймын (керегінің астын сызу керек)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
+    <w:p w:rsidR="00AC5440" w:rsidRDefault="00507518" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="5"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shape id="Полилиния 13" o:spid="_x0000_s1029" style="position:absolute;margin-left:63pt;margin-top:15.85pt;width:475.7pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="9514,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCQv8w6EQMAAJgGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BHXz0WyzrTZdrfqB&#10;kBZYacsBXMdpIhI72G7TBXEGjsA1VkJwhnIjxnbSbbtCQohKTe3M+M17M57p5dW2KtGGSVUInuDg&#10;zMeIcSrSgq8S/H4x711gpDThKSkFZwm+ZwpfjZ8/u2zqEQtFLsqUSQQgXI2aOsG51vXI8xTNWUXU&#10;magZB2MmZEU0bOXKSyVpAL0qvdD3B14jZFpLQZlS8HbqjHhs8bOMUf0uyxTTqEwwcNP2Ke1zaZ7e&#10;+JKMVpLUeUFbGuQfWFSk4BB0DzUlmqC1LJ5AVQWVQolMn1FReSLLCsqsBlAT+Cdq7nJSM6sFkqPq&#10;fZrU/4Olbze3EhUp1K6PEScV1Gj3bfdz9333YL8/dg+/viIwQqaaWo3gwF19K41WVd8I+kGBwTuy&#10;mI0CH7Rs3ogUAMlaC5udbSYrcxJ0o60twv2+CGyrEYWXAz8K+kOoFQVbEMa2Rh4ZdWfpWulXTFgc&#10;srlR2pUwhZUtQNqqWABEVpVQzZc95KMgHLhHW/K9W9C5vfDQwkcNGp4H0alT2Dk5LD+O+xbx1A9y&#10;6GIasPAADASsOook71jTLW9pwwoR0zO+TVQtlEnQAsh1GQIEcDIS/+ALsU993Zk2hIRmOG0DiRG0&#10;wdLJqIk2zEwIs0RNgm0uzItKbNhCWJM+KR0EebSW/NALjh+zcmY4YQLAvXELG9RwPSgtF/OiLG1t&#10;S26oxIEf29woURapMRo2Sq6Wk1KiDTENbj9GDIAduUmx5qkFyxlJZ+1ak6J0a/AvbW7hFrYpMPfR&#10;dvDnoT+cXcwuol4UDma9yJ9Oe9fzSdQbzIP4fNqfTibT4IuhFkSjvEhTxg27bpoE0d91azvX3BzY&#10;z5MjFUdi5/bzVKx3TMPmArR0vy7XXYu6nl6K9B7aVQo3HmGcwyIX8hNGDYzGBKuPayIZRuVrDrNn&#10;GESRmaV2E53HIWzkoWV5aCGcAlSCNYYLbpYT7ebvupbFKodIgS0rF9cwJrLC9LOdJ45Vu4HxZxW0&#10;o9rM18O99Xr8Qxn/BgAA//8DAFBLAwQUAAYACAAAACEAWu2Q+98AAAAKAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VI3KidgpoS4lSAxAUJKgoHjttk44TG6xC7bfr3OCd6nNnR7Jt8&#10;NdpOHGjwrWMNyUyBIC5d1bLR8PX5crME4QNyhZ1j0nAiD6vi8iLHrHJH/qDDJhgRS9hnqKEJoc+k&#10;9GVDFv3M9cTxVrvBYohyMLIa8BjLbSfnSi2kxZbjhwZ7em6o3G32VsPTj/1Wavlbn3brZP1avxk0&#10;70br66vx8QFEoDH8h2HCj+hQRKat23PlRRf1fBG3BA23SQpiCqg0vQOxnZx7kEUuzycUfwAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCQv8w6EQMAAJgGAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBa7ZD73wAAAAoBAAAPAAAAAAAAAAAAAAAAAGsF&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAdwYAAAAA&#10;" path="m,l9513,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6040755,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="539" w:right="949"/>
@@ -16381,64 +16355,59 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>қала</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ауыл) Қазіргі уақытта жұмыс істеймін</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
+    <w:p w:rsidR="00AC5440" w:rsidRDefault="00507518" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="0" w:line="20" w:lineRule="exact"/>
         <w:ind w:left="539"/>
         <w:rPr>
           <w:sz w:val="2"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-      </w:r>
       <w:r>
         <w:pict>
           <v:group id="Группа 11" o:spid="_x0000_s1027" style="width:475.7pt;height:.6pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9514,12" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCrwzqneQIAAFAFAAAOAAAAZHJzL2Uyb0RvYy54bWykVFFuGyEQ/a/UO6D9d3bX2TjxKnZUee38&#10;pK2ltAfAwO6isoCAeB1VlSr1CLlIb9ArJDfqAGunSX6i1JZYYIbhzXsznF/sOoG2zFiu5CzJj7IE&#10;MUkU5bKZJV+/rEZnCbIOS4qFkmyW3DKbXMzfvzvvdcnGqlWCMoMgiLRlr2dJ65wu09SSlnXYHinN&#10;JBhrZTrsYGmalBrcQ/ROpOMsm6S9MlQbRZi1sFtFYzIP8euaEfe5ri1zSMwSwObCaMK48WM6P8dl&#10;Y7BuORlg4Deg6DCXcOkhVIUdRjeGvwjVcWKUVbU7IqpLVV1zwkIOkE2ePcvm0qgbHXJpyr7RB5qA&#10;2mc8vTks+bRdG8QpaJcnSOIONLq/e/j58Ov+D/x/I9gGjnrdlOB6afS1XpuYKEyvFPlmwZw+t/t1&#10;E53Rpv+oKITFN04Fjna16XwIyB7tghS3BynYziECm5OsyI+noBgB2+lkPChFWpDzxSHSLodj05O8&#10;iGfysced4jLeFhAOiHw6UG32kVD7f4Ret1izoJP1LO0JHe8JveKSoQjI3wwuC7k2gVZbWiD0lRxN&#10;YrnuOYJkj2OygZ1DrrjUxrpLpjrkJ7NEwP2Beby9si7SsnfxQki14kLAPi6FRD0Qnmen4YBVglNv&#10;9DZrms1CGLTFvpnCb+D4iRsUraQhWMswXQ5zh7mIc8AppI8HeQCcYRa75fs0my7PlmfFqBhPlqMi&#10;q6rRh9WiGE1W+elJdVwtFlX+w0PLi7LllDLp0e07Ny9eJ+TwhsSeO/TugYb0afRQRgB2/w2goaCi&#10;drGaNoreBknDPtTW0BTQtuHY8MT4d+HfdfB6fAjnfwEAAP//AwBQSwMEFAAGAAgAAAAhAL/WviHa&#10;AAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdpFrRmE0pRT0VwVYQb9Ps&#10;NAnNzobsNkn/vaMXvTwY3uO9b/Ll5Fo1UB8azwbSWQKKuPS24crAx+7l5gFUiMgWW89k4EwBlsXl&#10;RY6Z9SO/07CNlZISDhkaqGPsMq1DWZPDMPMdsXgH3zuMcvaVtj2OUu5aPU+Se+2wYVmosaN1TeVx&#10;e3IGXkccV7fp87A5Htbnr93i7XOTkjHXV9PqCVSkKf6F4Qdf0KEQpr0/sQ2qNSCPxF8V73GR3oHa&#10;S2gOusj1f/biGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAA&#10;AAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAA&#10;AAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAKvDOqd5AgAAUAUAAA4AAAAA&#10;AAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAL/WviHaAAAAAwEAAA8A&#10;AAAAAAAAAAAAAAAA0wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADaBQAAAAA=&#10;">
             <v:line id="Line 12" o:spid="_x0000_s1028" style="position:absolute;visibility:visible;mso-wrap-style:square" from="0,6" to="9513,6" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQD+JeulAAEAAOoBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRzU7EIBDH&#10;7ya+A+FqWqoHY0zpHqwe1Zj1AQhMW2I7EAbr7ts73e5ejGviEeb/8RuoN7tpFDMk8gG1vC4rKQBt&#10;cB57Ld+3T8WdFJQNOjMGBC33QHLTXF7U230EEuxG0nLIOd4rRXaAyVAZIiBPupAmk/mYehWN/TA9&#10;qJuqulU2YAbMRV4yZFO30JnPMYvHHV+vJAlGkuJhFS5dWpoYR29NZlI1o/vRUhwbSnYeNDT4SFeM&#10;IdWvDcvkfMHR98JPk7wD8WpSfjYTYyiXaNkAweaQWFf+nbSgTlSErvMWyjYRL7V6T3DnSlz4wgTz&#10;f/Nbtr3BfEpXh59qvgEAAP//AwBQSwMEFAAGAAgAAAAhAJYFM1jUAAAAlwEAAAsAAABfcmVscy8u&#10;cmVsc6SQPWsDMQyG90L/g9He8yVDKSW+bIWsIYWuxtZ9kLNkJHNN/n1MoaVXsnWUXvQ8L9rtL2k2&#10;C4pOTA42TQsGKXCcaHDwfnp7egGjxVP0MxM6uKLCvnt82B1x9qUe6ThlNZVC6mAsJb9aq2HE5LXh&#10;jFSTniX5UkcZbPbh7Ae027Z9tvKbAd2KaQ7RgRziFszpmqv5DztNQVi5L03gZLnvp3CPaiN/0hGX&#10;SvEyYHEQRb+WgktTy4G979380xuYCENh+aiOlfwnqfbvBnb1zu4GAAD//wMAUEsDBBQABgAIAAAA&#10;IQAzLwWeQQAAADkAAAAUAAAAZHJzL2Nvbm5lY3RvcnhtbC54bWyysa/IzVEoSy0qzszPs1Uy1DNQ&#10;UkjNS85PycxLt1UKDXHTtVBSKC5JzEtJzMnPS7VVqkwtVrK34+UCAAAA//8DAFBLAwQUAAYACAAA&#10;ACEAlKlZ+sEAAADbAAAADwAAAGRycy9kb3ducmV2LnhtbERPTWvCQBC9C/6HZYTezK4WpUQ3QQst&#10;tTdtoTkO2TEJZmdjdmvSf98tFLzN433ONh9tK27U+8axhkWiQBCXzjRcafj8eJk/gfAB2WDrmDT8&#10;kIc8m062mBo38JFup1CJGMI+RQ11CF0qpS9rsugT1xFH7ux6iyHCvpKmxyGG21YulVpLiw3Hhho7&#10;eq6pvJy+rYZzcf0KxapQh3eSbnzcezW8llo/zMbdBkSgMdzF/+43E+cv4e+XeIDMfgEAAP//AwBQ&#10;SwECLQAUAAYACAAAACEA/iXrpQABAADqAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQCWBTNY1AAAAJcBAAALAAAAAAAAAAAAAAAAADEBAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQAzLwWeQQAAADkAAAAUAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;Y29ubmVjdG9yeG1sLnhtbFBLAQItABQABgAIAAAAIQCUqVn6wQAAANsAAAAPAAAAAAAAAAAAAAAA&#10;AKECAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABAD5AAAAjwMAAAAA&#10;" strokeweight=".19742mm"/>
             <w10:wrap type="none"/>
             <w10:anchorlock/>
           </v:group>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="48" w:line="271" w:lineRule="auto"/>
         <w:ind w:left="539" w:right="1873"/>
       </w:pPr>
       <w:r>
         <w:t>лауазымы,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -17060,96 +17029,94 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ғылыми</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>атағы,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>сондай-ақ қосымша мәліметтері (болған жағдайда)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AC5440" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
+    <w:p w:rsidR="00AC5440" w:rsidRDefault="00507518" w:rsidP="00AC5440">
       <w:pPr>
         <w:pStyle w:val="a7"/>
         <w:spacing w:before="6"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="25"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:pict>
           <v:shape id="Полилиния 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:63pt;margin-top:15.9pt;width:503.65pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="10073,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCK7V+nEAMAAJwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVW2O0zAQ/Y/EHSz/BLX5bLuttl2t+oGQ&#10;FlhpywFcx2kiEjvYbtMFcQaOwDVWQnCGciPGdtJtu0JCiEpN7cz4zXsznunl1a4s0JZJlQs+xkHX&#10;x4hxKpKcr8f4/XLRucBIacITUgjOxvieKXw1ef7ssq5GLBSZKBImEYBwNaqrMc60rkaep2jGSqK6&#10;omIcjKmQJdGwlWsvkaQG9LLwQt/ve7WQSSUFZUrB25kz4onFT1NG9bs0VUyjYoyBm7ZPaZ8r8/Qm&#10;l2S0lqTKctrQIP/AoiQ5h6AHqBnRBG1k/gSqzKkUSqS6S0XpiTTNKbMaQE3gn6m5y0jFrBZIjqoO&#10;aVL/D5a+3d5KlCdQO0gPJyXUaP9t/3P/ff9gvz/2D7++IjBCpupKjeDAXXUrjVZV3Qj6QYHBO7GY&#10;jQIftKrfiAQAyUYLm51dKktzEnSjnS3C/aEIbKcRhZf9aNiPej2MKNiCcGAje2TUnqUbpV8xYXHI&#10;9kZpV8IEVrYASaNiCXrSsoBqvuwgHwVh3z2akh/cgtbthYeWPqpBqz+Izr3C1suBBVEUWchzv6j1&#10;M2jhMRpIWLckSdbypjveEIcVIqZrfJuqSiiToiXQa3MECOBkRP7BF4Kf+7ozTQgJ7XDeCBIjaISV&#10;01ERbZiZEGaJanMtTDbMm1Js2VJYmz6rHkR5tBb82MudP+bl7HDEhIC74xY2rGF7VF4uFnlR2PoW&#10;3JAZBP7AclGiyBNjNHSUXK+mhURbYprcfowcADtxk2LDEwuWMZLMm7UmeeHW4F/Y7MJNbJJg7qTt&#10;4s9Dfzi/mF/EnTjszzuxP5t1rhfTuNNfBIPeLJpNp7Pgi6EWxKMsTxLGDbt2ogTx33VsM9vcLDjM&#10;lBMVJ2IX9vNUrHdKw+YCtLS/Ltdtm7q+XonkHlpWCjciYaTDIhPyE0Y1jMcxVh83RDKMitcc5s8w&#10;iGMzT+0m7g1C2Mhjy+rYQjgFqDHWGK64WU61m8GbSubrDCIFtqxcXMOoSHPT03amOFbNBkagVdCM&#10;azNjj/fW6/FPZfIbAAD//wMAUEsDBBQABgAIAAAAIQBON6mw3gAAAAoBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9LSwNBEITvgv9haMGbmX1AkHVngwQVBFGMwfNkp7OzOK/MTDarv97OSY/VXVR91a5m&#10;a9iEMY3eCSgXBTB0vVejGwRsPx5vboGlLJ2SxjsU8I0JVt3lRSsb5U/uHadNHhiFuNRIATrn0HCe&#10;eo1WpoUP6Oi399HKTDIOXEV5onBreFUUS27l6KhBy4Brjf3X5mip5DUG/fN2eD58hqftyM3+4WU9&#10;CXF9Nd/fAcs45z8znPEJHTpi2vmjU4kZ0tWStmQBdUkTzoayrmtgO7pUBfCu5f8ndL8AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEAiu1fpxADAACcBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEATjepsN4AAAAKAQAADwAAAAAAAAAAAAAAAABqBQAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHUGAAAAAA==&#10;" path="m,l10073,e" filled="f" strokeweight=".19742mm">
             <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;6396355,0" o:connectangles="0,0"/>
             <w10:wrap type="topAndBottom" anchorx="page"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC5440" w:rsidRPr="00015FE1" w:rsidRDefault="00AC5440" w:rsidP="00AC5440">
       <w:pPr>
         <w:spacing w:before="45"/>
         <w:ind w:left="120"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000D3FC3" w:rsidRDefault="000D3FC3" w:rsidP="0009061C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="000D3FC3" w:rsidRDefault="000D3FC3" w:rsidP="0009061C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000D3FC3" w:rsidRDefault="000D3FC3" w:rsidP="0009061C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
@@ -17482,50 +17449,51 @@
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C64E9"/>
     <w:rsid w:val="0002748F"/>
     <w:rsid w:val="00064BB6"/>
     <w:rsid w:val="0009061C"/>
     <w:rsid w:val="000C4DB4"/>
     <w:rsid w:val="000D3FC3"/>
     <w:rsid w:val="00124F76"/>
     <w:rsid w:val="00190B63"/>
     <w:rsid w:val="001C64E9"/>
     <w:rsid w:val="00391982"/>
     <w:rsid w:val="00401243"/>
     <w:rsid w:val="0044789C"/>
+    <w:rsid w:val="00507518"/>
     <w:rsid w:val="00540EFC"/>
     <w:rsid w:val="00580ED8"/>
     <w:rsid w:val="0058192E"/>
     <w:rsid w:val="005A5D57"/>
     <w:rsid w:val="006072AE"/>
     <w:rsid w:val="0064580D"/>
     <w:rsid w:val="006D43BE"/>
     <w:rsid w:val="007A00F1"/>
     <w:rsid w:val="007F60A1"/>
     <w:rsid w:val="008823A4"/>
     <w:rsid w:val="008A23B8"/>
     <w:rsid w:val="009148EB"/>
     <w:rsid w:val="00952DB0"/>
     <w:rsid w:val="00A2412C"/>
     <w:rsid w:val="00AC5440"/>
     <w:rsid w:val="00AD501B"/>
     <w:rsid w:val="00D3649F"/>
     <w:rsid w:val="00EE5747"/>
     <w:rsid w:val="00F63385"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
@@ -18127,51 +18095,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="601836139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ysad32@mail.ru" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -18422,81 +18390,81 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{80F26DFF-EBE2-4648-BD55-A4EC122343F6}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08B86CD9-659B-4164-A143-396FFA8DD86E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10641</Characters>
+  <Pages>1</Pages>
+  <Words>1870</Words>
+  <Characters>10660</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>88</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12483</CharactersWithSpaces>
+  <CharactersWithSpaces>12505</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>