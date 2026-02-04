--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -1,10759 +1,11156 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00401CED" w:rsidRDefault="00EB5612" w:rsidP="0070697C">
+    <w:p w:rsidR="00DA3A83" w:rsidRPr="00DA3A83" w:rsidRDefault="00DA3A83" w:rsidP="00DA3A83">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401CED">
+      <w:r w:rsidRPr="00DA3A83">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Объявление о проведении конкурса на вакантную</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0070697C">
+        <w:t xml:space="preserve">Бос </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC65BF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымына конкурс өткізу туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA3A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00401CED">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00DA3A83">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>должность</w:t>
-      </w:r>
+        <w:t>хабарландыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00401CED" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00DA3A83" w:rsidRPr="00DA3A83" w:rsidRDefault="00CC65BF" w:rsidP="00DA3A83">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00401CED">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>заместителя руководителя по профильному обучению.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бейінді оқыту бойынша басшының орынбасары</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3A83" w:rsidRPr="00DA3A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00C81C04" w:rsidRPr="00C81C04" w:rsidRDefault="00C81C04" w:rsidP="00CC2E96">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00A064F5" w:rsidRDefault="00EB5612" w:rsidP="00401CED">
+    <w:p w:rsidR="00F44E56" w:rsidRDefault="00CC2E96" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:ind w:firstLine="708"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A064F5">
+      <w:r w:rsidRPr="005C40EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Коммунальное Государственное учреждение «Школа-лицей № 20 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области. </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>басқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81C04" w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>армасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00C81C04" w:rsidRPr="00F44E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Павлодар қаласы білім беру бөлімінің </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының № 20 лицей-мектеб</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F44E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00F44E56" w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>коммуналды</w:t>
+      </w:r>
+      <w:r w:rsidR="00F44E56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00722152" w:rsidRPr="00722152" w:rsidRDefault="00CC2E96" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A064F5">
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласы, Максим Горький көшесі 102/4 140003, 322 </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81C04" w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>каб., қабылдау бөлмесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00722152" w:rsidRPr="005C40EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A064F5">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="00722152" w:rsidRPr="00722152">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-        <w:t>sosh20@goo.edu.kz.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00722152" w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(7182) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>314244</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00722152">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электрондық пошта </w:t>
+      </w:r>
+      <w:r w:rsidR="005D4E48" w:rsidRPr="00722152">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00722152" w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> HYPERLINK "mailto:sosh20@goo.edu.kz" </w:instrText>
+      </w:r>
+      <w:r w:rsidR="005D4E48" w:rsidRPr="00722152">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00722152" w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="none"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>sosh20@goo.edu.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="005D4E48" w:rsidRPr="00722152">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00722152" w:rsidRPr="00722152">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="001F4003" w:rsidRPr="001F4003" w:rsidRDefault="00CC65BF" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00A37E83">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4003" w:rsidRPr="001F4003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бейінді оқыту </w:t>
+      </w:r>
+      <w:r w:rsidR="005762B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidR="001F4003" w:rsidRPr="001F4003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> басшының орынбасары – </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4003" w:rsidRPr="00722152">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...41 lines deleted...]
-        <w:t xml:space="preserve">условия труда – нормальные. </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="005762B6" w:rsidRPr="00722152">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мөлшерлемесі</w:t>
+      </w:r>
+      <w:r w:rsidR="00722152">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нде</w:t>
+      </w:r>
+      <w:r w:rsidR="001F4003" w:rsidRPr="001F4003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, тұрақты жұмыс орны, еңбек жағдайы – қалыпты.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A064F5" w:rsidRPr="00CD4F61" w:rsidRDefault="002C0757" w:rsidP="00EB5612">
+    <w:p w:rsidR="001F4003" w:rsidRDefault="005762B6" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD4F61">
-[...27 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Базалық</w:t>
+      </w:r>
+      <w:r w:rsidR="001F4003" w:rsidRPr="001F4003">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жалақы</w:t>
+      </w:r>
+      <w:r w:rsidR="00722152">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00CD4F61" w:rsidRDefault="003C06AF" w:rsidP="00EB5612">
+    <w:p w:rsidR="00722152" w:rsidRDefault="00722152" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD4F61">
-[...29 lines deleted...]
-        <w:t>674 тенге;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 жылдан 5 жылға – 170 674 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A064F5" w:rsidRPr="00CD4F61" w:rsidRDefault="003C06AF" w:rsidP="00EB5612">
+    <w:p w:rsidR="00722152" w:rsidRDefault="00722152" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD4F61">
-[...13 lines deleted...]
-        <w:t>5 до 15 лет – 184 971 тенге;</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5 жылдан 15 жылға – 184 971 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A064F5" w:rsidRPr="00CD4F61" w:rsidRDefault="003C06AF" w:rsidP="00EB5612">
+    <w:p w:rsidR="00722152" w:rsidRPr="005C40EE" w:rsidRDefault="00722152" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD4F61">
-[...13 lines deleted...]
-        <w:t>15 до 20 лет – 195 542 тенге.</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15 жылдан 20 жылға – 195 542 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00A064F5" w:rsidP="00A064F5">
+    <w:p w:rsidR="00B3657E" w:rsidRPr="00B3657E" w:rsidRDefault="00B3657E" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...13 lines deleted...]
-        <w:t>1. Заместитель руководителя по профильному обучению выполняет следующие обязанности:</w:t>
+      <w:r w:rsidRPr="00B3657E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00292993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3657E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ейінді </w:t>
+      </w:r>
+      <w:r w:rsidR="00292993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3657E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00292993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="00292993" w:rsidRPr="00B3657E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">асшының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3657E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">орынбасары </w:t>
+      </w:r>
+      <w:r w:rsidR="00292993">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B3657E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> міндеттерді жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00B3657E" w:rsidRPr="00B3657E" w:rsidRDefault="00B3657E" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Разрабатывает план реализации системы профильного обучения учащихся.</w:t>
+      <w:r w:rsidRPr="00B3657E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқушыларға бейіндік білім беру жүйесін енгізу жоспарын жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00B3657E" w:rsidRPr="00B3657E" w:rsidRDefault="00B3657E" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Обеспечивает программно-методическое сопровождение профильного обучения программами прикладных и элективных курсов.</w:t>
+      <w:r w:rsidRPr="00B3657E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қолданбалы және элективті курстардың мамандандырылған оқу бағдарламаларын бағдарламалық-әдістемелік қамтамасыз етуді қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00B3657E" w:rsidRPr="005C40EE" w:rsidRDefault="00B3657E" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Формирует итоговый образовательный рейтинг выпускника основной школы как объективной основы для комплектования старших (профильных классов).</w:t>
+      <w:r w:rsidRPr="00B3657E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жоғары (бейінді) сыныптарды аяқтаудың объективті негізі ретінде негізгі мектеп бітірушінің қорытынды білім рейтингін қалыптастырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="006C67A6" w:rsidRPr="005C40EE" w:rsidRDefault="006C67A6" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> программ.</w:t>
+      <w:r w:rsidRPr="006C67A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бейіндік оқыту, көп деңгейлі бағдарламаларды іске асыру бойынша білім беру ұйымының қызметін ұзақ мерзімді болжау мен жоспарлауды ұйымдастырады және талдайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="002E6155" w:rsidRPr="002E6155" w:rsidRDefault="002E6155" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      С целью повышения профессионального мастерства и повышения квалификации педагогов координирует деятельность педагогического коллектива: по обобщению и распространению положительного педагогического опыта, по организации и апробации инновационных технологий в организации работы методических объединении педагогов.</w:t>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мұғалімдердің кәсіби </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шеберлігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсатында педагогикалық ұжымның қызметін үйлесті</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ред</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">і: оң педагогикалық тәжірибені </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жалпылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тарату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, мұғалімдердің әдістемелік бірлестіктерінің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұмысын ұйымдастыруда инновациялық </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыру және </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сынау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002E6155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> дальнейшего образования.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әртүрлі деңгейдегі білім беру бағдарламаларын таңдауға, «мектеп-</w:t>
+      </w:r>
+      <w:r w:rsidR="00504DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>», «мектеп-колледж-</w:t>
+      </w:r>
+      <w:r w:rsidR="00504DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>», «колледж-</w:t>
+      </w:r>
+      <w:r w:rsidR="00504DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» үздіксіз білім беру жүйесінде қиылысатын оқу жоспарлары бойынша оқытуға, кәсіби бейімділіктерді ашуға мүмкіндік береді. ғылымдарды зерделеу, қосымша білім беруді бейіндік ету мақсатында оларды тереңдетіп оқыту үшін әртүрлі циклдердің пәндерін өздігінен таңдау.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> работу.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жоғары, техникалық және кәсіптік білім беру ұйымдарымен бірлесіп кәсіптік бағдар беру жұмыстарын жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Владеет компьютерной грамотностью, информационно-коммуникационной компетентностью.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Компьютерлік сауаттылығы, ақпараттық-коммуникациялық құзыреттілігі бар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Обеспечивает качественное и своевременное составление, достоверность и сдачу в установленном порядке отчетной документации.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Есептік құжаттаманың сапалы және уақтылы дайындалуын, сенімділігін және белгіленген тәртіпте жеткізілуін қамтамасыз етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      2. Должен знать:</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Білуге ​​тиіс:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...21 lines deleted...]
-        <w:t>Конституцию Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Конституциясы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...21 lines deleted...]
-        <w:t>Трудовой Кодекс Республики Казахстан.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Еңбек кодексі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...21 lines deleted...]
-        <w:t xml:space="preserve">Законы Республики Казахстан "Об образовании", "О статусе педагога", "О противодействии коррупции" и другие нормативные правовые акты, определяющие направления и перспективы развития образования. </w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының «Білім туралы», «Педагог мәртебесі туралы», «Сыбайлас жемқорлыққа қарсы күрес туралы» заңдары және білім беруді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дамытудың бағыттары мен перспективаларын айқындайтын басқа да нормативтік құқықтық актілер.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">      Основы педагогики и психологии.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагогика және психология негіздері.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> жаңғыру", "Образование, основанное на ценностях" и другие нормативные правовые акты, определяющие направления и перспективы развития образования.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Рухани жаңғыру», «Құндылықтарға негізделген білім» бағдарламасын және білім беруді дамытудың бағыттары мен келешегін айқындайтын басқа да нормативтік құқықтық актілерді жүзеге асыру жағдайында білім берудің тұжырымдамалық негіздері.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...21 lines deleted...]
-        <w:t>Государственные общеобязательные стандарты образования.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік жалпыға міндетті білім беру стандарттары.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Достижения педагогической науки и практики.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагогика</w:t>
+      </w:r>
+      <w:r w:rsidR="00504DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғылымы мен практикасының жетістіктері.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Основы экономики, финансово-хозяйственной деятельности.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Экономика</w:t>
+      </w:r>
+      <w:r w:rsidR="00504DE9" w:rsidRPr="00504DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00504DE9" w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>негіздері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, қаржы-шаруашылық қызмет</w:t>
+      </w:r>
+      <w:r w:rsidR="00504DE9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="005C40EE" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      Правила по безопасности и охране труда, противопожарной защиты, санитарные правила и нормы.</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қауіпсіздік және еңбекті қорғау ережелері, өрттен қорғау, санитарлық ережелер мен нормалар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="0015611F" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0015611F">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      3. Требования к квалификации:</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Біліктілік талаптары:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="0015611F" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="00820180" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0015611F">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">      высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку, стаж педагогической работы не менее 5 лет;</w:t>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиiстi бейiн бойынша жоғары және (немесе) жоғары оқу орнынан кейiнгi педагогикалық немесе өзге де кәсiптiк бiлiмi немесе педагогикалық қайта даярлауды, педагогикалық өтiлi кемiнде 5 жылды растайтын құжат;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="0015611F" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00820180" w:rsidRPr="005C40EE" w:rsidRDefault="00820180" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0015611F">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогикалық қызметті жүзеге асыру кезінде – қосымша «</w:t>
+      </w:r>
+      <w:r w:rsidR="00674116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – сара</w:t>
+      </w:r>
+      <w:r w:rsidR="00674116">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пшы» біліктілігі немесе «педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00820180">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– зерттеуші» немесе «оқытушы – магистр» болуы.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="005704FF" w:rsidRPr="005704FF" w:rsidRDefault="005704FF" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="005704FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidR="000B4D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды қабылдау мерзімі 2022 жылғы 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005704FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="000B4D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005704FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="000B4D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>паннан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005704FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бастап </w:t>
+      </w:r>
+      <w:r w:rsidR="000B4D37">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005704FF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпанды қоса алғанда.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00CD4F61" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="005704FF" w:rsidRPr="005C40EE" w:rsidRDefault="005704FF" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="both"/>
+        <w:ind w:firstLine="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD4F61">
+      <w:r w:rsidRPr="005704FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00080043">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжат</w:t>
+      </w:r>
+      <w:r w:rsidR="000B4D37">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00080043" w:rsidRPr="00CD4F61">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тарды қарау мерзімі 2022 жылғы 12 ақпаннан бастап 2022 жылғы 17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005704FF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> февраля 2022 года включительно.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпанды қоса алғанда.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B80932" w:rsidRPr="00CD4F61" w:rsidRDefault="006F6292" w:rsidP="00EB5612">
+    <w:p w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidRDefault="002163E9" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD4F61">
-[...52 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00A064F5" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="002163E9" w:rsidRPr="00383672" w:rsidRDefault="00383672" w:rsidP="005C40EE">
       <w:pPr>
         <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00383672">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383672" w:rsidRPr="005C40EE" w:rsidRDefault="00383672" w:rsidP="005C40EE">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A064F5">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:bookmarkStart w:id="0" w:name="z162"/>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  1) осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383672" w:rsidRPr="005C40EE" w:rsidRDefault="00383672" w:rsidP="005C40EE">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z163"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383672" w:rsidRPr="005C40EE" w:rsidRDefault="00383672" w:rsidP="005C40EE">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z164"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383672" w:rsidRPr="005C40EE" w:rsidRDefault="005C40EE" w:rsidP="005C40EE">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z165"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="00383672" w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00383672" w:rsidRPr="005C40EE" w:rsidRDefault="00383672" w:rsidP="005C40EE">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z166"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) еңбек қызметін растайтын құжаттың көшірмесі (бар болса);</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00383672" w:rsidRPr="005C40EE" w:rsidRDefault="00383672" w:rsidP="005C40EE">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t>Перечень документов:</w:t>
+      <w:bookmarkStart w:id="5" w:name="z167"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00383672" w:rsidRPr="005C40EE" w:rsidRDefault="00383672" w:rsidP="005C40EE">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      <w:bookmarkStart w:id="6" w:name="z168"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) психоневрологиялық ұйымнан анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00383672" w:rsidRPr="005C40EE" w:rsidRDefault="00383672" w:rsidP="005C40EE">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      <w:bookmarkStart w:id="7" w:name="z169"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) наркологиялық ұйымнан анықтама;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00383672" w:rsidRPr="005C40EE" w:rsidRDefault="00383672" w:rsidP="005C40EE">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      <w:bookmarkStart w:id="8" w:name="z170"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – </w:t>
+      </w:r>
+      <w:r w:rsidR="00504DE9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҚБТ</w:t>
+      </w:r>
+      <w:r w:rsidR="00B04B32" w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00383672" w:rsidRDefault="00383672" w:rsidP="005C40EE">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
+        <w:ind w:firstLine="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...5 lines deleted...]
-        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      <w:bookmarkStart w:id="9" w:name="z171"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) 11-қосымшаға сәйкес </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогтің бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидаттың толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ағалау парағы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00383672" w:rsidRDefault="00383672" w:rsidP="00383672">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EB5612">
-[...156 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z173"/>
+      <w:bookmarkEnd w:id="9"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5575"/>
         <w:gridCol w:w="4093"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0033477B" w:rsidTr="001C21BD">
+      <w:tr w:rsidR="00FA6327" w:rsidTr="00BC6E84">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5575" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>назначения на должности,</w:t>
+              <w:t xml:space="preserve">ұйымдарының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>освобождения от должностей</w:t>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>первых руководителей</w:t>
+              <w:t>лауазымға тағайындау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и педагогов государственных</w:t>
+              <w:t>лауазымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>организаций образования</w:t>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0033477B" w:rsidTr="001C21BD">
+      <w:tr w:rsidR="00FA6327" w:rsidTr="00BC6E84">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5575" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0033477B" w:rsidTr="001C21BD">
+      <w:tr w:rsidR="00FA6327" w:rsidTr="00BC6E84">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5575" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4093" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
+              <w:t xml:space="preserve">конкурс жариялаған </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(государственный орган,</w:t>
-[...9 lines deleted...]
-              <w:t>объявивший конкурс)</w:t>
+              <w:t>орган</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
-[...20 lines deleted...]
-    <w:p w:rsidR="0033477B" w:rsidRDefault="00997511" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">     </w:t>
-[...6 lines deleted...]
-        <w:t>Ф.И.О. кандидата (при его наличии), ИИН</w:t>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t xml:space="preserve">       кандидаттың Т.А.Ә. (болған жағдайда), ЖСН </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(должность, место работы)</w:t>
+        <w:t xml:space="preserve">____________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t xml:space="preserve">       (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
+        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
+        <w:t xml:space="preserve">__________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
-[...37 lines deleted...]
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________</w:t>
-[...6 lines deleted...]
-        <w:t>_______________________________</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>На</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тұратын </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> телефоны</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z229"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>наименование организаций образования, адрес (область, район, город\село)</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос/уақытша бос </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ға орналасуға арналған конкурсқа жіберуіңізді сұраймын (керегінің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>астын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сызу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>В настоящее время работаю</w:t>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________________</w:t>
-[...6 lines deleted...]
-        <w:t>_______________________________</w:t>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру ұйымдарының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қала / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>должность, наименование организации, адрес (область, район, город\село)</w:t>
+        <w:t xml:space="preserve">       Қазіргі уақытта жұмыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>істеймін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Сообщаю о себе следующие сведения:</w:t>
+        <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Образование: высшее или послевузовское</w:t>
-      </w:r>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ұйымның </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>облыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аудан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, қала / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ауыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Өзім </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мынадай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мәліметтерді </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хабарлаймын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жоғары </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3565"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3581"/>
+        <w:gridCol w:w="3545"/>
+        <w:gridCol w:w="2549"/>
+        <w:gridCol w:w="3600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0033477B" w:rsidTr="006F351D">
+      <w:tr w:rsidR="00FA6327" w:rsidTr="00EF3639">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Наименование учебного заведения</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Оқу орнының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атауы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Период обучения</w:t>
+              <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Специальность по диплому</w:t>
+              <w:t xml:space="preserve">Диплом </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мамандығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0033477B" w:rsidTr="006F351D">
+      <w:tr w:rsidR="00FA6327" w:rsidTr="00EF3639">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4518" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3262" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4520" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00EF3639">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00FA6327">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санатының </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>берген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (растаған) күні):____________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Педагогикалық жұмыс өтілі:________________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Келесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс нәтижелерім бар:_____________________________________________ </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наградалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, атақтары, дәрежесі, ғылыми дәрежесі, ғылыми атағы, сондай-ақ қосымша мәліметтері (болған жағдайда) </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z335"/>
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00F354C1" w:rsidRDefault="00F354C1" w:rsidP="00383672">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="00EF0727">
-[...31 lines deleted...]
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="0033477B" w:rsidRPr="0007151C" w:rsidRDefault="0033477B" w:rsidP="0033477B">
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
       <w:pPr>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA6327" w:rsidRDefault="00FA6327" w:rsidP="00383672">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FA6327" w:rsidRPr="00F354C1" w:rsidRDefault="00FA6327" w:rsidP="00383672">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="002163E9" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5947"/>
-        <w:gridCol w:w="3862"/>
+        <w:gridCol w:w="5902"/>
+        <w:gridCol w:w="3907"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0033477B" w:rsidTr="006F351D">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="00EF3639">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
             <w:pPr>
               <w:jc w:val="center"/>
-            </w:pPr>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемлекеттік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>інші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>басшылары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагогтерін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лауазымға тағайындау,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лауазымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>босату</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қағидаларына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="00EF3639">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...4 lines deleted...]
-          <w:p w:rsidR="0033477B" w:rsidRDefault="0033477B" w:rsidP="006F351D">
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...153 lines deleted...]
-            </w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="007B2743">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...180 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z231"/>
+      <w:r w:rsidRPr="0016220A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагогтің </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0016220A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016220A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016220A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> уақытша бос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0016220A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0016220A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0016220A">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кандидаттың бағалау парағы ____________________________________________________________  (Т.Ә.А. (болған жағдайда))</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9915" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...4 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="843"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4028"/>
+        <w:gridCol w:w="546"/>
+        <w:gridCol w:w="2296"/>
+        <w:gridCol w:w="2073"/>
+        <w:gridCol w:w="1865"/>
+        <w:gridCol w:w="2914"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="007B2743">
         <w:trPr>
-          <w:trHeight w:val="1039"/>
+          <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...14 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="0050793A" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...1 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...16 lines deleted...]
-              <w:t>Критерии</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="0050793A" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Подтверждающий документ </w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="0050793A" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...1 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...21 lines deleted...]
-              <w:ind w:right="283" w:firstLine="851"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Балл саны</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...16 lines deleted...]
-              <w:t>(от 1 до 20)</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(1-ден 20-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...19 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...21 lines deleted...]
-              <w:t>Уровень образования</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...18 lines deleted...]
-              <w:t>Диплом об образовании</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Техникалық және кәсі</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E7064E">
-[...7 lines deleted...]
-              <w:t>Техническое</w:t>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пт</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E7064E">
-[...15 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ік = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жоғары күндізгі = 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жоғары </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сырттай</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / қашықтықтан оқыту = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">жоғары </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>білім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үзді</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E7064E">
-[...7 lines deleted...]
-              <w:t>Высшее</w:t>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E7064E">
-[...113 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом = 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...19 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...21 lines deleted...]
-              <w:t>Ученая/академическая степень</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="0016220A" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ғылыми</w:t>
+            </w:r>
+            <w:r w:rsidR="007B2743" w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/ академиялық дәрежесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диплом</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="13" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="13"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...47 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Магистр </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жоғары </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>імі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>маман</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...28 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>PHD-докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...28 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылым </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ғылым кандидаты = 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00A35720" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...9 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="0016220A" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...7 lines deleted...]
-            </w:r>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...22 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ұлттық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>біліктілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...16 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...18 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Педагог" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мазмұны </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90-ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістеме және педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50-ге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">50-ден 60-қа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70-ке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Педагог-модератор" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...32 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мазмұны </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-ден 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістеме және педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...15 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мазмұны </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістеме және педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...21 lines deleted...]
-            <w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...78 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мазмұны </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...68 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...68 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...22 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=8 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=9 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдістеме және педагогика </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...42 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=0 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">40 - тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=4 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ға дейін=6 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іктілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...3084 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...9 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="0016220A" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidR="007B2743" w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...36 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Санаты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...32 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Куәлік, өзге де құжат</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2 санат-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...28 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жоғары санатты-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-модератор-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...28 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...28 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педаго</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>г-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>зерттеуші</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 7 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагог-шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...9 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="0016220A" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidR="007B2743" w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...21 lines deleted...]
-              <w:t>Стаж педагогической деятельности</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагогикалық қызмет өтілі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...38 lines deleted...]
-              <w:t>заменяющий трудовую деятельность</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">еңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / еңбек қызметін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...28 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...28 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 1,5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...28 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ға </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дейін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> балла</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>одан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> артық = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...9 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="0016220A" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidR="007B2743" w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...21 lines deleted...]
-              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әкімшілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әне әдістемелік </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қызмет тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...38 lines deleted...]
-              <w:t>заменяющий трудовую деятельность</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">еңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / еңбек қызметін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...28 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әдіскер= 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...22 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орынбасары=</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...21 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...38 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>директор = 5 балл</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...9 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="0016220A" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidR="007B2743" w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...43 lines deleted...]
-              <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жұмысқа алғаш </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагогтар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...18 lines deleted...]
-              <w:t>Приложение к диплому об образовании</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>туралы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дипломға қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...28 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Педагогикалық/кәсі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ік практика нәтижелері</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> балла</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"өте жақсы" = 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"жақсы" = 0,5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="008878B0" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...9 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="0016220A" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
-            <w:r w:rsidRPr="008878B0">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidR="007B2743" w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="008878B0" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...42 lines deleted...]
-              <w:t>(при осуществлении трудовой деятельности)</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Алдыңғы жұмыс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұсыныс хат (еңбек қызметін жүзеге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кезінде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="008878B0" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...18 lines deleted...]
-              <w:t>письмо</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Хат </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="008878B0" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оң ұсыныс хаттың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...14 lines deleted...]
-              <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұсыныс хаттың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...9 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="0016220A" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidR="007B2743" w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...21 lines deleted...]
-              <w:t>Показатели профессиональных достижений</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Кәсіби жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>іктердің көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...48 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...29 lines deleted...]
-              <w:t>- государственная награда</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алушылардың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жеңімпаздарының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, ғылыми </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жобалары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- мұғ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">імдер мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жеңімпаздарының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ғылыми жобалар-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>олимпиадалар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен конкурстардың жүлдегерлері-3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" конкурсының қатысушысы-1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог" конкурсының жүлдегері – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...80 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>медаль "Қазақстанның еңбек сіңірген ұстазы" - 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...9 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="0016220A" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...6 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...6 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidR="007B2743" w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...21 lines deleted...]
-              <w:t>Методическая деятельность</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Әдістемелік қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...19 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- авторлық жұмыстар және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқулықтардың және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тең авторы – 5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>РОӘК</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқулықтардың және (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) ОӘК авторы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>немесе</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тең авторы</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...5 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>БҒ</w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E7064E">
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ССҚЕК</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...5 lines deleted...]
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Scopus</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...29 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ғылыми-зерттеу қызметі </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жарияланымның </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>болуы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00A35720" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...20 lines deleted...]
-              </w:rPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...21 lines deleted...]
-              <w:t>Общественно-педагогическая деятельность</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>педагогикалық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...51 lines deleted...]
-              <w:t>полиязычия</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- көшбасшылық</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- кө</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>пт</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ілділікті жүзеге </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>асыру</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-            <w:pPr>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тәлімгер-0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...48 lines deleted...]
-            <w:pPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>әсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...32 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту, орыс/қазақ – 2 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E7064E">
-[...41 lines deleted...]
-            <w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>, шетел/қазақ – 3 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...136 lines deleted...]
-              <w:t xml:space="preserve"> баллов</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту (қазақ, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>орыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="0016220A">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="843" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="546" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00A35720" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...19 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-              <w:t>2.</w:t>
+            <w:r w:rsidR="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2351" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1297" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> подготовка</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Курстық дайындық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...136 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әндік дайындық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...17 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>- цифрлық сауаттылық сертификаты,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ҚАЗТЕСТ,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> IELTS; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> TOEFL; </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>DELF;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E7064E">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00E7064E">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Zertifikat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00E7064E">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, "Python-да бағдарламалау </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>", "</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00E7064E">
-[...7 lines deleted...]
-              <w:t>обучение по программам</w:t>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Microsoft-пен ж</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00E7064E">
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұмыс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту" бағдарламалары </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>бойынша</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4028" w:type="dxa"/>
+            <w:tcW w:w="2884" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...186 lines deleted...]
-              <w:t xml:space="preserve"> (каждый отдельно)</w:t>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">НЗМ ПШО, "Өрлеу" </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>– 0,5 балл</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="0016220A">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>курстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - 0,5 балл (ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қайсысы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>жеке</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EB5612" w:rsidRPr="00D96B2A" w:rsidTr="00751D02">
+      <w:tr w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidTr="007B2743">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3194" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00E7064E" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...1 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...16 lines deleted...]
-              <w:t>Итого:</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6721" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB5612" w:rsidRPr="00161958" w:rsidRDefault="00EB5612" w:rsidP="00E652D7">
-[...1 lines deleted...]
-              <w:ind w:firstLine="851"/>
+          <w:p w:rsidR="007B2743" w:rsidRPr="0016220A" w:rsidRDefault="007B2743" w:rsidP="00EF3639">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Calibri"/>
-[...24 lines deleted...]
-              <w:t>83</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0016220A">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EB5612" w:rsidRPr="006944B9" w:rsidRDefault="0003275D" w:rsidP="00EB5612">
-[...36 lines deleted...]
-    <w:p w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidRDefault="00EB5612" w:rsidP="00EB5612">
+    <w:p w:rsidR="00F354C1" w:rsidRPr="005C40EE" w:rsidRDefault="007B2743" w:rsidP="00E935DB">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0016220A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00E935DB" w:rsidRPr="00E935DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="00F354C1" w:rsidRPr="005C40EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Осы Қағидалардың 107-тармағында көрсетілген құжаттардың біреуінің болмауы құжаттарды кандидатқа қайтару үшін негіз болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00EB5612" w:rsidRPr="00EB5612" w:rsidSect="00751D02">
+    <w:p w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidRDefault="002163E9" w:rsidP="002E6155">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="002163E9" w:rsidRPr="005C40EE" w:rsidSect="005C40EE">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="567" w:bottom="851" w:left="1560" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="709" w:right="567" w:bottom="709" w:left="1560" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="roman"/>
-[...1 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="697B5177"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50566158"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:strike w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1931" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2651" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3371" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4091" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4811" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5531" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6251" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6971" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00112555"/>
+    <w:rsidRoot w:val="001F7A5A"/>
+    <w:rsid w:val="000261A7"/>
     <w:rsid w:val="00031184"/>
-    <w:rsid w:val="0003275D"/>
-[...4 lines deleted...]
-    <w:rsid w:val="001C6678"/>
+    <w:rsid w:val="0008653A"/>
+    <w:rsid w:val="000B4D37"/>
+    <w:rsid w:val="000F60E1"/>
+    <w:rsid w:val="0010010C"/>
+    <w:rsid w:val="001259A3"/>
+    <w:rsid w:val="0015323D"/>
+    <w:rsid w:val="0016220A"/>
+    <w:rsid w:val="001F4003"/>
+    <w:rsid w:val="001F7A5A"/>
     <w:rsid w:val="00203435"/>
-    <w:rsid w:val="002C0757"/>
-[...3 lines deleted...]
-    <w:rsid w:val="003C06AF"/>
+    <w:rsid w:val="002163E9"/>
+    <w:rsid w:val="00292993"/>
+    <w:rsid w:val="002D1725"/>
+    <w:rsid w:val="002E6155"/>
+    <w:rsid w:val="00383672"/>
+    <w:rsid w:val="00391103"/>
     <w:rsid w:val="003F0BE1"/>
-    <w:rsid w:val="00401CED"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00563F3E"/>
+    <w:rsid w:val="00411100"/>
+    <w:rsid w:val="00466B7F"/>
+    <w:rsid w:val="004F4C07"/>
+    <w:rsid w:val="00504DE9"/>
+    <w:rsid w:val="0056189F"/>
+    <w:rsid w:val="00563B1D"/>
+    <w:rsid w:val="005704FF"/>
+    <w:rsid w:val="00573B54"/>
+    <w:rsid w:val="005762B6"/>
+    <w:rsid w:val="005C40EE"/>
+    <w:rsid w:val="005D4E48"/>
+    <w:rsid w:val="00623963"/>
+    <w:rsid w:val="0062557D"/>
+    <w:rsid w:val="00674116"/>
     <w:rsid w:val="0067585C"/>
-    <w:rsid w:val="006F6292"/>
-[...15 lines deleted...]
-    <w:rsid w:val="00FB3706"/>
+    <w:rsid w:val="006C67A6"/>
+    <w:rsid w:val="006D6447"/>
+    <w:rsid w:val="00722152"/>
+    <w:rsid w:val="007B2743"/>
+    <w:rsid w:val="0080461B"/>
+    <w:rsid w:val="00820180"/>
+    <w:rsid w:val="00B04B32"/>
+    <w:rsid w:val="00B3657E"/>
+    <w:rsid w:val="00B4218A"/>
+    <w:rsid w:val="00B94855"/>
+    <w:rsid w:val="00BC6E84"/>
+    <w:rsid w:val="00C00386"/>
+    <w:rsid w:val="00C54F68"/>
+    <w:rsid w:val="00C81C04"/>
+    <w:rsid w:val="00CC2E96"/>
+    <w:rsid w:val="00CC65BF"/>
+    <w:rsid w:val="00CD7AC4"/>
+    <w:rsid w:val="00D378E6"/>
+    <w:rsid w:val="00DA3A83"/>
+    <w:rsid w:val="00E67392"/>
+    <w:rsid w:val="00E935DB"/>
+    <w:rsid w:val="00EB63DB"/>
+    <w:rsid w:val="00EF3639"/>
+    <w:rsid w:val="00F354C1"/>
+    <w:rsid w:val="00F44E56"/>
+    <w:rsid w:val="00F573E1"/>
+    <w:rsid w:val="00F631B1"/>
+    <w:rsid w:val="00FA6327"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -10782,51 +11179,51 @@
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
@@ -10896,119 +11293,220 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB5612"/>
+    <w:rsid w:val="00466B7F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
-    <w:uiPriority w:val="1"/>
+    <w:link w:val="a4"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB5612"/>
+    <w:rsid w:val="001259A3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB63DB"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="0010010C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CD4F61"/>
+    <w:rsid w:val="00CC2E96"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CC2E96"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
+    <w:name w:val="y2iqfc"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00CC2E96"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007B2743"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007B2743"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC6E84"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD4F61"/>
+    <w:rsid w:val="00BC6E84"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
@@ -11020,51 +11518,51 @@
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
@@ -11134,137 +11632,436 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB5612"/>
+    <w:rsid w:val="00466B7F"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
-    <w:uiPriority w:val="1"/>
+    <w:link w:val="a4"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB5612"/>
+    <w:rsid w:val="001259A3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00EB63DB"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Без интервала Знак"/>
+    <w:link w:val="a3"/>
+    <w:locked/>
+    <w:rsid w:val="0010010C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="HTML0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00CD4F61"/>
+    <w:rsid w:val="00CC2E96"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00CC2E96"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
+    <w:name w:val="y2iqfc"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00CC2E96"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007B2743"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="007B2743"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BC6E84"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a4"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00CD4F61"/>
+    <w:rsid w:val="00BC6E84"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="110636527">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="202792266">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="929779090">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="940382288">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="997223941">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1752191868">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1055272573">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1333991259">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1515219397">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1586770177">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1726875927">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1736394763">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1775204496">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2089569136">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2100976619">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11508,91 +12305,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10286</Characters>
+  <Pages>8</Pages>
+  <Words>1682</Words>
+  <Characters>9592</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>79</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12066</CharactersWithSpaces>
+  <CharactersWithSpaces>11252</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Мадина Алиханкызы</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>