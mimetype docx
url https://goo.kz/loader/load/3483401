--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,14708 +1,19976 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="005F3BF4" w:rsidRPr="004A0DF2" w:rsidRDefault="0031165C" w:rsidP="0031165C">
-[...1 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...4 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>АЛГОРИТМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">действий сотрудников, обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...14 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:t xml:space="preserve">и воспитанников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>организаций образования при возникновении чрезвычайных ситуаций техногенного характера и угрозы совершения акта терроризма</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...22 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...11 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="00476A23">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...104 lines deleted...]
-      <w:pPr>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Настоящий алгоритм действий сотрудников, обучающихся и воспитанников организаций образования при возникновении чрезвычайных ситуаций техногенного характера и угрозы совершения акта терроризма (далее – Алгоритм) разработан с целью управления мероприятиями по повышению устойчивости функционирования организаций образования в случаях возникновения чрезвычайных ситуаций техногенного характера и угрозы совершения акта терроризма и направлен на их предупреждение и ликвидацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предупреждением </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>террористических угроз является комплекс мероприятий, направленных на сохранение жизни и здоровья людей, максимально уменьшение риска осуществления террористической угрозы и минимизацию совершения акта терроризма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Принятие комплекса мероприятий по подготовке к проведению аварийно-спасательных и неотложных работ в зоне чрезвычайных ситуаций техногенного характера направлено на обеспечение устойчивости функционирования организаций образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае совершения акта терроризма руководители и сотрудники организаций образования обязаны незамедлительно информировать правоохранительные и специальные органы о совершенном акте терроризма и обеспечить эвакуацию персонала организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При организации работы по предупреждению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">возникновения угрозы совершения акта терроризма важно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">особое внимание уделять предотвращению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>свободного проникновения на объекты и к уязвимым участкам (участкам, оборудованию) посторонних лиц, что, исключит возможность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доставки террористических средств, а также вывод из строя аппара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туры контроля, автоматики, средств связи и т.п.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основными признаками возможной подготовки и осуществления тер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рористической деятельности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1214"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- появление лиц, в поведении которых усматривается изучение обстановки в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">близлежащем окружении объекта возможной террористической атаки, повышенный или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>неадекватно мотивированный интерес к определенным аспектам в его деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1118"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- неоднократное появление подозрительных лиц у выбранных объектов и проведение ими фото - и видеосъемки и т. п.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1133"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- необоснованное вступление в контакт с персоналом и </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с лицами, обеспечивающими безопасность объекта,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выведывание у них режима работы, порядка доступа, обеспечения безопасности и т. д.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1133"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проникновение в подвалы и на чердаки лиц, которые не имеют </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">отношения к их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>техническому обслуживанию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1133"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наличие у посторонних посетителей (лиц, вызывающих подозрение) документов, проверка которых охраной на входе в здание </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>объекта не дает информации, о личности предъявителя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1147"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- сообщение администрации и персоналу объекта ложной информации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- изучение уязвимых участков и порядка доступа к ним, порядка сис</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>темы пропускного режима и охраны объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На основе заблаговременного анализа типовых сценариев </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">террористической атаки важно </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с целью их изменения в благоприятную, положи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тельную сторону в каждой фазе развития чрезвычайных ситуаций разработать и в режиме реального времени реализовать комплекс мероприятий, позволяющих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эффективно влиять на конкретные исходную, промежуточную и заклю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">чительную ситуации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предварительные проработки различных ситуаций позволят сформировать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алгоритм действий сотрудников и обучающихся организаций образования при возникновении угрозы совершения акта терроризма, в том числе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ад</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ресных инструкций и памяток, регулирующих действия в типичных экс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тремальных ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Ответственность за выполнение мероприятий по обеспечению антитеррористической защищённости организаций образования возлагается на их руководителей в пределах компетенции, установленной Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Мероприятия по предупреждению чрезвычайных ситуаций техногенного характера проводятся с учетом вероятности их возникновения и возможного ущерба от них.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Выполнение мероприятий по предупреждению чрезвычайных ситуаций техногенного характера возлагается на руководителей организаций образования в пределах их компетенции, установленной Законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 2. Порядок действий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудников,  обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t xml:space="preserve">и воспитанников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при возникновении угрозы совершения акта терроризма в здании и на ее территории</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Порядок систематизирует и синхронизирует действий сотрудников, педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Техногендік сипаттағы төтенше жағдайлар аймағында авариялық-құтқару және кезек күттірмейтін жұмыстарды жүргізуге дайындық жөніндегі іс-шаралар кешенін қабылдау білім беру ұйымдарының тұрақты жұмыс істеуін қамтамасыз етуге бағытталған.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, в том числе предусматривает оповещение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при возникновении угрозы совершения акта терроризма в организации образования и на ее территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1214"/>
+          <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данный порядок руководителем организации образования должен быть доведен до каждого сотрудника, педагога, обучающегося и родителя (законного представителя).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Цель Алгоритма - помочь администрации организации образования и педагогическому коллективу максимально эффективно и быстро сориентироваться и среагировать на экстремальную и чрезвычайную ситуацию террористического характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Основанием для принятия немедленных действий при возникновении угрозы совершения акта терроризма в организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - обнаружение кем-либо из сотрудников, педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2.Терроризм актісі жасалған жағдайда білім беру ұйымдарының басшылары мен қызметкерлері жасалған терроризм актісі туралы Құқық қорғау және арнайы органдарға дереу хабарлауға және білім беру ұйымының персоналын эвакуациялауды қамтамасыз етуге міндетті.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0031165C" w:rsidRPr="004A0DF2" w:rsidRDefault="0031165C" w:rsidP="0031165C">
+        <w:t xml:space="preserve"> или воспитанника </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>подозрительного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>оступление угрозы по телефону или в письменном виде в организацию образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- вооруженное нападение на сотрудников, педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - захват террористами в заложники сотрудников, педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и воспитанников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и/или в здании организации или на е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> территории;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- атака организации образования террористом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1214"/>
+          <w:tab w:val="left" w:pos="-2977"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. В вышеперечисленных случаях р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уководство организации образования незамедлительно сообщает о случившемся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- на канал «102» органов внутренних дел, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>единую дежурно-диспетчерскую службу «112»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="-2977"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- руководителю органа (отдела) образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00476A23" w:rsidP="00CC2CB3">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Параграф 1</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Обнаружение подозрительного предмета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Подозрительным предметом понимаются бесхозная сумка, пакет, ящик, коробка, игрушка с торчащими проводами, издающего подозрительные звуки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(щелчки, тикание и др.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и необычные запахи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(миндаля, хлора, аммиака).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Данный предмет может оказаться взрывным устройством, или начиненным отравляющими химическими веществами (ОХВ), биологическими агентами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(возбудителями опасных инфекций, типа сибирской язвы, натуральной оспы, туляремии и др.) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пакетом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00476A23" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0DF2">
-[...4 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Осы жұмысты ұйымдастыру кезінде бөгде адамдардың объектілерге және осал учаскелерге (аймақтарға, жабдықтарға) еркін кіру мүмкіндігін болдырмауға ерекше назар аудару қажет, бұл, сөзсіз, Террористік құралдарды жеткізу мүмкіндігін, сондай-ақ бақылау, автоматика, байланыс аппаратурасының істен шығуын және т. б. болдырмайды.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="0031165C" w:rsidRPr="004A0DF2" w:rsidRDefault="0031165C" w:rsidP="0031165C">
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Л</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ицам, обнаружившим опасный или подозрительный предмет обязаны незамедлительно сообщить на канал «102» органов внутренних дел или единую дежурно-диспетчерскую службу «112»</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в случае, если это воспитанник или обучающийся, то воспитателю или классному руководителю</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и до прибытия сил экстренного реагирования находиться на безопасном расстоянии от предмета и быть готовым дать показания, касающиеся случившегося</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00476A23" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- выставить оцепление из числа постоянных сотрудников организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1214"/>
+          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- обеспечить беспрепятственный подъезд к месту обнаружения опасного или подозрительного предмета служб </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экстренного реагирования (подразделения </w:t>
+      </w:r>
+      <w:r w:rsidR="00737FAA" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органов </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутренних дел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, службы скорой медицинской помощи, пожарные расчеты, оперативно–спасательные службы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- принять меры по эвакуации обучающихся и сотрудников организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00476A23" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0DF2">
-[...4 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Террористік іс-әрекетті ықтимал дайындау мен жүзеге асырудың негізгі белгілері:</w:t>
-[...10 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t>- сообщить администрации организации образования (по телефону) и в здание никого не допускать (до их прибытия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- мінез-құлқында ықтимал террористік шабуыл объектісінің жақын ортасындағы жағдайды зерделеу, оның қызметіндегі белгілі бір аспектілерге жоғары немесе жеткіліксіз уәжделген қызығушылық байқалатын адамдардың пайда болуы;</w:t>
-[...10 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- перевести обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t>, воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на безопасное расстояние от подозрительного предмета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(не ближе 100 м), не приближаться, не трогать, не вскрывать и не перемещать находку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- таңдалған объектілерде күдікті тұлғалардың бірнеше рет пайда болуы және олардың фото және бейнетүсірілім жүргізуі және т. б.;</w:t>
-[...10 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- лицам, обнаружившим подозрительный предмет, до прибытия сил экстренного реагирования находиться на безопасном расстоянии и быть готовым дать показания, касающиеся случившегося</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- опросить окружающих с целью установления возможного владельца бесхозного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- воздержаться от использования средств радиосвязи, в том числе и сотового телефона, вблизи предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- зафиксировать время и место обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оказать содействие в организации эвакуации обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t xml:space="preserve">, воспитанников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с территории, прилегающей к опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- при необходимости укрыться за предметами, обеспечивающими защиту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(угол здания, колона, толстое дерево, автомашина и т. д.), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вести наблюдение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...6 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- покинуть объект, при невозможности - укрыться за капитальным сооружением и на необходимом удалении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00476A23" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>объектінің қауіпсіздігін қамтамасыз ететін тұлғалармен және</w:t>
-[...6 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> персоналмен негізсіз байланысқа түсу, олардан жұмыс режимін, қол жеткізу тәртібін, қауіпсіздікті қамтамасыз ету және т. б. шығару;</w:t>
-[...10 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- не паниковать, во всем слушать педагогов и сотрудников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t>организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не трогать, не вскрывать и не передвигать подозрительный предмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- при необходимости укрыться за предметами, обеспечивающими защиту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(угол здания, колона, толстое дерево, автомашина и т. д.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- покинуть объект, при невозможности - укрыться за капитальным сооружением и на необходимом удалении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00CC2CB3" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действия </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лиц, обеспечивающих безопасность </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не трогать, не подходить, не передвигать подозрительный предмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- опросить окружающих для установления возможного владельца бесхозного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- воздержаться от использования средств радиосвязи, в том числе и сотового телефона, вблизи данного предмета;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- по возможности зафиксировать время и место обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...11 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00147931" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немедленно сообщить об обнаружении подозрительного предмета на канал «102» органов внутренних дел или единую дежурно-диспетчерскую службу «112»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- бөгде келушілерде (күдік тудыратын адамдарда) объектінің ғимаратына кіре берісте күзетпен тексеру ұсынушының жеке басы туралы ақпарат бермейтін құжаттардың болуы;</w:t>
-[...10 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:t>;|</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- быть готовым описать внешний вид подозрительного предмета, и обстоятельства его обнаружения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не сообщать об угрозе взрыва никому, кроме тех, кому необходимо знать о случившемся, чтобы не создавать панику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обеспечить ограничение доступа посторонних лиц к подозрительному предмету и опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обеспечить организованную эвакуацию людей с территории, прилегающей к опасной зоне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- при необходимости укрыться за предметами, обеспечивающими защиту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(угол здания, колона, толстое дерево, автомашина и т. д.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, вести наблюдение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рекомендуемые зоны эвакуации и оцепления при обнаружении взрывного устройства (ВУ) или предмета, похожего на ВУ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- граната РГД-5 – 50 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- граната Ф-1 – 200 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- тротиловая шашка массой 200 г – 45 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- взрывное устройство – не менее 200 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- пивная банка 0,33 л – 60 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- дипломат (кейс) – 230 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- дорожный чемодан – 350 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0DF2">
-[...4 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- легковая автомашина – не менее 600 м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- жалған ақпарат объектісінің әкімшілігі мен қызметкерлеріне хабарлау;</w:t>
-[...181 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- микроавтобус – 920 м;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- грузовая машина (фургон) – 1240 м.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00CC2CB3" w:rsidP="00CC2CB3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...1757 lines deleted...]
-    <w:p w:rsidR="0031165C" w:rsidRPr="004A0DF2" w:rsidRDefault="0031165C" w:rsidP="0031165C">
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Параграф 2</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Поступление угрозы по телефону в организацию образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="464"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="0031165C" w:rsidRPr="004A0DF2" w:rsidRDefault="0031165C" w:rsidP="0031165C">
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="464"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="0031165C" w:rsidRPr="004A0DF2" w:rsidRDefault="007D015F" w:rsidP="0031165C">
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Телефон является каналом поступления сообщений, содержащих информацию о заложенных взрывных устройствах, о захвате людей в заложники, вымогательстве и шантаже. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Не оставляйте без внимания ни одного подобного сигнала. Постарайтесь дословно запомнить разговор и зафиксировать его  на бумаге. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не распространяйтесь о факте разговора и его содержании, максимально ограничьте число людей, владеющих информацией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия получателя угрозы по телефону (руководитель, сотрудник, педагог, обучающийся):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По ходу разговора отметьте пол, возраст звонившего и особенности его речи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- голос </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(громкий или тихий, низкий или высокий),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- темп речи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(быстрый или медленный),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- произношение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(отчетливое, искаженное, с заиканием, шепелявое,                           с акцентом или диалектом),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- манера речи (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>развязная, с издевкой, с нецензурными выражениями);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важно обратить внимание на звуковой фон </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(шум автомашин или железнодорожного транспорта, звук теле-или радиоаппаратуры, голоса, другое), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">характер звонка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(городской, междугородный).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Необходимо зафиксируйте точное время начала разговора и его продолжительность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В любом случае постарайтесь в ходе разговора получить ответы на следующие вопросы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- куда, кому, по какому телефону звонит данный человек?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- какие конкретные требования он выдвигает?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- выдвигает требования лично или выступает в роли посредника и представляет какую-то группу лиц?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- на каких условиях он или они согласны отказаться от задуманного?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- как и когда с ним можно связаться?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- кому вы можете или должны сообщить об этом звонке?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Постарайтесь добиться от звонящего максимально возможного промежутка времени для принятия вами и руководством школы решений или совершения каких- либо действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По возможности в процессе разговора или немедленно после окончания разговора сообщить на канал «102» органов внутренних дел или единую дежурно-диспетчерскую службу «112» и руководству организации о телефонной угрозе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="475"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="475"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="00147931">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Параграф 3</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Поступление угрозы в письменной форме в организацию образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="173" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="00147931">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="173"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="173" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00147931" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Угрозы в письменной форме могут поступить в организации образовании как по почте, так и в результате обнаружения различного рода анонимных материалов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>записок, надписей, информации на магнитных носителях информации и т.д.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия получателя угрозы в письменной форме (руководитель, сотрудник, педагог, обучающийся):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="173" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>После получения такого документа обращайтесь с ним максимально осторожно. По возможности уберите его в чистый плотно закрываемый полиэтиленовый пакет и поместите в отдельную жесткую папку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="173" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Постарайтесь не оставлять на нем отпечатков своих пальцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="173" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Если документ поступил в конверте - его вскрытие производите только с левой или правой стороны, аккуратно отрезая кромки ножницами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="173" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При этом сохраняйте все: сам документ с текстом, любые вложения, конверт и упаковку - ничего не выбрасывайте.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="173" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не расширяйте круг лиц, знакомившихся с содержанием документа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="475"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>езамедлительно сообщить на канал «102» органов внутренних дел или единую дежурно-диспетчерскую службу «112».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="475"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="475"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="00147931">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="475"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Параграф 4</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Вооруженное нападение на сотрудников, педагогов</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организаций образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00147931" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. При вооруженном нападении на сотрудников, педагогов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> необходимо принять меры для самоизоляции, немедленно покинуть опасную зону, а также сообщить на канал  «102» органов внутренних дел или единую дежурно-диспетчерскую службу «112».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Спрятавшись, дождитесь ухода террористов, и при первой возможности покиньте здание. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- незамедлительное информирование правоохранительных и/или специальных государственных органов о факте и обстоятельствах вооруженного нападения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- организация работы по обеспечению безопасности людей на объекте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(эвакуация, блокирование внутренних барьеров, оповещение о нештатной ситуации на объекте и др.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- взаимодействие с прибывающими силами оперативного штаба по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оцените ситуацию, продумайте четкий план, как вы будете вместе с обучающимися покидать здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- при возможности безопасно эвакуироваться вместе с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитанниками, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимися, покиньте здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оставьте вещи и сумки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не прячьте руки, они должны быть на виду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае отсутствия возможности покинуть здание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- быстро выглянуть из кабинета</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, группы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и направить всех обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, воспитанников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или сотрудников, находящихся в коридоре, в свой кабинет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не впускать в кабинет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, группу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взрослых, которые вам не знакомы или у которых нет пропуска на посещение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- плотно закройте дверь, желательно на ключ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- закрыть окна, опустить или закрыть все жалюзи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- поставить обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у стены так, чтобы злоумышленник не мог видеть их, заглядывая в дверь; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- найти для обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Безопасный угол»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- выключить свет и мониторы компьютеров, сотовые телефоны поставить на беззвучный сигнал;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обеспечить тишину для обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- заполнить лист посещаемости (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перечислить учеников, которых забрали из коридоров (как указано выше),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и составить список обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, которые должны находиться в данном классе, но отсутствуют.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перед выключением света сотрудники должны найти и держать в руках свой журнал посещаемости. Это поможет обеспечить эвакуацию всех учащихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случае необходимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="105" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся находящихся в спортивном зале, необходимо перевести в раздевалку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> запереть все двери, найти безопасное место и выключить свет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="108" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся, находящихся в столовых, необходимо передислоцировать в ближайшие классы и выключить свет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="108" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- сотрудники </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающиеся, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">воспитанники </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">находящиеся вне здания </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,  должны добежать в ближайшее безопасное место, остановиться, упасть и не двигаться;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="108" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- сотрудники и обучающиеся, которые находятся в туалетах должны закрыть кабинку и выключить свет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="108" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- все, кто находится в коридоре, должны немедленно перейти в ближайший класс и выключить свет; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="108" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- медицинские работники, работники столовой, вспомогательный персонал должны оставаться в помещении, в котором они находятся, закрыть двери и выключить свет; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="108" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- обучающиеся и сотрудники библиотеки должны оставаться в библиотеке. Библиотекари должны запереть двери,  найти для детей и для себя безопасное место и выключить свет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="105" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оставайтесь в безопасных местах до распоряжения руководителя. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не паниковать, во всем слушать сотрудников и педагогов школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- незаметно покинуть объект, при невозможности - укрыться в безопасном месте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- по возможности информировать любым способом правоохранительные и/или специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="105" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Оставайтесь в безопасных местах до распоряжения руководителя или педагогов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действия </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лиц, обеспечивающих безопасность </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- выявить вооруженного злоумышленника; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- по возможности блокировать его продвижение к местам массового пребывания людей на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- информировать любым способом руководство объекта, правоохранительные и/или специальные государственные органы о факте вооруженного нападения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- принять меры к обеспечению безопасности людей на объекте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(эвакуация, блокирование внутренних барьеров и др.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="475"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="475"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="00147931">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Параграф 5</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Захват заложников в организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>23</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Организация образования</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>может</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стать</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местом</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>захвата</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>удержания</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заложников,</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">этом преступники могут добиваться достижения своих целей или получения выкупа. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="590"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- незамедлительное информирование правоохранительных и/или специальных государственных органов о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>захвате сотрудников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, педагогов и обучающихся в заложнике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- пытаться выяснить требования захватчиков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обеспечить взаимодействие с прибывающими силами оперативного штаба по борьбе с терроризмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="590"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать защиту находящихся рядом обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, воспитанников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. По возможности предотвратить их попадание в заложники, незаметно вывести из здания или укрыться в помещении, заблокировать дверь, продержаться до прибытия сотрудников правопорядка или возможности безопасности покинуть здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- по возможности информировать любым доступным способом и при условии гарантированного обеспечения собственной безопасности правоохранительные и/или специальные государственные органы об обстоятельствах захвата заложников и злоумышленниках (количество, вооружение, оснащение, возраст, клички, национальность и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- не паниковать, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сохранять выдержку и самообладание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="783"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="-1" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- старайтесь найти безопасное место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="783"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="-1" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>омните, что получив сообщение о вашем захвате, спецслужбы уже начали действовать и предпримут все необходимое для вашего освобождения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="656"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="-1" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не допускать действий, которые могут спровоцировать нападающих к применению оружия и привести к человеческим жертвам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="-1" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- переносите лишения, оскорбления и унижения, не смотрите в глаза преступникам, не ведите себя вызывающе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="-1" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- на совершение любых действий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(сесть, встать, попить, сходить в туалет)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> спрашивайте разрешение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="-1" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- если вы ранены, постарайтесь не двигаться, этим вы сократите потерю крови;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="-1" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- во время проведения спецслужбами операции по вашему освобождению неукоснительно соблюдайте следующие требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="-1" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- лежите на полу лицом вниз, голову закройте руками и не двигайтесь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="-1" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не бегите навстречу сотрудникам спецслужб или от них, так как они могут принять вас за преступника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="-1" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- по возможности держитесь подальше от проемов дверей и окон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действия </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лиц, обеспечивающих безопасность </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="590"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не вступать в переговоры по собственной инициативе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="-1" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- будьте внимательны, постарайтесь запомнить приметы преступников, отличительные черты их лиц, одежду, имена, клички, возможные шрамы и татуировки, особенности речи и манеры поведения, тематику разговоров и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">28. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Порядок действий при захвате в заложники:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не допускать действий, которые могут спровоцировать преступников к применению физической силы или оружия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Не привлекать внимания своим поведением. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не пытайтесь бежать, если нет полной уверенности в успехе побега.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Запомните, как можно больше информации о террористах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(количество, вооружение, как выглядят, особенно внешности, телосложения, акцент, тематика разговора, темперамент, манера поведения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Постарайтесь определить место своего нахождения (заточения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При наличии возможности, используя любой доступный способ связи, без риска для жизни, проявляя осторожность, попытаться сообщить о произошедшем в правоохранительные или специальные органы, подразделение безопасности или службу охраны объекта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Не пренебрегайте пищей, какой бы она ни была. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При ранении, постараться самостоятельно оказать себе первую доврачебную помощь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Главное не паниковать, даже если стороны противника перестали себя контролировать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Расположитесь подальше от окон, дверей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При проведении сотрудниками спецподразделений операции по освобождению заложников необходимо соблюдать следующие требования: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- лечь на пол лицом вниз, по возможности прижавшись к стене, голову закрыть руками и не двигаться;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не бежать навстречу сотрудникам спецподразделений или от них, так как они могут принять бегущего за преступника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- если есть возможность, необходимо держаться подальше от проёмов дверей и окон.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00147931" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00147931" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="00147931">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Параграф 6</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. При стрельбе внутри организации образования и на ее территории</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="464"/>
         </w:tabs>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...30 lines deleted...]
-    <w:p w:rsidR="0031165C" w:rsidRPr="004A0DF2" w:rsidRDefault="0031165C" w:rsidP="0031165C">
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="464"/>
         </w:tabs>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...9 lines deleted...]
-      <w:pPr>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. На улицах городов могут иметь место инциденты с применением </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">огнестрельного оружия. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Стрельба не обязательно может быть связана с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>терроризмом, а связана с криминальными,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бытовыми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>хулиганскими</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>действиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">30. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- незамедлительное информирование правоохранительных и/или специальных государственных органов о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>перестрелке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- принятие мер по защите жизни и здоровья обучающихся, сотрудников, педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">31. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия персонала (сотрудники, педагоги) и обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- при стрельбе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>улице</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стойте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>окна,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>даже</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>если</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>закрыто</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занавеской;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поднимайтесь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уровня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подоконника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрешайте</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающимся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>входить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>класс,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стороны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>слышны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выстрелы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При стрельбе на улице, ложитесь на землю и постарайтесь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отползти за укрытие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(угол здания, клумба, остановка)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, если такого поблизости нет,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">закройте голову руками и лежите смирно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Когда все утихнет, сможете подняться и,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изменив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маршрут,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>добраться до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>места</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>назначения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Параграф 7</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. При взрыве здания организации образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- незамедлительное информирование правоохранительных и/или специальных государственных органов о </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>взрыве здания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организация действий обучающихся, сотрудников и педагогов на защиту их жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00147931" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">33. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия персонала (сотрудники, педагоги) и обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="656"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- лечь на пол, стараясь не оказаться вблизи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-62"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стеклянных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>шкафов,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>витрин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>окон;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="656"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- укрыться под главными стенами, потому</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>что</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гибель чаще</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>всего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>несут перегородки,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>потолки, люстры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="656"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не выходить на лестничные клетки, касаться</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включенных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электроприборов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="656"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оказавшись в темноте, не стоит чиркать спичками - может возникнуть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утечка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>газа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="656"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- выходить из здания надо, прижавшись спиной к стене, особенно если придется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>спускаться</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лестнице. Надо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пригнуться, прикрыть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>голову</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руками</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сверху</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>могут посыпаться</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обломки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стекла.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Оказавшись на улице, отойдите от здания, следить за карнизами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и стенами, которые могут рухнуть. Ориентироваться надо быстро и осторожно, так как при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обрушении</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дома</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поднимается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>густая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туча</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пыли,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>может</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вызвать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>панику.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="11" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="177" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Параграф 8</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. При атаке организации образования террористами</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="177" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="718"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:right="177" w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">34. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организовать максимально возможные условия для безопасности обучающихся, воспитанников, педагогов и других сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>незамедлительная передача информации в правоохранительные и/или специальные государственные органы о выявлении на объекте подозрительного лица или группы лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- предоставление сотрудникам правоохранительных органов максимально полной информации о подозрительном лице, которая может сократить время выявления и задержания злоумышленника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обеспечение организованной эвакуации людей и собственной безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">35. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать защиту находящихся рядом обучающихся: незаметно вывести из здания или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ащититься</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: незаметно покинуть здание или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- по возможности информировать любым способом правоохранительные и/или специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">36. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия обучающихся и родителей (законных представителей):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ащититься</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: незаметно покинуть здание или укрыться в помещении, заблокировать дверь, дождаться прибытия сотрудников правопорядка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- по возможности информировать любым способом правоохранительные и/или специальные государственные органы, охрану, персонал, руководство объекта о факте и обстоятельствах вооруженного нападения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">37. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действия </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лиц, обеспечивающих безопасность </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- выявить по внешним признакам приверженца/ев нетрадиционных течений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- по возможности блокировать его/их продвижение к местам массового пребывания людей на объекте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- информировать любым способом руководство объекта, правоохранительные и/или специальные государственных органов о выявлении подозрительного лица или группы лиц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- принять меры к обеспечению безопасности людей на объекте </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(эвакуация, блокирование внутренних барьеров и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- при необходимости организовать наблюдение передвижений подозрительного лица или группы лиц по объекту </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(лично либо через систему видеонаблюдения);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обеспечить собственную безопасность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">38. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Внешние признаки террориста:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- одежда, не соответствующая погоде, просторная, призванная скрыть элементы самодельного взрывного устройства (СВУ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- торчащие из-под одежды элементы СВУ, провода, тумблеры, выключатели и т.п.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- наличие в руках больших сумок или баулов, в которых можно скрыть оружие или взрывное устройство;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- осторожное обращение к переносимым вещам, прижимание их к телу и периодическое их непроизвольное ощупывание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- использование камуфлированной форменной одежды, в которой могут присутствовать различные нарушения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(отсутствие шевронов, несоответствие цвета нижних и верхних частей формы, головного убора) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Глава</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Практические мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предупреждению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> актов терроризма </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организациях образования и на её территории</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">39. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Чердачные, подвальные, подсобные помещения</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>запасные</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выходы</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здания</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации образования</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должны</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>быть</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>закрыты</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>опечатаны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Опечатанными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>должны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>быть</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пожарные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>краны,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>огнетушители</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрощиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия руководителя по предупреждению актов терроризма:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и доводить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сотрудников, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>требования руководящих документов в сфере противодействия терроризму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- организовать взаимодействие с подразделениями </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органов </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутренних дел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам реагирования на возможные террористической угрозы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- регулярно проводить практические тренировки по отработке алгоритмов действий с участием сотрудников, педагогов, обучающихся и при необходимости их родителей (законных представителей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- определить ответственное должностной лицо за реализацию мер антитеррористической защиты организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">41. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия ответственного должностного лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- планировать и проводить занятия по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вопросам противодействия терроризму с сотрудниками, педагогами и обучающимися;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="464"/>
         </w:tabs>
-        <w:jc w:val="center"/>
-[...559 lines deleted...]
-      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не менее 2-х раз в полугодие планировать и проводить тренировки с сотрудниками, педагогами и обучающимся по действиям при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>возникновении угрозы совершения акта терроризма в помещениях и на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>территории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учреждения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="464"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
-[...110 lines deleted...]
-          <w:sz w:val="28"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>редставлять</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководителю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предложения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по вопросам совершенствования мер противодействия терроризму и обеспечения безопасности сотрудников, педагогов и обучающихся; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- ежедневно осуществлять контроль за состоянием объекта организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...9 lines deleted...]
-          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">42. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...167 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        </w:rPr>
+        <w:t>Действия заместителя</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>директора по</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>административно-хозяйственной работе (АХР):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- следить за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>освещением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>территории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации образования                             в темное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обеспечивать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своевременный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вывоз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мусора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>территории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обращать внимание на посторонних лиц с неадекватным поведением</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">43. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия заместителя директора по воспитательной работе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="475"/>
+          <w:tab w:val="left" w:pos="399"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...34 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включать в годовые и месячные планы воспитательной работы проведение мероприятий с участием обучающихся, педагогов и сотрудников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации образования с </w:t>
+      </w:r>
+      <w:r w:rsidR="00836327" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудниками</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="60"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правоохранительных органов на темы: «Внешние признаки террориста», «Как выглядит самодельное взрывное устройство», «Что делать, если в школе стреляют», «Меры первой медицинской помощи при различных травмах», «Психологический портрет лица, вынашивающего противоправные намерения», «Опасность экстремистских</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организаций», «Как</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>террористы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и экстремисты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>могут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использовать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подростков</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>молодежь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своих</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>преступных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>целях»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и др.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">44. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия классных руководителей и педагогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="475"/>
+          <w:tab w:val="left" w:pos="399"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выявлять обучающихся, склонных к насильственным акциям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предупреждать и выявлять факты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нарушения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>отдельными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимися правил внутришкольного распорядка, вовлечение их в экстремистские организации и реакционные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>религиозные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>секты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="399"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- принимать деятельное участие в практических тренировках по отработке алгоритмов реагирования на террористические проявления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="399"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- вносить предложения по совершенствованию маршрутов эвакуации, повышать личную стрессоустойчивость и способность управлять в кризисной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...94 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">45. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Действия вахтеров:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- знать номера телефонов экстренных служб;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- ежедневно контролировать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выдачу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ключей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебных помещений педагогам и сдачу ключей после окончания занятий и наведения порядка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>помещениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- организовать взаимодействие с участковыми инспекторами и инспекторами по делам несовершеннолетних по отработке подозрительных посетителей организаций образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="529"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">46. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия дежурного администратора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- прибывать за 30 мин до начала занятий в организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- осуществлять</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контроль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дежурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогов и организацией пропуска обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...11 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- информировать руководителя объекта и охрану о попытке проникновения лиц с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подозрительной</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ручной кладью (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...33 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>тяжелые</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сумки, ящики,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>большие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>свертки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т.д.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve">47. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...319 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>Действия постоянного</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-        <w:rPr>
+        </w:rPr>
+        <w:t>состава</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-          <w:lang w:val="kk-KZ"/>
-[...6 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обращать внимание на посторонних лиц с неадекватным поведением;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- прибывать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>свои</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рабочие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>места</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до начала занятий с целью проверки их состояния на предмет отсутствия посторонних и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подозрительных, предметов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подготовки их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятиям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(работе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- педагогам, проводящим занятия в незакрепленных за ними учебных помещениях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-62"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>классах, кабинетах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и др.),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>получать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сдавать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ключи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вахтеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- ответственным дежурным контролировать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уборку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>окончания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="464"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">48. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- прибывать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заблаговременно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>целью</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">своевременной подготовки к началу занятий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">49. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действия </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лиц, обеспечивающих безопасность </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при пропуске на территорию учреждения автотранспортных средств, проверять</w:t>
+      </w:r>
+      <w:r w:rsidR="0079513E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соответствующие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документы и характер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ввозимых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>грузов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- особое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внимание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уделять</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проверке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>цели</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прибытия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лиц</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>из</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">других организаций, посещающих школу по служебным делам, делать соответствующие  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>записи в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>книге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посетителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- ограничить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пропуск</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школы посторонних лиц (выяснение причин);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- держать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>входные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>двери</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>здания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>свободными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>входа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выхода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>во</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">время массового </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(общего)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> прибытия сотрудников, педагогов и обучающихся на работу и занятия и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>убытия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>после</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>окончания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятий.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>остальное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>время</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суток</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>входные двери должны открываться охранником по звонку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>прибывшего;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- после</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>окончания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рабочего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дня</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>регулярно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проверять</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутренние помещения организации образования и каждые два часа обходить территорию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учреждения,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обращать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внимание</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посторонние</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подозрительные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- о всех обнаруженных нарушениях немедленно докладывать руководителю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>непосредственным</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>начальникам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>охранном</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предприятии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каждый сотрудник и обучающийся обязан при обнаружении недостатков и нарушений, касающихся обеспечения безопасности в учреждении, незамедлительно сообщить об этом директору школы или его заместителю по безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Порядок действий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудников,  обучающихся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и воспитанников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организаций образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">при возникновении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>чрезвычайных ситуаций техногенного характера</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="0079513E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Параграф 1. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Возникновение пожара (взрыва)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0079513E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Причинами возникновения пожара (взрыва) на территории организации образования могут быть: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- неисправность электрооборудования: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- несоблюдение противопожарной безопасности: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- авария на соседних объектах: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- непотушенные остатки костра; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- пропитанная горюче – смазочными материалами ветошь; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- землетрясения (вторичный факт);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- грозовые явления в атмосфере и др. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">51. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- немедленно сообщить об этом по телефону в государственную противопожарную службу (далее - ГПС) по номеру 101 или единую дежурно-диспетчерскую службу 112; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- принять посильные меры по спасению и эвакуации людей, тушению пожара первичными средствами пожаротушения и сохранности материальных ценностей, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- проверить включение в работу автоматических систем противопожарной защиты (оповещения людей при пожаре); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  при необходимости отключить электроэнергию (за исключением систем противопожарной защиты), остановить работу систем вентиляции; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- выполнить другие мероприятия, способствующие предотвращению развитию пожара и задымления помещений здания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  осуществлять общее руководство по тушению пожара (с учетом специфических особенностей объекта) до прибытия подразделения ГПС; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- обеспечить соблюдение требования безопасности </w:t>
+      </w:r>
+      <w:r w:rsidR="00836327" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудниками</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, принимающими участие в тушении пожара; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- организовать встречу подразделений ГПС и оказать помощь в выборе кратчайшего пути для подъезда к очагу пожара и противопожарного водоснабжения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По прибытии пожарного подразделения руководитель организации образования обязан проинформировать руководителя тушения пожара о конструктивных особенностях объекта, прилегающих строений и сооружений, количестве и пожароопасных свойствах хранимых веществ – и других сведениях, необходимых для успешной  ликвидации  пожара,  безопасности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">52. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немедленно сообщить руководству, а также по телефону в государственную противопожарную службу (далее - ГПС) по номеру 101 или единую дежурно-диспетчерскую службу 112, назвав адрес и номер объекта, место возникновения пожара, свою фамилию и должность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- прекратить занятие, обесточить электрические приборы и оборудование, выключить свет и закрыть окна</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-в случае сильного задымления выдать обучающимся имеющиеся в кабинете средства защиты; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- соблюдая выдержку и спокойствие, не допуская паники, вывести учащихся на первый этаж и далее к основному или запасному выходам из школы согласно утвержденному плану эвакуации при пожаре;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать встречу пожарных и спасателей, показать им места подъезда к школе, размещение люков пожарных гидрантов, план эвакуации и место возгорания на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- осуществить перекличку обучающихся, о ее результатах доложить руководителю организации образования и информировать родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- одевают воспитанников и выводят из групп, проводят перекличку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">53. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обучающиеся, услышав тревогу о пожаре, по указанию преподавателя, должны покинуть кабинет и здание, согласно плана эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- в ходе эвакуации не поднимать панику и не толкаться;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- при сильном задымлении обязательно использовать средства защиты органов дыхания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не разбегаясь собраться в одном месте сбора, указанного в плане эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- в случае отсутствия рядом сидящего согруппника на месте сбора, немедленно сообщите педагогу или сотруднику организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">54. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действия </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лиц, обеспечивающих безопасность </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- немедленно сообщить руководству, а также по телефону в государственную противопожарную службу (далее - ГПС) по номеру 101 или единую дежурно-диспетчерскую службу 112, назвав адрес и номер объекта, место возникновения пожара, свою фамилию и должность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- задействовать системы оповещения объекта и проинформировать о возникновении возгорания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- начать своевременную эвакуацию людей с объекта, проверив наличие лиц в каждой части объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- принять меры по локализации и тушению пожара первичными средствами пожаротушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать встречу пожарных и спасателей, показать им места подъезда к объекту, размещение люков пожарных гидрантов, план эвакуации и место возгорания на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- после приезда пожарных необходимо оцепить территорию до прибытия </w:t>
+      </w:r>
+      <w:r w:rsidR="0072615C" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудников </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органов </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутренних дел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и запретить вход на нее лицам, не задействованным в тушении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="0079513E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Параграф 2. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Внезапное обрушение зданий и сооружений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">55. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- немедленно сообщить в единую дежурно-диспетчерскую службу по номеру 112; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать немедленную эвакуацию учащихся и персонала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">с объекта, проверив наличие лиц в каждой части объекта; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- в ходе проведения эвакуации пресекать панику и давку в проходах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- определить место сбора на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать перекличку сотрудников и обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">56. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия персонала (сотрудники, педагоги) и обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>постарайтесь как можно быстрее покинуть здание;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обучающимся действовать по указанию педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- покидая помещение спускайтесь по лестнице;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не создавайте панику и давку при эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оказать первую помощь пострадавшим по мере возможностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оказавшись на улице не стойте вблизи зданий, а перейдите на открытое пространство и в места эвакуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- при отсутствии возможности покинуть здание, займите самое безопасное место: проемы и углы капитальных стен, под балками каркаса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-если возможно, спрячьтесь под стол - он защитит от падающих предметов и обломков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-держитесь подальше от окон и электроприборов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">57. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действия </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лиц, обеспечивающих безопасность </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- немедленно сообщить в единую дежурно-диспетчерскую службу по номеру 112, назвав адрес и номер объекта, место обрушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- задействовать системы оповещения объекта и проинформировать об обрушении и порядке действия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- начать своевременную эвакуацию людей с объекта, проверив наличие лиц в каждой части объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- принять меры по локализации и тушению пожара первичными средствами пожаротушения возникших в результате обрушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать встречу пожарных и спасателей, показать им места подъезда к объекту, размещение люков пожарных гидрантов, план эвакуации и место обрушения на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- после приезда пожарных необходимо оцепить территорию до прибытия </w:t>
+      </w:r>
+      <w:r w:rsidR="0072615C" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудников </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органов </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутренних дел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и запретить вход на нее лицам, не задействованным в проведение аварийно-спасательных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">58. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия в случае если оказались в завале:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- дышите глубоко, не поддавайтесь панике и страху;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- перевернитесь лицом вниз и постарайтесь перебраться в более безопасное место (углы завала);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- осмотрите себя и по возможности окажите себе первую помощь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- с осторожностью максимально расширьте пространство вокруг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- подайте сигнал, с помощью ритмичного стука металлическими предметами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обнаружив узкий выход протиснитесь через него, расслабив мышцы и прижав локти к телу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не впадайте в отчаяние и ждите помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="0079513E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Параграф 3. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Возникновение аварий с выбросами в атмосферу сильнодействующих ядовитых, радиоактивных и биологически опасных веществ (СДЯВ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">59. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия руководителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- немедленно сообщить об этом в единую дежурно-диспетчерскую службу по номеру 112; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- принять посильные меры по спасению, эвакуации и недопущению заражения среди </w:t>
+      </w:r>
+      <w:r w:rsidR="00836327" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сотрудников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и учащихся объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- при необходимости укрыться в подвальном заглубленном помещении;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проверить включение в работу автоматических систем противопожарной защиты (оповещения людей при пожаре);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- приостановить работу систем вентиляции для недопущения распространения облака заражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- выполнить другие мероприятия, способствующие предотвращению развитию облака заражения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ограничить вход в здание объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- определить место сбора на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать перекличку сотрудников, педагогов и обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">60. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия персонала (сотрудники, педагоги):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- прекратить занятия, обесточить электрические приборы и оборудование, выключить свет и закрыть окна;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- выдать учащимся имеющиеся в кабинете средства защиты (ватно-марлевые повязки); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- соблюдая выдержку и спокойствие, не допуская паники, вывести обучающихся на первый этаж и далее к основному или запасному выходам из школы согласно утвержденному плану эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оказать первую помощь пострадавшим по мере возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При эвакуации из здания соблюдать следующие правила:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- двигаться быстро, но не бежать и не поднимать пыли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не прислоняться к стенкам и не касаться окружающих предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не наступать на встречающиеся по пути капли жидкости или порошкообразные россыпи неизвестных веществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не снимать средства индивидуальной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не принимать пищу, не пить воду;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- следовать к месту сбора расположенного на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- провести перекличку обучающихся и доложить руководителю организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">61. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обучающиеся, услышав сигнал оповещения о выбросе СДЯВ, должны следовать указаниям педагога;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- надеть ватно-марлевую повязку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не паниковать и не устраивать давку при эвакуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оказать первую помощь пострадавшим по мере возможности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При эвакуации из здания соблюдать следующие правила:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- двигаться быстро, но не бежать и не поднимать пыли;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не прислоняться к стенкам и не касаться окружающих предметов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не наступать на встречающиеся на пути капли жидкости или порошкообразные россыпи неизвестных веществ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не снимать средства индивидуальной защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не принимать пищу, не пить воду;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>следовать к месту сбора, расположенного на безопасном расстоянии от здания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случае отсутствия рядом сидящего согруппника на месте сбора, немедленно сообщить педагогу, сотруднику или руководителю организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="0079513E" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">62. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Действия </w:t>
+      </w:r>
+      <w:r w:rsidR="00E6518E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лиц, обеспечивающих безопасность </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- немедленно сообщить руководству, а также в единую дежурно-диспетчерскую службу по номеру 112, назвав адрес и номер объекта, и информацию о произошедшим;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- задействовать системы оповещения объекта и проинформировать о выбросе СДЯВ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- начать своевременную эвакуацию людей с объекта, проверив наличие лиц в каждой части объекта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оказать первую помощь пострадавшим по мере возможности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- организовать встречу спасателей, показать им места подъезда к объекту, размещение люков пожарных гидрантов, план эвакуации и место выброса на плане;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- после приезда спасателей необходимо оцепить территорию до прибытия </w:t>
+      </w:r>
+      <w:r w:rsidR="0072615C" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сотрудников </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органов </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутренних дел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и запретить вход на нее лицам, не задействованным в мероприятиях по обеззараживанию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Глава</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Практические мероприятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучению сотрудников,  обучающихся и воспитанников организаций образования способам защиты и действиям в случаях чрезвычайных ситуаций техногенного характера</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">63. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучение сотрудников, обучающихся и воспитанников организаций образования способам защиты и действиям в случаях чрезвычайных ситуаций техногенного характера — это целенаправленный и специально организованный процесс формирования у обучаемых: знаний, умений и навыков, необходимых при защите от опасностей, возникающих в случаях чрезвычайных ситуаций техногенного характера или при воздействии вторичных поражающих факторов чрезвычайных ситуаций, а также аварий, катастроф и стихийных бедствий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">64. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основными задачами по обучению сотрудников, обучающихся и воспитанников организаций образования способам защиты и действиям в случаях чрезвычайных ситуаций техногенного характера, являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="00A75F95">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:right="108" w:firstLine="709"/>
-[...20 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучение правилам поведения, способам защиты и действиям в чрезвычайных ситуациях, приемам оказания первой медицинской помощи пострадавшим, правилам пользования средствами индивидуальной и коллективной защиты; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="00A75F95">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Совершенствование практических навыков в организации и проведении мероприятий по предупреждению чрезвычайных ситуаций и ликвидации их последствий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:ind w:left="0" w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Практическое усвоение в ходе учений и тренировок, порядка действий в чрезвычайных ситуациях техногенного характера, а также при проведении аварийно-спасательных и неотложных работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">65. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия руководителя по предупреждению чрезвычайных ситуаций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и доводить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>до</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сведения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сотрудников, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>требования руководящих документов в сфере гражданской защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- организовать взаимодействие с подразделениями </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органов </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутренних дел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BA323F" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гражданской защиты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по вопросам реагирования на возможные чрезвычайные угрозы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">регулярно проводить практические тренировки по отработке алгоритмов действий с участием сотрудников, педагогов, обучающихся и при необходимости их родителей (законных представителей) в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказом Министра внутренних дел Республики Казахстан от 2 июля 2020 года № 494 «Об утверждении Правил информирования, пропаганды знаний, обучения населения и специалистов в сфере гражданской защиты» (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 20990);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- определить ответственное должностной лицо за реализацию мер гражданской защите.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">66. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия ответственного должностного лица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- планировать и проводить занятия по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вопросам гражданской защиты с сотрудниками, педагогами и обучающимися;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="464"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- не менее 2-х раз в полугодие планировать и проводить тренировки с сотрудниками, педагогами и обучающимся по действиям при</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>возникновении угрозы чрезвычайных ситуаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="464"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>редставлять</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>руководителю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предложения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по вопросам совершенствования мер гражданской защиты и обеспечения безопасности сотрудников, педагогов и обучающихся; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- ежедневно осуществлять контроль за состоянием объекта организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">67. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия заместителя</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>директора по</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>административно-хозяйственной работе (АХР):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- следить за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>освещением</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>территории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации образования                             в темное</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- обеспечивать беспрепятственный проезд специальной и аварийно-спасательной техники на территорию организации образования; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своевременный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вывоз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мусора</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>территории</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обеспечить надлежащее состояние средств защиты (пожарные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>краны,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="63"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>огнетушители</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электрощиты).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">68. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия заместителя директора по воспитательной работе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="399"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включать в годовые и месячные планы воспитательной работы проведение мероприятий с участием обучающихся, педагогов и сотрудников</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="62"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00836327" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации образования, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>правоохранительных органов</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA323F" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и органов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001F229A" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вопросам гражданской защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">69. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия классных руководителей и педагогов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="399"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- принимать деятельное участие в практических тренировках по отработке алгоритмов реагирования на чрезвычайные ситуации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="399"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- вносить предложения по совершенствованию маршрутов эвакуации, повышать личную стрессоустойчивость и способность управлять в кризисной ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">70. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия вахтеров:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- знать номера телефонов экстренных служб;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- ежедневно контролировать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выдачу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ключей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебных помещений педагогам и сдачу ключей после окончания занятий и наведения порядка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-61"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>помещениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="529"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">71. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия дежурного администратора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- прибывать за 30 мин до начала занятий в организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- осуществлять</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>контроль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>работой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дежурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>педагогов и организацией пропуска обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">72. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия постоянного</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>состава</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>организации образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- прибывать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>свои</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рабочие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>места</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">до начала занятий с целью </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подготовки к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятиям </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(работе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- педагогам, проводящим занятия в незакрепленных за ними учебных помещениях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-62"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>классах, кабинетах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и др.),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>получать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сдавать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ключи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вахтеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- ответственным дежурным контролировать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уборку</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классов п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>окончания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="464"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">73. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Действия обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...22 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- прибывать</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>школу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заблаговременно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>целью</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">своевременной подготовки к началу занятий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">74. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обязательными требованиями к основным и вспомогательным помещениям является: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) ч</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ердачные, подвальные, подсобные помещения и запасные выходы из зданий организации образования должны быть закрыты и опечатаны, а пути их не захламлены для беспрепятственного доступа в то или иное помещение; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) д</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>убликаты ключей от эвакуационных выходов и других вспомогательных помещений должны находит</w:t>
+      </w:r>
+      <w:r w:rsidR="004C6BF5" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся в определенном месте (пост охраны, вахтер и др.);  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00A75F95" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) о</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">печатанными должны быть все пожарные краны, огнетушители и электрощиты. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="004C6BF5">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 6. Телефоны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-5"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> служб </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экстренного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>реагирования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="004C6BF5" w:rsidP="007A44C6">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...24 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">75. </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При готовящемся или совершенном преступлении немедленно сообщите об этом в территориальные органы КНБ или МВД по месту жительства, либо по телефону доверия или на адрес электронной почты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...24 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон дежурной службы КНБ: 110</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> единой дежурно-диспетчерской службы: 112</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00141D47" w:rsidP="007A44C6">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...24 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон противопожарной службы:</w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>101</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="00141D47" w:rsidP="007A44C6">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...24 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Телефон дежурной службы </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">органов </w:t>
+      </w:r>
+      <w:r w:rsidR="004B2F4E" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>внутренних дел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidR="007A44C6" w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>102</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="8789"/>
         </w:tabs>
-        <w:autoSpaceDE w:val="0"/>
-[...29 lines deleted...]
-        <w:rPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004922B4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон скорой медицинской помощи: 103</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:pStyle w:val="afb"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0DF2">
-[...4 lines deleted...]
-          <w:u w:val="single"/>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ескерту:</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Басшының өкіміне дейін қауіпсіз жерлерде болыңыз.</w:t>
-[...13 lines deleted...]
-          <w:u w:val="single"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A44C6" w:rsidRPr="004922B4" w:rsidRDefault="007A44C6" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0DF2">
-[...4 lines deleted...]
-          <w:u w:val="single"/>
+    </w:p>
+    <w:p w:rsidR="0072615C" w:rsidRPr="004922B4" w:rsidRDefault="0072615C" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">21. </w:t>
-[...6 lines deleted...]
-          <w:u w:val="single"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0072615C" w:rsidRPr="004922B4" w:rsidRDefault="0072615C" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Білім алушылардың іс-қимылы:</w:t>
-[...9 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0072615C" w:rsidRPr="004922B4" w:rsidRDefault="0072615C" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0DF2">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="0072615C" w:rsidRPr="004922B4" w:rsidRDefault="0072615C" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- дүрбелең болмау, барлық жағдайда мектеп қызметкерлері мен мұғалімдерін тыңдау;</w:t>
-[...9 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0072615C" w:rsidRPr="004922B4" w:rsidRDefault="0072615C" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0DF2">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="0072615C" w:rsidRPr="004922B4" w:rsidRDefault="0072615C" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- объектіні білдірмей тастап кету, мүмкін болмаған жағдайда-қауіпсіз жерде жасырыну;</w:t>
-[...9 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0072615C" w:rsidRPr="004922B4" w:rsidRDefault="0072615C" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004A0DF2">
-        <w:rPr>
+    </w:p>
+    <w:p w:rsidR="0072615C" w:rsidRPr="004922B4" w:rsidRDefault="0072615C" w:rsidP="007A44C6">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>- есікті құлыптау, құқық қорғау қызметкерлерінің келгенін күту;</w:t>
-[...9678 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0072615C" w:rsidRPr="004922B4" w:rsidSect="00585040">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00D06303" w:rsidRDefault="00D06303" w:rsidP="0031165C">
+    <w:p w:rsidR="00B407CD" w:rsidRDefault="00B407CD" w:rsidP="007A44C6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00D06303" w:rsidRDefault="00D06303" w:rsidP="0031165C">
+    <w:p w:rsidR="00B407CD" w:rsidRDefault="00B407CD" w:rsidP="007A44C6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Noto Sans Symbols">
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:altName w:val="Courier New"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="0">
-    <w:p w:rsidR="00D06303" w:rsidRDefault="00D06303" w:rsidP="0031165C">
+    <w:p w:rsidR="00B407CD" w:rsidRDefault="00B407CD" w:rsidP="007A44C6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00D06303" w:rsidRDefault="00D06303" w:rsidP="0031165C">
+    <w:p w:rsidR="00B407CD" w:rsidRDefault="00B407CD" w:rsidP="007A44C6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00715F11" w:rsidRDefault="00715F11">
-[...8 lines deleted...]
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="1530300421"/>
+      <w:id w:val="-124933093"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
-      <w:p w:rsidR="00715F11" w:rsidRDefault="008C7839">
+      <w:p w:rsidR="00B809AF" w:rsidRDefault="00D574EE">
         <w:pPr>
-          <w:pStyle w:val="af6"/>
+          <w:pStyle w:val="af7"/>
           <w:jc w:val="center"/>
         </w:pPr>
-        <w:r>
-[...16 lines deleted...]
-        </w:r>
+        <w:fldSimple w:instr="PAGE   \* MERGEFORMAT">
+          <w:r w:rsidR="00EF7726">
+            <w:rPr>
+              <w:noProof/>
+            </w:rPr>
+            <w:t>22</w:t>
+          </w:r>
+        </w:fldSimple>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00715F11" w:rsidRDefault="00715F11">
+  <w:p w:rsidR="00B809AF" w:rsidRDefault="00B809AF">
     <w:pPr>
-      <w:pStyle w:val="af6"/>
-[...9 lines deleted...]
-      <w:pStyle w:val="af6"/>
+      <w:pStyle w:val="af7"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="02C4424B"/>
+    <w:nsid w:val="0B804CA8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5E06A97E"/>
-    <w:lvl w:ilvl="0" w:tplc="684CB08C">
+    <w:tmpl w:val="5A6671EE"/>
+    <w:lvl w:ilvl="0" w:tplc="FD9E5402">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="1489" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="2209" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2929" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="3649" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="4369" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="5089" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5809" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="6529" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="7249" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="056404B8"/>
-[...355 lines deleted...]
-  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="0E243E62"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="D9C05422"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
@@ -14809,256 +20077,234 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-    <w:nsid w:val="1B4425D2"/>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="166B2C8F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="24EA8742"/>
-[...2 lines deleted...]
-      <w:numFmt w:val="decimal"/>
+    <w:tmpl w:val="0038CFC8"/>
+    <w:lvl w:ilvl="0" w:tplc="9502D626">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1428" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="1C4E1F6C"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="1CA23713"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="D47426F0"/>
-[...2 lines deleted...]
-      <w:lvlText w:val="-"/>
+    <w:tmpl w:val="84263F88"/>
+    <w:lvl w:ilvl="0" w:tplc="EE606782">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-        <w:b/>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1647" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2367" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3087" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3807" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4527" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...31 lines deleted...]
-      </w:rPr>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
-    <w:nsid w:val="2AF24DC5"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="35926483"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="71846266"/>
+    <w:tmpl w:val="08E807F0"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15100,61 +20346,187 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
-    <w:nsid w:val="2E826FAD"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="3CB4010E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="36664948"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7379" w:hanging="432"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%2)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1546" w:hanging="405"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="28"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2293" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2725" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3517" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4741" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5173" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:isLgl/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5605" w:hanging="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="3E6E3CEA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="64B85F80"/>
-    <w:lvl w:ilvl="0" w:tplc="D28E339C">
+    <w:tmpl w:val="38AC9F34"/>
+    <w:lvl w:ilvl="0" w:tplc="4DE827F2">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperRoman"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="720"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -15189,409 +20561,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
-[...357 lines deleted...]
-  <w:abstractNum w:abstractNumId="14">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="3F3D5324"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8AAE9692"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -15633,51 +20647,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="4325324F"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="09926F28"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -15778,51 +20792,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="43D22102"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9E7A3B18"/>
     <w:lvl w:ilvl="0" w:tplc="9216EDF6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -15867,51 +20881,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="47CB0BDA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B658C208"/>
     <w:lvl w:ilvl="0" w:tplc="3D8EE684">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1489" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:i w:val="0"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2209" w:hanging="360"/>
       </w:pPr>
@@ -15958,229 +20972,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5809" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6529" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7249" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18">
-[...177 lines deleted...]
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="52DA422F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A841C62"/>
     <w:lvl w:ilvl="0" w:tplc="6158FE00">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
@@ -16227,51 +21063,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5749" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="53B10730"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0D280ABC"/>
     <w:lvl w:ilvl="0" w:tplc="AC54B1AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:color w:val="111111"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
@@ -16318,594 +21154,438 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22">
-    <w:nsid w:val="5DF120FD"/>
+  <w:abstractNum w:abstractNumId="13">
+    <w:nsid w:val="63E93037"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9F7CCA14"/>
-[...1 lines deleted...]
-      <w:start w:val="2"/>
+    <w:tmpl w:val="B3B80E1C"/>
+    <w:lvl w:ilvl="0" w:tplc="140208EC">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="945" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1665" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2385" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3825" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4545" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5265" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5985" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6705" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23">
-    <w:nsid w:val="601D7559"/>
+  <w:abstractNum w:abstractNumId="14">
+    <w:nsid w:val="65AE0256"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FF1C76E4"/>
-    <w:lvl w:ilvl="0" w:tplc="F5566820">
+    <w:tmpl w:val="8AAE9692"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1068" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15">
+    <w:nsid w:val="67417F6C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="49968C00"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1571" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2291" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3011" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3731" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4451" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5171" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="●"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5891" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6611" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="▪"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7331" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16">
+    <w:nsid w:val="6FA13735"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D166C062"/>
+    <w:lvl w:ilvl="0" w:tplc="89ECA058">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1788" w:hanging="360"/>
+        <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2508" w:hanging="180"/>
+        <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3228" w:hanging="360"/>
+        <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3948" w:hanging="360"/>
+        <w:ind w:left="3949" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4668" w:hanging="180"/>
+        <w:ind w:left="4669" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5388" w:hanging="360"/>
+        <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6108" w:hanging="360"/>
+        <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6828" w:hanging="180"/>
+        <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24">
-[...354 lines deleted...]
-  <w:abstractNum w:abstractNumId="28">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="71F93199"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8A0A34E"/>
     <w:lvl w:ilvl="0" w:tplc="90B2965A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5666" w:hanging="420"/>
+        <w:ind w:left="988" w:hanging="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:hint="default"/>
         <w:i w:val="0"/>
         <w:sz w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
@@ -16942,137 +21622,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29">
-[...85 lines deleted...]
-  <w:abstractNum w:abstractNumId="30">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="7D7D67D3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ED58CE9E"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -17118,253 +21712,312 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="28"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="14">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+  </w:num>
+  <w:num w:numId="16">
     <w:abstractNumId w:val="16"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
-  <w:num w:numId="5">
-[...2 lines deleted...]
-  <w:num w:numId="6">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="7">
-[...8 lines deleted...]
-  <w:num w:numId="10">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="11">
-[...22 lines deleted...]
-  </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="8"/>
-[...35 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:footnotePr>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="005507DA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000476C0"/>
+    <w:rsidRoot w:val="0099366C"/>
+    <w:rsid w:val="000500F5"/>
+    <w:rsid w:val="000A2819"/>
+    <w:rsid w:val="000B3C27"/>
     <w:rsid w:val="000D68F9"/>
-    <w:rsid w:val="000E04DA"/>
-[...8 lines deleted...]
-    <w:rsid w:val="002C687D"/>
+    <w:rsid w:val="001416AD"/>
+    <w:rsid w:val="00141D47"/>
+    <w:rsid w:val="00147931"/>
+    <w:rsid w:val="001557FD"/>
+    <w:rsid w:val="00161063"/>
+    <w:rsid w:val="00196968"/>
+    <w:rsid w:val="001A4366"/>
+    <w:rsid w:val="001A495A"/>
+    <w:rsid w:val="001F229A"/>
+    <w:rsid w:val="00207E7A"/>
+    <w:rsid w:val="0024012F"/>
+    <w:rsid w:val="00255946"/>
+    <w:rsid w:val="00260E5C"/>
+    <w:rsid w:val="00265E09"/>
+    <w:rsid w:val="002811EC"/>
+    <w:rsid w:val="00286DE8"/>
+    <w:rsid w:val="002B0FB8"/>
+    <w:rsid w:val="002C35F2"/>
+    <w:rsid w:val="002C60D7"/>
+    <w:rsid w:val="002D5F8E"/>
+    <w:rsid w:val="002E469E"/>
     <w:rsid w:val="002E524A"/>
-    <w:rsid w:val="002F6304"/>
-[...57 lines deleted...]
-    <w:rsid w:val="00F87BAA"/>
+    <w:rsid w:val="002E6170"/>
+    <w:rsid w:val="002F1C27"/>
+    <w:rsid w:val="00301B64"/>
+    <w:rsid w:val="00367F5B"/>
+    <w:rsid w:val="00380A66"/>
+    <w:rsid w:val="003C5209"/>
+    <w:rsid w:val="003D31DE"/>
+    <w:rsid w:val="003E58A2"/>
+    <w:rsid w:val="003F3E0D"/>
+    <w:rsid w:val="003F6A04"/>
+    <w:rsid w:val="0041645B"/>
+    <w:rsid w:val="00416FED"/>
+    <w:rsid w:val="00476A23"/>
+    <w:rsid w:val="004922B4"/>
+    <w:rsid w:val="004B2F4E"/>
+    <w:rsid w:val="004C5B6D"/>
+    <w:rsid w:val="004C6BF5"/>
+    <w:rsid w:val="0052262A"/>
+    <w:rsid w:val="005557BB"/>
+    <w:rsid w:val="00566871"/>
+    <w:rsid w:val="00585040"/>
+    <w:rsid w:val="005A1FF0"/>
+    <w:rsid w:val="005A27A9"/>
+    <w:rsid w:val="005D226F"/>
+    <w:rsid w:val="005D667D"/>
+    <w:rsid w:val="00603554"/>
+    <w:rsid w:val="00610149"/>
+    <w:rsid w:val="00664407"/>
+    <w:rsid w:val="0066544D"/>
+    <w:rsid w:val="00670762"/>
+    <w:rsid w:val="00692D5D"/>
+    <w:rsid w:val="0072615C"/>
+    <w:rsid w:val="00737FAA"/>
+    <w:rsid w:val="007600A2"/>
+    <w:rsid w:val="0079513E"/>
+    <w:rsid w:val="007A320A"/>
+    <w:rsid w:val="007A44C6"/>
+    <w:rsid w:val="007B74DF"/>
+    <w:rsid w:val="007E2CC3"/>
+    <w:rsid w:val="00836327"/>
+    <w:rsid w:val="008E5AA6"/>
+    <w:rsid w:val="0098772E"/>
+    <w:rsid w:val="0099366C"/>
+    <w:rsid w:val="009E2372"/>
+    <w:rsid w:val="00A35BD5"/>
+    <w:rsid w:val="00A4185F"/>
+    <w:rsid w:val="00A735F5"/>
+    <w:rsid w:val="00A75F95"/>
+    <w:rsid w:val="00A85EDF"/>
+    <w:rsid w:val="00A87172"/>
+    <w:rsid w:val="00AC0F34"/>
+    <w:rsid w:val="00B06E90"/>
+    <w:rsid w:val="00B132AA"/>
+    <w:rsid w:val="00B407CD"/>
+    <w:rsid w:val="00B5779B"/>
+    <w:rsid w:val="00B72B8D"/>
+    <w:rsid w:val="00B809AF"/>
+    <w:rsid w:val="00B91AC5"/>
+    <w:rsid w:val="00BA323F"/>
+    <w:rsid w:val="00BB3D27"/>
+    <w:rsid w:val="00BE0231"/>
+    <w:rsid w:val="00BF4F48"/>
+    <w:rsid w:val="00CA35E1"/>
+    <w:rsid w:val="00CA56E2"/>
+    <w:rsid w:val="00CA713F"/>
+    <w:rsid w:val="00CC2CB3"/>
+    <w:rsid w:val="00CC6CD0"/>
+    <w:rsid w:val="00CC6EF2"/>
+    <w:rsid w:val="00D0039B"/>
+    <w:rsid w:val="00D0211C"/>
+    <w:rsid w:val="00D574EE"/>
+    <w:rsid w:val="00D7074B"/>
+    <w:rsid w:val="00D84F2A"/>
+    <w:rsid w:val="00DD1943"/>
+    <w:rsid w:val="00DE2BFF"/>
+    <w:rsid w:val="00E14B0B"/>
+    <w:rsid w:val="00E164F6"/>
+    <w:rsid w:val="00E35408"/>
+    <w:rsid w:val="00E6518E"/>
+    <w:rsid w:val="00E7498E"/>
+    <w:rsid w:val="00E9529B"/>
+    <w:rsid w:val="00EF7726"/>
+    <w:rsid w:val="00F3081F"/>
+    <w:rsid w:val="00F35F03"/>
+    <w:rsid w:val="00F66690"/>
+    <w:rsid w:val="00F75930"/>
+    <w:rsid w:val="00F8196F"/>
+    <w:rsid w:val="00FE1536"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -17490,791 +22143,780 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="005507DA"/>
+    <w:rsid w:val="0099366C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="005507DA"/>
+    <w:rsid w:val="0099366C"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="a5"/>
+    <w:next w:val="a5"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:basedOn w:val="a6"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="aa"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="0099366C"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="20">
     <w:name w:val="Заголовок 2 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="0031165C"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...32 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="ac"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007A44C6"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ae">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007A44C6"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A44C6"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Абзац списка Знак"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="ab"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="Без интервала1"/>
     <w:link w:val="NoSpacingChar"/>
     <w:qFormat/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="NoSpacingChar">
     <w:name w:val="No Spacing Char"/>
     <w:link w:val="11"/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Consolas"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PreformattedText">
     <w:name w:val="Preformatted Text"/>
     <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:qFormat/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Mono" w:eastAsia="Liberation Mono" w:hAnsi="Liberation Mono" w:cs="Liberation Mono"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
-[...13 lines deleted...]
-    <w:name w:val="Balloon Text"/>
+  <w:style w:type="paragraph" w:styleId="af0">
+    <w:name w:val="footnote text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a9"/>
+    <w:link w:val="af1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0031165C"/>
-[...42 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="13">
-    <w:name w:val="Текст примечания Знак1"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Текст сноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:uiPriority w:val="99"/>
-[...54 lines deleted...]
-    <w:basedOn w:val="a"/>
     <w:link w:val="af0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:unhideWhenUsed/>
-[...14 lines deleted...]
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af1">
+  <w:style w:type="character" w:styleId="af2">
     <w:name w:val="footnote reference"/>
     <w:aliases w:val="Ciae niinee I,Footnotes refss"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Основной текст_"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="15"/>
-    <w:rsid w:val="0031165C"/>
+    <w:link w:val="12"/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="15">
+  <w:style w:type="character" w:customStyle="1" w:styleId="13">
+    <w:name w:val="Заголовок №1_"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="14"/>
+    <w:rsid w:val="007A44C6"/>
+    <w:rPr>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
     <w:name w:val="Основной текст1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af2"/>
-    <w:rsid w:val="0031165C"/>
+    <w:link w:val="af3"/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:after="60" w:line="0" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="16">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14">
     <w:name w:val="Заголовок №1"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="16"/>
-    <w:rsid w:val="0031165C"/>
+    <w:link w:val="13"/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="240" w:line="322" w:lineRule="exact"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="paragraph" w:styleId="af4">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af4"/>
+    <w:link w:val="af5"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:ind w:left="142"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af5">
     <w:name w:val="Основной текст Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af3"/>
+    <w:link w:val="af4"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="23"/>
       <w:szCs w:val="23"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af5">
+  <w:style w:type="character" w:styleId="af6">
     <w:name w:val="Strong"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af6">
+  <w:style w:type="paragraph" w:styleId="af7">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af7"/>
+    <w:link w:val="af8"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af7">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af8">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af6"/>
+    <w:link w:val="af7"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af8">
+  <w:style w:type="paragraph" w:styleId="af9">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af9"/>
+    <w:link w:val="afa"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="afa">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af8"/>
+    <w:link w:val="af9"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTML">
-[...5 lines deleted...]
-    <w:rsid w:val="0031165C"/>
+  <w:style w:type="paragraph" w:styleId="afb">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A44C6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML0">
-[...2 lines deleted...]
-    <w:link w:val="HTML"/>
+  <w:style w:type="character" w:styleId="afc">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="0031165C"/>
+    <w:rsid w:val="007A44C6"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="110">
+    <w:name w:val="Заголовок 11"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="007A44C6"/>
     <w:pPr>
-      <w:tabs>
-[...16 lines deleted...]
-      </w:tabs>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
-[...1 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+      <w:color w:val="2F5496"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HTML1">
-    <w:name w:val="Стандартный HTML Знак1"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Заголовок 21"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007A44C6"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+      <w:color w:val="2F5496"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="numbering" w:customStyle="1" w:styleId="15">
+    <w:name w:val="Нет списка1"/>
+    <w:next w:val="a2"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007A44C6"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="16">
+    <w:name w:val="Просмотренная гиперссылка1"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0031165C"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007A44C6"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="ru-RU"/>
+      <w:color w:val="954F72"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
-    <w:name w:val="y2iqfc"/>
+  <w:style w:type="paragraph" w:styleId="afd">
+    <w:name w:val="Revision"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A44C6"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="111">
+    <w:name w:val="Заголовок 1 Знак1"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="0031165C"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007A44C6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Заголовок 2 Знак1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007A44C6"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="5B9BD5" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="725878043">
-[...51 lines deleted...]
-    <w:div w:id="1857767527">
+    <w:div w:id="298269677">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -18488,76 +23130,78 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>7525</Words>
-  <Characters>42899</Characters>
+  <Words>7401</Words>
+  <Characters>42190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>357</Lines>
-  <Paragraphs>100</Paragraphs>
+  <Lines>351</Lines>
+  <Paragraphs>98</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>50324</CharactersWithSpaces>
+  <CharactersWithSpaces>49493</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Дәулетберді Гаухар</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>