--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -10,4917 +10,4603 @@
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:bottomFromText="200" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="4213" w:tblpY="-357"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7196"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00471539" w:rsidRPr="00296D58" w:rsidTr="00B276BF">
+      <w:tr w:rsidR="009C0CD0" w:rsidRPr="009F04D9" w:rsidTr="009801A0">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7196" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00471539" w:rsidRPr="00296D58" w:rsidRDefault="00471539" w:rsidP="00471539">
+          <w:p w:rsidR="00724E4A" w:rsidRPr="00785D7D" w:rsidRDefault="00724E4A" w:rsidP="00724E4A">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="-567"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="142"/>
+              </w:tabs>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="284" w:hanging="142"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00296D58">
+            <w:r w:rsidRPr="00785D7D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>УТВЕРЖДАЮ</w:t>
+              <w:t>БЕКІТЕМІН</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00471539" w:rsidRPr="00296D58" w:rsidRDefault="00177379" w:rsidP="00471539">
+          <w:p w:rsidR="00724E4A" w:rsidRPr="00785D7D" w:rsidRDefault="00724E4A" w:rsidP="00724E4A">
             <w:pPr>
-              <w:spacing w:after="0"/>
-              <w:ind w:left="-567"/>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00785D7D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                          «Павлодар дарыны»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00724E4A" w:rsidRPr="00785D7D" w:rsidRDefault="005602AB" w:rsidP="00724E4A">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>И.о руководителя</w:t>
+              <w:t xml:space="preserve">            БУҚБДДО ҚМКК басшы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005602AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> м.а </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00471539" w:rsidRPr="00296D58" w:rsidRDefault="00471539" w:rsidP="00471539">
+          <w:p w:rsidR="009C0CD0" w:rsidRPr="005602AB" w:rsidRDefault="00724E4A" w:rsidP="005602AB">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="right"/>
+              <w:pStyle w:val="a7"/>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:ind w:left="709" w:right="-1276"/>
+              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00296D58">
+            <w:r w:rsidRPr="00785D7D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">КГКП  ЦЗРДО </w:t>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-              <w:jc w:val="right"/>
+            <w:r w:rsidR="00694809">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00296D58">
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00785D7D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t xml:space="preserve">  «Павлодар дарыны»</w:t>
+              <w:t xml:space="preserve">_______ </w:t>
             </w:r>
-          </w:p>
-[...4 lines deleted...]
-              <w:jc w:val="right"/>
+            <w:r w:rsidR="009F04D9" w:rsidRPr="00785D7D">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...2 lines deleted...]
-                <w:color w:val="000000"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="kk-KZ"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
               </w:rPr>
-            </w:pPr>
-[...35 lines deleted...]
-              <w:t>.</w:t>
+              <w:t>А.Т. Кунанбаева</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00471539">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00A711B7" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A711B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ақ шағала»</w:t>
+      </w:r>
+      <w:r w:rsidR="00694809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A711B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>республикалық хореографиялық фестиваль-байқауын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A711B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың</w:t>
+      </w:r>
+      <w:r w:rsidR="006D4E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қалалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезеңін өткізу ережесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00A711B7" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00296D58">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00A711B7" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...173 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00640155" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="9" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00296D58">
-[...12 lines deleted...]
-        <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A711B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл ереже «Ақ шағала» республикалық хореографиялық фестиваль-байқауын</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3840">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың қалалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезеңін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A711B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  (бұдан әрі – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A711B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)өткізу ережелері оның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мақсатын, міндеттерін, форматы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A711B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">н, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұйымдастыру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A711B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және қорыт</w:t>
+      </w:r>
+      <w:r w:rsidR="00694809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ынды шығару тәртібін анықтайды.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A711B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурс </w:t>
+      </w:r>
+      <w:r w:rsidR="00625736">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар қаласыныңи білім беру мектептерінің</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арасында өткізіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A711B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...32 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="0061004A" w:rsidRDefault="009C0CD0" w:rsidP="0061004A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061004A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсты ұйымдастырушылар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0061004A" w:rsidRPr="0061004A" w:rsidRDefault="0061004A" w:rsidP="0061004A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="00826384" w:rsidP="00AD4C63">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00826384">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Павлодар облысы білім бе</w:t>
+      </w:r>
+      <w:r w:rsidR="00694809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ру басқармасы, Павлодар қаласы білім беру бөлімінің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00826384">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар дарыны» бос уақытты қамту және балалард</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ың дарындылығын дамыту орталығы</w:t>
+      </w:r>
+      <w:r w:rsidR="005354DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00694809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D58">
-[...88 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="005354DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>КМҚК</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...84 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00371734">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F64137" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00296D58">
+      <w:r w:rsidRPr="00640155">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00296D58">
+      <w:r w:rsidRPr="00F56D8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00302790">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тың мақсаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың хореографиялық, шығармашылық қабілеттерін дамыту, үйлесімді тұлғаны тәрбиелеу және әрі қарай дамыту бойынша жүйелі және мақсатты жұмысты жүргізуге жағдай жасау, рухани-адамгершілік пен мәдени құндылықтарға араластыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="0061004A" w:rsidRDefault="009C0CD0" w:rsidP="006A614C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0061004A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурстың міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0061004A" w:rsidRPr="0061004A" w:rsidRDefault="0061004A" w:rsidP="0061004A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) білім алушыларды хореография өнеріне, тарихи мұраға араластыру, оларды белсенді шығармашылық қызметіне тарту, әлеуметтендіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) бишілік мәдени дәстүрлерді қайта қалпына келтіру, би мәдениетінің тарихын зерттеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) білім алушыларды тұлғалық шығармашылық, олардың әлемді эмоциямен танудағы эстетикалық сезімдерін дамыту; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) білім алушылардың эмоциялық қырларын және шығармашылық қабілеттерін ашу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) заманауи өнердегі ұлттық дәстүрлерді сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) білім алушылардың патриоттық сезімін, ұлттық мәдениет, ұлттық дәстүрлерді құрметтеу және ұқыпты көзқараспен қарауды тәрбиелеу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7) шығармашылықпен айналысатын педагогтерді ақпаратпен қолдау, ұжымдар арасындағы шығармашылық байланыстарды кеңейту және білім беру ұйымдарының педагогтері арасында тәжірибе алмасу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="212121"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурсты Қазақстан Республикасы Білім және ғылым министрлігінің тапсырмасы бойынша Республикалық қосымша білім беру оқу-әдістемелік орталығы қашықтық форматында өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="916"/>
+          <w:tab w:val="left" w:pos="1832"/>
+          <w:tab w:val="left" w:pos="2748"/>
+          <w:tab w:val="left" w:pos="3664"/>
+          <w:tab w:val="left" w:pos="4580"/>
+          <w:tab w:val="left" w:pos="5496"/>
+          <w:tab w:val="left" w:pos="6412"/>
+          <w:tab w:val="left" w:pos="7328"/>
+          <w:tab w:val="left" w:pos="8244"/>
+          <w:tab w:val="left" w:pos="9160"/>
+          <w:tab w:val="left" w:pos="10076"/>
+          <w:tab w:val="left" w:pos="10992"/>
+          <w:tab w:val="left" w:pos="11908"/>
+          <w:tab w:val="left" w:pos="12824"/>
+          <w:tab w:val="left" w:pos="13740"/>
+          <w:tab w:val="left" w:pos="14656"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Конкурсытың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F56D8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әділ қазылар алқасы мен ұйымдастыру комитетінің құрамын Конкурс ұйымдастырушылары қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F56D8B" w:rsidRDefault="009C0CD0" w:rsidP="006A614C">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="4" w:space="6" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="14" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="006A614C">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="14" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="left" w:pos="1276"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00640155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00640155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ты өткізу мерзімі және тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="006A614C">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="14" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="006A614C">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="14" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0053447A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қатысу туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="002F4298">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтінім</w:t>
+      </w:r>
+      <w:r w:rsidR="00694809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ер және байқау жұмыстары</w:t>
+      </w:r>
+      <w:r w:rsidR="00694809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00640155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е-mail:</w:t>
+      </w:r>
+      <w:r w:rsidR="00694809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005624E0" w:rsidRPr="00BD7CEF">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">massovyy.otdel@mail.ru. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронды поштасына </w:t>
+      </w:r>
+      <w:r w:rsidR="006A614C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="005624E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006A614C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE3840">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпанға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейін электронды түрде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00515F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="003D3485" w:rsidRDefault="0053447A" w:rsidP="006A614C">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="14" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00A604EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00640155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00515F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұсынылған жұмыстар қайтарылмайды. </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсты </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00515F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастырушылар байқау материалдарын авторын көрсете отырып, БАҚ-та жариялауға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A614C" w:rsidRPr="006A614C" w:rsidRDefault="009C0CD0" w:rsidP="006A614C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00371734">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006A614C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысушылар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="0053447A" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00371734" w:rsidP="00A41AF9">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.  К</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00640155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа </w:t>
+      </w:r>
+      <w:r w:rsidR="0061004A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2005-2012</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдары дүниеге келген білім беру ұйымдарының білім алушылары – хореография бойынша өңірлік конкурстың жеңімпаздары қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00856061" w:rsidRDefault="0053447A" w:rsidP="0061004A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00296D58">
-[...18 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00640155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қатысушылардың жалпы</w:t>
+      </w:r>
+      <w:r w:rsidR="0061004A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саны – 9 білім алушы</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00640155" w:rsidRDefault="009C0CD0" w:rsidP="0061004A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="5" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.Конкурс өткізу шарты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00856061" w:rsidRDefault="0053447A" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Хореографиялық шығармашылықты насихаттау, іс-шараларға қатыстыру арқылы балаларды қосымша біліммен қамтуды ұлғайту үшін Конкурс екі кезеңнен тұрады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00856061" w:rsidRDefault="009C0CD0" w:rsidP="003E4BE6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) б</w:t>
+      </w:r>
+      <w:r w:rsidR="005A681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ірінші кезең </w:t>
+      </w:r>
+      <w:r w:rsidR="003E4BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="005A681C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурс; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00856061" w:rsidRDefault="003E4BE6" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E4BE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>облыстық қашықтық</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00856061" w:rsidRDefault="003E4BE6" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) екінші кезең (қорытынды) – қашықтан өткізілетін республикалық </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Фестиваль-байқау</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00CC77DA" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC77DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қа қатысуға өнімімдер </w:t>
+      </w:r>
+      <w:r w:rsidR="0061004A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidR="00694809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 23</w:t>
+      </w:r>
+      <w:r w:rsidR="0061004A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпа</w:t>
+      </w:r>
+      <w:r w:rsidR="009429C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00AD4C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дейін қабылданады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC77DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00856061" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="0061004A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00856061">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="003F0FC2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тың қалалық</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезеңін өткізудің мерзімі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0061004A" w:rsidRPr="0061004A" w:rsidRDefault="0061004A" w:rsidP="0061004A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Карантин кезінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="00694809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">санитарлық-эпидемиологиялық қауіпсіздік нормаларын, дезинфекция, кварцтау, желдету режимін, адамдардың көп жиналуын болдырмауды сақтай отырып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">немесе қашықтан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жүргізіледі.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">онкурс </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>келесі номинациялар бойынша өткізіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) халық биі және халықтық стильденген би:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>а) әлем халықтарының биі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б) қазақ биі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) заманауи би:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а) эстрадалық би;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б) аралас би.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Би ұжымдары әр номинацияда ұзақтығы 5 минутқа дейін бір конкурстық нөмірден ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Хореографиялық ұжымдард</w:t>
+      </w:r>
+      <w:r w:rsidR="00290DA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ың қашықтан өткізілетін қалалық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсына қатысу үшін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="00D7559A" w:rsidRPr="00D7559A">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:b/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>massovyy.otdel@mail.ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C14E9E" w:rsidRPr="00D7559A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронды поштаға жіберіледі. Бейне сапалы, бірыңғай роликпен тоқтаусыз жазылуы керек. Бұрын бір роликпен тоқтаусыз орындалған, сапалы жазылған дайын бейнені қолдануға болады. Әр орындаудан «кесу» жолымен құрастырылған бейнематериал қарастырылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="00694809" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> арналған бейнеролик кез-келген сахналық алаңдарда сапалы фонограммамен (сахна, табиғат, концерттік алаңында және т.б.) түсірілуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурсты</w:t>
+      </w:r>
+      <w:r w:rsidR="002265C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кәсіби әділқазылар алқасы 5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұпайлық жүйе бойынша бағалайды. Әділ қазылар алқасының шешімі хаттамамен ресімделеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0061004A" w:rsidRDefault="0061004A" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бағалау өлшемдері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>стильдердің үйлесімділігі және түпнұсқалығы, вариативтілігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>композициялық шешімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>би қойылымы-идеясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орындаушылық техникасы және деңгейі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары сапалы орындаушылық;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сюжеті мен әртістік шеберлігі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сахналық көрінісі (костюммен жабдықталуы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F50B5A" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="0061004A" w:rsidRDefault="009C0CD0" w:rsidP="0061004A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...81 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F9668F" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...50 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F9668F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өткізу уақыты және орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:contextualSpacing/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="0056240B" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:contextualSpacing/>
-[...20 lines deleted...]
-      <w:r w:rsidRPr="00296D58">
+        <w:ind w:firstLine="709"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өткізу мерзімі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0056240B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:  </w:t>
+      </w:r>
+      <w:r w:rsidR="0061004A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы</w:t>
+      </w:r>
+      <w:r w:rsidR="00694809">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>24 ақпан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:b/>
-[...8 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0061004A" w:rsidRPr="00640155" w:rsidRDefault="0061004A" w:rsidP="009C0CD0">
+      <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...29 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i/>
-          <w:sz w:val="28"/>
-[...185 lines deleted...]
-        <w:pStyle w:val="a3"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...24 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00640155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00616E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсты қорытындылау және жеңімпаздарды марапаттау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00296D58">
-[...10 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00427963" w:rsidP="001E05F5">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00640155">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>онкурс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тың </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F50B5A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қорытындысы бойынша қазылар алқасы жеңімпаздарды анықтайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CC7DB9" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:firstLine="709"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...77 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00427963" w:rsidP="001E05F5">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00616E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жеңімпаздар І, ІІ, ІІІ дәрежелі дипломдармен және сыйлықтармен, сондай-ақ «Әртістігі үшін», «Бидің ұлттық дәстүрін сақтағаны және дамытқаны үшін», «Би нөмірлерінің ерекшелігі үшін», «Үздік хореографиялық қойылым», «Халық биін стильдеудегі шығармашылық табыстары үшін», «Ең мәнерлі би», «Би қойылымының ерекшелігі үшін» номинацияларымен, жеңімпаздар жетекшілері алғыс хаттармен марапатталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00616E0E" w:rsidRDefault="00CC7DB9" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00515F47">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Конкурс қорытын</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="00302790">
+        <w:t>дысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00694809">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001E05F5" w:rsidRPr="00296D58">
-[...114 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00AE3840">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар қаласы білім беру бөлімінің "Павлодар дарыны" бос уақытты қамту және балалардың  дарындылығын дамыту орталығы </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) первый этап  – </w:t>
-[...318 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+        <w:t xml:space="preserve"> сайтынан көруге болады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD4C63" w:rsidRPr="00616E0E" w:rsidRDefault="00AD4C63" w:rsidP="00AD4C63">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00616E0E" w:rsidRDefault="009C0CD0" w:rsidP="0061004A">
+      <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="0" w:firstLine="709"/>
-[...50 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00E90A31" w:rsidP="00A41AF9">
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F9668F" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E90A31">
-[...37 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00023823" w:rsidRDefault="00137361" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00296D58">
-[...9 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жауапты педагог </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00023823">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>елефон</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дары</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: 8(7182) 62</w:t>
+      </w:r>
+      <w:r w:rsidR="00223979">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-72</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4C63">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-09, 87770819783</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00023823" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00023823" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F60902" w:rsidRDefault="00F60902" w:rsidP="00F60902">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F60902" w:rsidRDefault="00F60902" w:rsidP="00F60902">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00105A1B" w:rsidRDefault="009C0CD0" w:rsidP="00F60902">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F60902">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қосымша </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00F60902" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="009535AB" w:rsidP="00A41AF9">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00616E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ӨТІНІМ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00616E0E" w:rsidRDefault="006A614C" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="709"/>
-[...446 lines deleted...]
-        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:bCs/>
-[...243 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...562 lines deleted...]
-        <w:t>»</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00616E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ақ шағала» Республикалық хореография</w:t>
+      </w:r>
+      <w:r w:rsidR="00F751A8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лық фестиваль-байқаудың қалалық</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0" w:rsidRPr="00616E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезеңіне   қатысу туралы  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
-        <w:tblW w:w="10774" w:type="dxa"/>
+        <w:tblW w:w="10916" w:type="dxa"/>
         <w:tblInd w:w="-885" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="974"/>
         <w:gridCol w:w="870"/>
         <w:gridCol w:w="1225"/>
-        <w:gridCol w:w="1293"/>
-        <w:gridCol w:w="1026"/>
+        <w:gridCol w:w="901"/>
+        <w:gridCol w:w="1418"/>
         <w:gridCol w:w="394"/>
         <w:gridCol w:w="1023"/>
-        <w:gridCol w:w="567"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="1101"/>
+        <w:gridCol w:w="2443"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00031930" w:rsidRPr="00031930" w:rsidTr="00297B66">
+      <w:tr w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidTr="00297B66">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>п</w:t>
-[...8 lines deleted...]
-              <w:t>/п</w:t>
+              <w:t>р/н</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Наименование коллектива</w:t>
+              <w:t>Ұжым атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Название номинации</w:t>
+              <w:t>Номинация атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Фамилия, имя, отчество участника</w:t>
+              <w:t>Қатысушының тегі, аты, әкесінің аты</w:t>
             </w:r>
-            <w:r w:rsidRPr="00031930">
+          </w:p>
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
-              <w:br/>
-              <w:t>(полностью)</w:t>
+            </w:pPr>
+            <w:r w:rsidRPr="00105A1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>(толық)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="901" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Число, месяц, год рождения,</w:t>
+              <w:t>Туған күні, айы, жылы,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105A1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сынып</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...18 lines deleted...]
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1026" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Место проживания,</w:t>
+              <w:t>Тұрғылықты мекен-жайы,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>(область, город, село, телефон)</w:t>
+              <w:t>(облыс, қала, ауыл, телефон)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Школа</w:t>
+              <w:t>Мектеп</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Статус (</w:t>
+              <w:t>Статус (көп балалы, аз қамтылған,жетім балалар)</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...29 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>обучение</w:t>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00105A1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>қыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcW w:w="2443" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00105A1B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Жетекшінің тегі, аты, әкесінің аты</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00031930">
+            <w:r w:rsidRPr="00105A1B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...8 lines deleted...]
-                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> К</w:t>
-[...26 lines deleted...]
-              <w:t>, адрес проживания</w:t>
+              <w:t>(толығымен байланыс телефоны, мекенжайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00031930" w:rsidRPr="00031930" w:rsidTr="00297B66">
+      <w:tr w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidTr="00297B66">
         <w:trPr>
-          <w:trHeight w:val="3233"/>
+          <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
-            <w:vMerge/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...232 lines deleted...]
-                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="974" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="870" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1225" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1293" w:type="dxa"/>
+            <w:tcW w:w="901" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1026" w:type="dxa"/>
+            <w:tcW w:w="1418" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:color w:val="000000"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1560" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="1101" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcW w:w="2443" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00031930" w:rsidRPr="00031930" w:rsidRDefault="00031930" w:rsidP="00031930">
+          <w:p w:rsidR="00105A1B" w:rsidRPr="00105A1B" w:rsidRDefault="00105A1B" w:rsidP="00105A1B">
             <w:pPr>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
-[...32 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00616E0E" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00616E0E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ӨТІНІМ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...51 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00DB2934" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="00F751A8" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00296D58">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00A41AF9" w:rsidP="00A41AF9">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жетекшісі:  (аты-жөні</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, жұмыс орны, қызметі, ұялы </w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телефоны) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00A41AF9" w:rsidRPr="00296D58" w:rsidRDefault="00DB2934" w:rsidP="00A41AF9">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="00F751A8" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00A41AF9" w:rsidRPr="00296D58">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп директоры</w:t>
+      </w:r>
+      <w:r w:rsidR="009C0CD0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...30 lines deleted...]
-    <w:sectPr w:rsidR="008641CE" w:rsidRPr="00296D58" w:rsidSect="002A26CB">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________________________ аты-жөні</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                         (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009C0CD0" w:rsidRPr="00640155" w:rsidRDefault="009C0CD0" w:rsidP="009C0CD0">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="31" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FB67E4" w:rsidRDefault="00FB67E4"/>
+    <w:sectPr w:rsidR="00FB67E4" w:rsidSect="002A26CB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="0DCA25FE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BC80127C"/>
+    <w:lvl w:ilvl="0" w:tplc="1C3805A4">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="2A1637EB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2A0C97BE"/>
+    <w:lvl w:ilvl="0" w:tplc="5D5C225A">
+      <w:start w:val="6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="478F0461"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="358EE940"/>
     <w:lvl w:ilvl="0" w:tplc="B68CBBCC">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4967,102 +4653,131 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00A41AF9"/>
-[...37 lines deleted...]
-    <w:rsid w:val="00F701DB"/>
+    <w:rsidRoot w:val="009C0CD0"/>
+    <w:rsid w:val="00023823"/>
+    <w:rsid w:val="00105A1B"/>
+    <w:rsid w:val="00137361"/>
+    <w:rsid w:val="001D252E"/>
+    <w:rsid w:val="00223979"/>
+    <w:rsid w:val="002265C6"/>
+    <w:rsid w:val="00290DA8"/>
+    <w:rsid w:val="002F4298"/>
+    <w:rsid w:val="0034339F"/>
+    <w:rsid w:val="003E4BE6"/>
+    <w:rsid w:val="003F0FC2"/>
+    <w:rsid w:val="00453841"/>
+    <w:rsid w:val="0053447A"/>
+    <w:rsid w:val="005354DE"/>
+    <w:rsid w:val="0053694B"/>
+    <w:rsid w:val="00557742"/>
+    <w:rsid w:val="005602AB"/>
+    <w:rsid w:val="005624E0"/>
+    <w:rsid w:val="005A681C"/>
+    <w:rsid w:val="005B56A8"/>
+    <w:rsid w:val="005C1BB9"/>
+    <w:rsid w:val="0061004A"/>
+    <w:rsid w:val="00625736"/>
+    <w:rsid w:val="00694809"/>
+    <w:rsid w:val="006A614C"/>
+    <w:rsid w:val="006D4E08"/>
+    <w:rsid w:val="006F0492"/>
+    <w:rsid w:val="00724E4A"/>
+    <w:rsid w:val="00736215"/>
+    <w:rsid w:val="0074787B"/>
+    <w:rsid w:val="00757D80"/>
+    <w:rsid w:val="00785D7D"/>
+    <w:rsid w:val="007A69F7"/>
+    <w:rsid w:val="00802732"/>
+    <w:rsid w:val="00826384"/>
+    <w:rsid w:val="0088778F"/>
+    <w:rsid w:val="0090608B"/>
+    <w:rsid w:val="009429C4"/>
+    <w:rsid w:val="009C0CD0"/>
+    <w:rsid w:val="009F04D9"/>
+    <w:rsid w:val="00A604EE"/>
+    <w:rsid w:val="00A87732"/>
+    <w:rsid w:val="00AD3DB0"/>
+    <w:rsid w:val="00AD4C63"/>
+    <w:rsid w:val="00AE3840"/>
+    <w:rsid w:val="00B35FDB"/>
+    <w:rsid w:val="00BD7CEF"/>
+    <w:rsid w:val="00C07F51"/>
+    <w:rsid w:val="00C14E9E"/>
+    <w:rsid w:val="00C87CB6"/>
+    <w:rsid w:val="00C90FA9"/>
+    <w:rsid w:val="00CA3A2A"/>
+    <w:rsid w:val="00CC7DB9"/>
+    <w:rsid w:val="00CD0DBD"/>
+    <w:rsid w:val="00D7559A"/>
+    <w:rsid w:val="00DC0769"/>
+    <w:rsid w:val="00DE11BB"/>
+    <w:rsid w:val="00F24778"/>
+    <w:rsid w:val="00F60902"/>
+    <w:rsid w:val="00F751A8"/>
+    <w:rsid w:val="00FB67E4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5205,173 +4920,153 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Абзац списка Знак"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Без интервала Знак"/>
     <w:aliases w:val="мелкий Знак,мой рабочий Знак,No Spacing Знак,норма Знак,Обя Знак,Без интервала1 Знак,Айгерим Знак"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="мелкий,мой рабочий,No Spacing,норма,Обя,Без интервала1,Айгерим"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="submenu-table">
     <w:name w:val="submenu-table"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-[...2 lines deleted...]
-    <w:link w:val="HTML0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle22">
+    <w:name w:val="Font Style22"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009C0CD0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
-[...14 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00031930"/>
+    <w:rsid w:val="00105A1B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -5517,227 +5212,191 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Абзац списка Знак"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Без интервала Знак"/>
     <w:aliases w:val="мелкий Знак,мой рабочий Знак,No Spacing Знак,норма Знак,Обя Знак,Без интервала1 Знак,Айгерим Знак"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="1"/>
     <w:locked/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="No Spacing"/>
     <w:aliases w:val="мелкий,мой рабочий,No Spacing,норма,Обя,Без интервала1,Айгерим"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="submenu-table">
     <w:name w:val="submenu-table"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00A41AF9"/>
+    <w:rsid w:val="009C0CD0"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="HTML">
-[...2 lines deleted...]
-    <w:link w:val="HTML0"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle22">
+    <w:name w:val="Font Style22"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-[...4 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="009C0CD0"/>
     <w:rPr>
-      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
-[...14 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00031930"/>
+    <w:rsid w:val="00105A1B"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...13 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5986,66 +5645,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>791</Words>
-  <Characters>4510</Characters>
+  <Words>896</Words>
+  <Characters>5108</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5291</CharactersWithSpaces>
+  <CharactersWithSpaces>5993</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Школьников Дворец</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>