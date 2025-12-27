--- v0 (2025-12-07)
+++ v1 (2025-12-27)
@@ -1,3355 +1,2729 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00CA5CA9" w:rsidRDefault="00CA5CA9" w:rsidP="00CA3065">
-[...7 lines deleted...]
-    <w:p w:rsidR="00485DAD" w:rsidRPr="00273C99" w:rsidRDefault="00485DAD" w:rsidP="00485DAD">
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="030303"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="00873305" w:rsidRDefault="005912EF" w:rsidP="005912EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Утверждаю</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>И.о. Руководителя</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="00873305" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> КГКП ЦЗРДО</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="00873305" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00873305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00873305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="00873305" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00873305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Кунанбаева</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> А.Т.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00873305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>«____»____________202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="00485DAD" w:rsidRPr="00273C99" w:rsidRDefault="00485DAD" w:rsidP="00485DAD">
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00873305">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="00873305" w:rsidRDefault="005912EF" w:rsidP="005912EF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...642 lines deleted...]
-    <w:p w:rsidR="00280477" w:rsidRPr="00904F02" w:rsidRDefault="00280477" w:rsidP="00B76434">
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1071 lines deleted...]
-      <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="030303"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F5B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="030303"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПОЛОЖЕНИЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F5B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="030303"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="030303"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о проведении городского конкурса декоративно-прикладного творчества «Волшебство своими руками</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F5B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="030303"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00394BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>для детей с особыми образо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005445EB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вательными потребностями </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="008E7C91" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1. Настоящее Положение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о городском </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">конкурсе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>декоративно-прикладного творчества</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Волшебство своими руками» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - Положение) определяет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">порядок организации и проведения конкурса (далее - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">),  порядок участия,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">цели и задачи,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а также порядок награждения участников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.2. Цели конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стимулирование творческой деятельности, выявление, сопровождение и поддержка талантливых участников конкурса в области декоративно-прикладного творчества.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1.3. Задачи конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- развитие творческого потенциала участников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-предоставление возможности демонстрации творческих способностей в конкурсной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- выявление и поощрение авторов лучших работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организатор и жюри </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-142" w:firstLine="850"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. Организатором конкурса является «Центр занятости и развития детской одаренности “Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">” отдела образования города Павлодара  (далее Организатор). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Для организац</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ионно-методического обеспечения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> создается оргкомитет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2.3. Оргкомитет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> определяет порядок, сроки проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>; формирует состав жюри;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организует общее руководство подготовкой и проведения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  анализирует и обобщает итоги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>конкурса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;  определяет победителей и распределяет призовые места</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="030303"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="030303"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Условия участия и правила проведения Конкурса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="030303"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.1. К участию в конкурсе допускаются авторы, предоставившие на конкурс свою работу и заявку на участие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3.2. Участники Конкурса делятся на следующие возрастные категории:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Первая категория: с 1 по 4 класс </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Вторая категория: с 5 по 7 класс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Третья категория: с 8 по 11 класс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3.3. На</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>конкурс декоративно-прикладного творчества принимаются работы, выполненные в любой технике и из любого материала:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– пластика, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бумагопластика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тестопластика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бисероплетение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– вышивка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– макраме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– изделия из природных материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– валяние;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– флористика;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– роспись по стеклу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– гобелен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Работы могут быть как индивидуальными, так и коллективными.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.4. Участие в конкурсе дистанционное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3.5. Для участия в Конкурсе необходимо выслать</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до 3 марта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 года:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Заявку на участие на электронную почту: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="004F2DF6">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>massovyy</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F2DF6">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F2DF6">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>otdel</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F2DF6">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>@</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F2DF6">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>mail</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F2DF6">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>.</w:t>
+        </w:r>
+        <w:r w:rsidRPr="004F2DF6">
+          <w:rPr>
+            <w:rStyle w:val="a3"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="en-US"/>
+          </w:rPr>
+          <w:t>ru</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Приложение 1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) Конкурсную работу (фото).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Оценивание конкурсных работ и подведение итогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4.1. Критерии оценок работ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– уровень техники исполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– качество изготовления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– сложность изготовления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- техническая эстетика, дизайн;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>– оригинальность замысла</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, его художественное воплощение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. Работы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивает жюри, в состав которого входят</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> специалисты ЦЗРДО </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дарыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Подведение итогов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="004F2DF6" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5.1. По результатам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурса победители награждаются дипломами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>III</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F2DF6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> степеней ЦЗРДО «Павлодар дарыны» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      </w:r>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F36B8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="006975DA" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006975DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Заявка на участие в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурсе «Волшебство своими руками»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005912EF" w:rsidRPr="006975DA" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a8"/>
+        <w:tblStyle w:val="a5"/>
         <w:tblW w:w="10447" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="487"/>
         <w:gridCol w:w="1138"/>
         <w:gridCol w:w="487"/>
         <w:gridCol w:w="488"/>
         <w:gridCol w:w="910"/>
         <w:gridCol w:w="709"/>
         <w:gridCol w:w="851"/>
         <w:gridCol w:w="1136"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="567"/>
         <w:gridCol w:w="2540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidTr="00903339">
+      <w:tr w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidTr="007929BF">
         <w:trPr>
           <w:trHeight w:val="821"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="487" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003F36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қатысушының Т.А.Ә.</w:t>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.И.О. участника</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="487" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="003F36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Мектеп </w:t>
+              <w:t>Школа</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Сынып </w:t>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Класс</w:t>
             </w:r>
+          </w:p>
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
+            <w:pPr>
+              <w:ind w:left="113" w:right="113"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>Оқыту тілі</w:t>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2696" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Есепте тұрған балалар </w:t>
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Уч-ся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,с</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>остоящие</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> на учете</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRDefault="00904F02" w:rsidP="00903339">
-[...8 lines deleted...]
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="007929BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Статус</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRDefault="00904F02" w:rsidP="00903339">
-[...17 lines deleted...]
-          <w:p w:rsidR="00904F02" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="007929BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="007929BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:r w:rsidRPr="003F36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...7 lines deleted...]
-              <w:t>байланыс тел</w:t>
+              <w:t>Ф.И.О. ответственного учителя, контактные данные</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidTr="00903339">
+      <w:tr w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidTr="007929BF">
         <w:trPr>
           <w:trHeight w:val="316"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="487" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="487" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
-[...13 lines deleted...]
-              <w:t>КТІЖ</w:t>
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ОДН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
-[...13 lines deleted...]
-              <w:t>МІБ</w:t>
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ВШК</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
-[...13 lines deleted...]
-              <w:t>Қауіпті топ</w:t>
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Гр</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>.р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>иска</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="00316914" w:rsidRDefault="00904F02" w:rsidP="00903339">
-[...14 lines deleted...]
-              <w:t>к</w:t>
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>м</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="003F36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
-            <w:r>
-[...5 lines deleted...]
-              <w:t>б</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>д</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>а/қ</w:t>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/о</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
-[...13 lines deleted...]
-              <w:t>ж/б</w:t>
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>д</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003F36B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>/с</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidTr="00903339">
+      <w:tr w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidTr="007929BF">
         <w:trPr>
           <w:trHeight w:val="302"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F36B8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1138" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="487" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="709" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="851" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1136" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="567" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00904F02" w:rsidRPr="003F36B8" w:rsidRDefault="00904F02" w:rsidP="00903339">
+          <w:p w:rsidR="005912EF" w:rsidRPr="003F36B8" w:rsidRDefault="005912EF" w:rsidP="007929BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00904F02" w:rsidRDefault="00904F02" w:rsidP="00904F02">
-[...53 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="005912EF" w:rsidRDefault="005912EF" w:rsidP="005912EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00315BE5" w:rsidRPr="005912EF" w:rsidRDefault="005912EF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>ынова</w:t>
+        <w:t>Исп.Аргынова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> С.Б. 87776549574</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00904F02" w:rsidRPr="001F3EAE" w:rsidRDefault="00904F02" w:rsidP="00904F02">
-[...12 lines deleted...]
-    <w:sectPr w:rsidR="00904F02" w:rsidRPr="001F3EAE" w:rsidSect="00C34E20">
+    <w:sectPr w:rsidR="00315BE5" w:rsidRPr="005912EF" w:rsidSect="005912EF">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...12 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0B7D7EBE"/>
-[...636 lines deleted...]
-    <w:nsid w:val="15337E7B"/>
+    <w:nsid w:val="5DB94DF8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="99C0F3C4"/>
+    <w:tmpl w:val="3670C0B6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -3391,2020 +2765,107 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
-[...1444 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="10"/>
-[...22 lines deleted...]
-  <w:num w:numId="9">
     <w:abstractNumId w:val="0"/>
-  </w:num>
-[...28 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="92"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:useFELayout/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00512F33"/>
-[...93 lines deleted...]
-    <w:rsid w:val="00F77BD6"/>
+    <w:rsidRoot w:val="005912EF"/>
+    <w:rsid w:val="00315BE5"/>
+    <w:rsid w:val="005912EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
-[...322 lines deleted...]
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
@@ -5512,453 +2973,145 @@
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
-[...18 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-[...42 lines deleted...]
-  <w:style w:type="character" w:styleId="a5">
+  <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00394BA6"/>
+    <w:rsid w:val="005912EF"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a6">
-[...10 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="002E10CB"/>
+    <w:rsid w:val="005912EF"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="a8">
+  <w:style w:type="table" w:styleId="a5">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00B93958"/>
+    <w:rsid w:val="005912EF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
-  <w:divs>
-[...246 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:massovyy.otdel@mail.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5992,86 +3145,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -6202,90 +3353,59 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>476</Words>
-  <Characters>2718</Characters>
+  <Words>472</Words>
+  <Characters>2696</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3188</CharactersWithSpaces>
+  <CharactersWithSpaces>3162</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Пользователь Windows</dc:creator>
+  <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>