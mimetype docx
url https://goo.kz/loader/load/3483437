--- v0 (2025-12-05)
+++ v1 (2025-12-19)
@@ -1,2100 +1,1475 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00C50B1A" w:rsidRPr="00755BB5" w:rsidRDefault="00C50B1A" w:rsidP="00C50B1A">
-      <w:pPr>
+    <w:p w:rsidR="00E515D8" w:rsidRPr="00E515D8" w:rsidRDefault="00E515D8" w:rsidP="00E515D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...14 lines deleted...]
-    <w:p w:rsidR="00C50B1A" w:rsidRPr="00755BB5" w:rsidRDefault="00C50B1A" w:rsidP="00C50B1A">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00E515D8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>КГКП «Дошкольная гимназия № 122 города Павлодар»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E515D8" w:rsidRPr="00E515D8" w:rsidRDefault="00E515D8" w:rsidP="00E515D8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00E515D8" w:rsidRDefault="00E515D8" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E515D8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Объявляет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E515D8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс на вакантную должность - </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE309F" w:rsidRPr="00E515D8">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учитель русского языка (2 часа в неделю) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю без предъявления требований к стажу работы или техническое и профессиональное педагогическое образование по соответствующему профилю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      И (или) педагог-мастер высшего уровня квалификации за стаж педагогической работы при наличии – 5 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Не менее 2 лет для педагога-модератора, не менее 3 лет для педагога-эксперта, не менее 4 лет для педагога-исследователя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      59. требования к квалификации с определением профессиональной компетентности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) "педагог" (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      знает содержание учебного предмета, учебно-воспитательного процесса, методики обучения и оценки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      планирует и организует учебно-воспитательный процесс с учетом психолого-возрастных особенностей обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      способствует формированию общей культуры обучающегося и его социализации,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      участвует в мероприятиях на уровне организации образования, реализует индивидуальный подход в воспитании и обучении с учетом потребностей обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      соответствует общим требованиям категории "педагог", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      использует инновационные формы, методы и средства обучения, обобщает опыт на уровне организации образования, становится участником олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      соответствует общим требованиям категории "педагог-модератор" , а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      владеет навыками анализа организованной учебной деятельности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      реализует конструктивность и наставничество, определяет приоритеты профессионального развития как отдельных, так и коллективных на уровне организаций образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обобщает опыт на уровне города/региона, становится участниками олимпиад, конкурсов, соревнований на уровне организации образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      соответствует общим требованиям категории "педагог-эксперт" , а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      владеет навыками разработки инструментария исследования и оценки урока,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивает развитие исследовательских навыков обучающихся,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществляет Наставничество в педагогическом сообществе на уровне района, города и конструктивно определяет стратегию развития,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обобщает опыт на уровне области/городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      наличие участников олимпиад, конкурсов, соревнований на уровне области/ городов республиканского значения и столицы, республики (для республиканских подведомственных организаций);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) "педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      соответствует общим требованиям категории "педагог-мастер" , а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      иметь авторские программы и быть автором (соавтором) авторских программ или учебников, учебно-методических пособий, одобренных республиканским учебно-методическим советом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      обеспечивает развитие навыков научного проектирования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      осуществляет руководство и планирует участие в сети профессиональных объединений на уровне области,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      является участником республиканских и международных конкурсов и олимпиад или готовит участников республиканских и международных конкурсов, утвержденных уполномоченным областным органом образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="007376A0" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CE309F" w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должностные обязанности: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE309F" w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>осуществляет обучение и воспитание обучающихся в соответствии с государственными общеобязательными стандартами образования и на основе концепции "образование на основе ценностей" с учетом специфики преподаваемого предмета,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      способствует формированию общей культуры личности обучающегося и воспитанника и его социализации, выявляет и способствует развитию индивидуальных способностей обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Использует новые подходы, эффективные формы, методы и средства обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Участвует в разработке и выполнении учебных программ, обеспечивает их реализацию в полном объеме в соответствии с учебным планом и графиком учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Участвует в заседаниях методических объединений, методических советов, сетевых сообществ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Изучает индивидуальные способности, интересы и склонности обучающихся, воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет работу по обучению и воспитанию обучающихся, воспитанников, направленную на максимальную коррекцию отклонений в развитии с учетом специфики преподаваемого предмета в специальных (коррекционных) образовательных учреждениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Повышает профессиональную компетентность, в том числе информационно-коммуникационную.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Выполняет правила и нормы охраны труда, техники безопасности и противопожарной защиты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает охрану жизни и здоровья обучающихся в период образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Осуществляет сотрудничество с родителями или лицами, их заменяющими.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Выполняет требования техники безопасности при эксплуатации оборудования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Обеспечивает создание необходимых условий для сохранения жизни и здоровья детей во время образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      Заполняет документы, перечень которых утвержден уполномоченным органом в области образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В образовательных организациях понятие "образование, основанное на ценностях" внедряется всеми формами образовательного процесса, в том числе с участием детских семей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Профилактика антикоррупционной культуры, принципов академической честности среди обучающихся, воспитанников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="007376A0" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007376A0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CE309F" w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Должен знать: </w:t>
+      </w:r>
+      <w:r w:rsidR="00CE309F" w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конституцию Республики Казахстан, Трудовой кодекс Республики Казахстан, законы Республики Казахстан "Об образовании", "О статусе педагога", "о противодействии коррупции", "О языках в Республике Казахстан", государственные общеобязательные стандарты образования и другие нормативные правовые акты, определяющие направления и перспективы развития образования,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      педагогика и психология,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      методику преподавания дисциплины, воспитательную работу, средства обучения и их дидактические возможности,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      требования к оборудованию учебных кабинетов и вспомогательных помещений,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      правила и нормы охраны труда, техники безопасности и противопожарной защиты, санитарные правила и нормы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00755BB5" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перечень документов, необходимых для участия в конкурсе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* заявление по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* документ, удостоверяющий личность, либо копия электронного документа из сервиса цифровых документов ( для идентификации)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>личный листок и фотография по учету кадров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* копия документа государственного образца об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* копия документа, подтверждающего трудовую деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Справка о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности министра здравоохранения Республики Казахстан от 30 октября 2020 года №МЗ РК-175/2020 «Об утверждении форм учетной документации в области здравоохранения";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* справка с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* справка с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* сертификат квалификационного тестирования или свидетельство о квалификации педагога-модератора, педагога-эксперта, педагога-исследователя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>* Оценочный лист кандидата, заполненный по форме приложения 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00CE309F" w:rsidRDefault="005319DA" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок подачи и место приема заявок на участие в конкурсе: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CE309F" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в течение 7 рабочих дней со дня публикации объявления на интернет-ресурсе организации образования и (или) в официальных аккаунтах социальных сетей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007376A0" w:rsidRPr="00CE309F" w:rsidRDefault="00CE309F" w:rsidP="00CE309F">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE309F">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Прием документов на занятие вакантной должности осуществляется КГКП «дошкольная гимназия № 122 города Павлодара» по адресу: улица Сатпаева, 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005319DA" w:rsidRPr="00755BB5" w:rsidRDefault="005319DA" w:rsidP="005319DA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00755BB5">
-[...34 lines deleted...]
-    <w:p w:rsidR="00C50B1A" w:rsidRPr="00755BB5" w:rsidRDefault="007376A0" w:rsidP="00C50B1A">
+    </w:p>
+    <w:p w:rsidR="00755BB5" w:rsidRDefault="00CE309F" w:rsidP="00394150">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...20 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00CE309F">
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...1953 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации: 8 (7182) - 32-04-16; электронный адрес pavlodar122@mail.ru</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00755BB5" w:rsidRDefault="00755BB5" w:rsidP="00394150">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00755BB5" w:rsidRDefault="00755BB5" w:rsidP="00394150">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00755BB5" w:rsidRDefault="00755BB5" w:rsidP="00394150">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -2562,51 +1937,53 @@
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C50B1A"/>
     <w:rsid w:val="00003F34"/>
     <w:rsid w:val="0007615B"/>
     <w:rsid w:val="00311B65"/>
     <w:rsid w:val="00394150"/>
     <w:rsid w:val="004925D2"/>
     <w:rsid w:val="00507DA2"/>
     <w:rsid w:val="005319DA"/>
     <w:rsid w:val="007376A0"/>
     <w:rsid w:val="00755BB5"/>
     <w:rsid w:val="00894C86"/>
     <w:rsid w:val="00942065"/>
     <w:rsid w:val="00A31EE3"/>
     <w:rsid w:val="00C50B1A"/>
     <w:rsid w:val="00CD28F5"/>
+    <w:rsid w:val="00CE309F"/>
     <w:rsid w:val="00DA047D"/>
+    <w:rsid w:val="00E515D8"/>
     <w:rsid w:val="00E72DD4"/>
     <w:rsid w:val="00F868F3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -2766,50 +2143,51 @@
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C50B1A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text Indent"/>
@@ -3007,50 +2385,51 @@
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00C50B1A"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Body Text Indent"/>
@@ -3077,50 +2456,52 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="005319DA"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -3371,66 +2752,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>7211</Characters>
+  <Pages>1</Pages>
+  <Words>1138</Words>
+  <Characters>6491</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>60</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>54</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8459</CharactersWithSpaces>
+  <CharactersWithSpaces>7614</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>1</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>