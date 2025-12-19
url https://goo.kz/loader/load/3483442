--- v0 (2025-12-08)
+++ v1 (2025-12-19)
@@ -1,871 +1,218 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009A2AE6" w:rsidRPr="009A2AE6" w:rsidRDefault="009A2AE6" w:rsidP="009A2AE6">
+    <w:p w:rsidR="00587C60" w:rsidRPr="00587C60" w:rsidRDefault="00587C60" w:rsidP="00587C60">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00587C60">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП "дошкольная гимназия №122 города Павлодара" отдела образования города Павлодара, </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="009A2AE6">
+      <w:r w:rsidRPr="00587C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>Павлодар</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009A2AE6">
+      <w:r w:rsidRPr="00587C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодарской области</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...142 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="009A2AE6" w:rsidRPr="009A2AE6" w:rsidRDefault="009A2AE6" w:rsidP="009A2AE6">
+    <w:p w:rsidR="00587C60" w:rsidRPr="00587C60" w:rsidRDefault="00587C60" w:rsidP="00587C60">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009A2AE6">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00587C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...111 lines deleted...]
-        <w:t>»</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Учитель русского языка (2 часа в неделю)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A2AE6" w:rsidRPr="009A2AE6" w:rsidRDefault="009A2AE6" w:rsidP="009A2AE6">
+    <w:p w:rsidR="00D76F89" w:rsidRDefault="00587C60" w:rsidP="00587C60">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009A2AE6">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00587C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>КМҚК</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>итоги конкурса на вакантную должность</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009A2AE6" w:rsidRPr="009A2AE6" w:rsidRDefault="009A2AE6" w:rsidP="009A2AE6">
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00587C60" w:rsidRPr="00587C60" w:rsidRDefault="00587C60" w:rsidP="00587C60">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...133 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD210F" w:rsidRDefault="009A2AE6" w:rsidP="00D76F89">
+    <w:p w:rsidR="00D76F89" w:rsidRDefault="00587C60" w:rsidP="00D76F89">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="009A2AE6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t>бос</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Учитель русского языка</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...104 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="000A3C7F" w:rsidRDefault="000A3C7F" w:rsidP="00D76F89">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD210F" w:rsidRPr="000A3C7F" w:rsidRDefault="000A3C7F" w:rsidP="00D76F89">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="00DD210F" w:rsidRPr="000A3C7F" w:rsidRDefault="00587C60" w:rsidP="00587C60">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A3C7F">
+      <w:r w:rsidRPr="00587C60">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «</w:t>
+        <w:t>Конкурс на замещение вакантной должности учителя русского языка коммунального государственного учреждения «дошкольная гимназия №122 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области с 24 по 28 января 2022 года не проводился в связи с отсутствием кандидатов.</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk57637380"/>
-[...170 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00DD210F" w:rsidRPr="000A3C7F" w:rsidRDefault="00DD210F" w:rsidP="00371303">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0036693B" w:rsidRPr="000A3C7F" w:rsidRDefault="0036693B" w:rsidP="00371303">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
@@ -1048,50 +395,51 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AF1C6D"/>
     <w:rsid w:val="00031184"/>
     <w:rsid w:val="00080D79"/>
     <w:rsid w:val="000A3C7F"/>
     <w:rsid w:val="00203435"/>
     <w:rsid w:val="0025113C"/>
     <w:rsid w:val="002977EF"/>
     <w:rsid w:val="0036693B"/>
     <w:rsid w:val="00371303"/>
     <w:rsid w:val="00376535"/>
     <w:rsid w:val="003E48F2"/>
     <w:rsid w:val="003F0BE1"/>
+    <w:rsid w:val="00587C60"/>
     <w:rsid w:val="00675775"/>
     <w:rsid w:val="0067585C"/>
     <w:rsid w:val="008B5041"/>
     <w:rsid w:val="009942F6"/>
     <w:rsid w:val="009A2AE6"/>
     <w:rsid w:val="009F0BD3"/>
     <w:rsid w:val="00AF1C6D"/>
     <w:rsid w:val="00D76F89"/>
     <w:rsid w:val="00DD210F"/>
     <w:rsid w:val="00F86FAB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
@@ -1976,65 +1324,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>85</Words>
-  <Characters>491</Characters>
+  <Words>79</Words>
+  <Characters>452</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>575</CharactersWithSpaces>
+  <CharactersWithSpaces>530</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Мадина Алиханкызы</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>