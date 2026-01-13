--- v0 (2025-12-13)
+++ v1 (2026-01-13)
@@ -1,437 +1,200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="009D4003" w:rsidRDefault="009D4003" w:rsidP="009D4003">
+    <w:p w:rsidR="00514DA0" w:rsidRPr="00514DA0" w:rsidRDefault="00514DA0" w:rsidP="00514DA0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00514DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Управление образования Павлодарской области, отдел образования города Павлодара </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00514DA0" w:rsidRPr="00514DA0" w:rsidRDefault="00514DA0" w:rsidP="00514DA0">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00514DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП "дошкольная гимназия № 122 города Павлодара" </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009D4003" w:rsidRDefault="00514DA0" w:rsidP="00514DA0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D4003">
+      <w:r w:rsidRPr="00514DA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Павлодар </w:t>
-[...143 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>итоги конкурса на временно вакантную должность учителя изобразительного искусства в декретном отпуске</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D4003" w:rsidRDefault="009D4003" w:rsidP="009D4003">
+    <w:p w:rsidR="00514DA0" w:rsidRPr="00514DA0" w:rsidRDefault="00514DA0" w:rsidP="00514DA0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D4003">
-[...8 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00587C60" w:rsidRDefault="009D4003" w:rsidP="009D4003">
+    <w:p w:rsidR="009D4003" w:rsidRDefault="00514DA0" w:rsidP="00514DA0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009D4003">
+      <w:r w:rsidRPr="00514DA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">декреттік демалыстағы бейнелеу өнер мұғалімі уақытша бос лауазымына </w:t>
-[...29 lines deleted...]
-        <w:t>қорытындысы</w:t>
+        <w:t>Учитель изобразительного искусства</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009D4003" w:rsidRPr="009D4003" w:rsidRDefault="009D4003" w:rsidP="009D4003">
-[...45 lines deleted...]
-    <w:p w:rsidR="009D4003" w:rsidRDefault="009D4003" w:rsidP="00587C60">
+    <w:p w:rsidR="00514DA0" w:rsidRDefault="00514DA0" w:rsidP="00514DA0">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009D4003" w:rsidRPr="009D4003" w:rsidRDefault="009D4003" w:rsidP="009D4003">
-[...66 lines deleted...]
-    <w:p w:rsidR="0036693B" w:rsidRPr="000A3C7F" w:rsidRDefault="0036693B" w:rsidP="0036693B">
+    <w:p w:rsidR="0036693B" w:rsidRPr="000A3C7F" w:rsidRDefault="00514DA0" w:rsidP="0036693B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000A3C7F">
+      <w:r w:rsidRPr="00514DA0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурс на замещение временно вакантной должности учителя изобразительного искусства коммунального государственного учреждения «дошкольная гимназия №122 города Павлодара» отдела образования города Павлодара, управления образования Павлодарской области с 24 по 28 января 2022 года не проводился в связи с отсутствием кандидатов.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="0036693B" w:rsidRPr="000A3C7F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0067585C" w:rsidRPr="000A3C7F" w:rsidRDefault="0067585C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0067585C" w:rsidRPr="000A3C7F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
@@ -574,50 +337,51 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AF1C6D"/>
     <w:rsid w:val="00031184"/>
     <w:rsid w:val="00080D79"/>
     <w:rsid w:val="000A3C7F"/>
     <w:rsid w:val="00203435"/>
     <w:rsid w:val="0025113C"/>
     <w:rsid w:val="002977EF"/>
     <w:rsid w:val="0036693B"/>
     <w:rsid w:val="00371303"/>
     <w:rsid w:val="00376535"/>
     <w:rsid w:val="003E48F2"/>
     <w:rsid w:val="003F0BE1"/>
+    <w:rsid w:val="00514DA0"/>
     <w:rsid w:val="00587C60"/>
     <w:rsid w:val="00675775"/>
     <w:rsid w:val="0067585C"/>
     <w:rsid w:val="008B5041"/>
     <w:rsid w:val="009942F6"/>
     <w:rsid w:val="009A2AE6"/>
     <w:rsid w:val="009D4003"/>
     <w:rsid w:val="009F0BD3"/>
     <w:rsid w:val="00AF1C6D"/>
     <w:rsid w:val="00D76F89"/>
     <w:rsid w:val="00DD210F"/>
     <w:rsid w:val="00F86FAB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -776,50 +540,51 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
@@ -1056,50 +821,51 @@
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="No Spacing"/>
@@ -1502,65 +1268,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>88</Words>
-  <Characters>503</Characters>
+  <Words>89</Words>
+  <Characters>512</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>590</CharactersWithSpaces>
+  <CharactersWithSpaces>600</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Мадина Алиханкызы</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>