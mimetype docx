--- v0 (2025-12-08)
+++ v1 (2026-03-20)
@@ -1,3148 +1,6811 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00EE24B2" w:rsidRPr="00EE24B2" w:rsidRDefault="00EE24B2" w:rsidP="00EE24B2">
-[...23 lines deleted...]
-    <w:p w:rsidR="00EE24B2" w:rsidRPr="00EE24B2" w:rsidRDefault="00EE24B2" w:rsidP="00EE24B2">
+    <w:p w:rsidR="00733B41" w:rsidRPr="000D1CA4" w:rsidRDefault="000D1CA4" w:rsidP="000D1CA4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1692"/>
           <w:tab w:val="left" w:pos="1872"/>
           <w:tab w:val="left" w:pos="2052"/>
           <w:tab w:val="left" w:pos="2592"/>
           <w:tab w:val="left" w:pos="4397"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE24B2">
+      <w:bookmarkStart w:id="0" w:name="z44"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Наименование организации:  Коммунальное государственное учреждение  «Средняя общеобразовательная школа №</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="008C02F2" w:rsidRPr="000D1CA4">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілім беру ұйымының атауы:  </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>35 города Павлодара» отдела образования города Павлодара, Управления образования Павлодарской области</w:t>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="008C02F2" w:rsidRPr="000D1CA4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">авлодар облысының білім беру басқармасы, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="008C02F2" w:rsidRPr="000D1CA4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>авлодар қаласы білім беру бөлімінің «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="008C02F2" w:rsidRPr="000D1CA4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>авлодар қаласының № 35 жалпы орта білім беру мектебі» коммуналдық мемлекеттік мекемесі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE24B2" w:rsidRPr="00EE24B2" w:rsidRDefault="00EE24B2" w:rsidP="00EE24B2">
+    <w:p w:rsidR="000D1CA4" w:rsidRPr="000D1CA4" w:rsidRDefault="000D1CA4" w:rsidP="000D1CA4">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
-          <w:tab w:val="left" w:pos="-288"/>
+          <w:tab w:val="left" w:pos="1692"/>
+          <w:tab w:val="left" w:pos="1872"/>
+          <w:tab w:val="left" w:pos="2052"/>
+          <w:tab w:val="left" w:pos="2592"/>
+          <w:tab w:val="left" w:pos="4397"/>
         </w:tabs>
-        <w:ind w:left="502"/>
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Адрес:</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+      </w:pPr>
+      <w:r w:rsidRPr="000D1CA4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республика Казахстан, 140008, Павлодарская область,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+        <w:t xml:space="preserve">Қазақстан Республикасы, 140008, Павлодар облысы, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1CA4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve"> г. Павлодар, ул. Айманова, 37; тел.: (7182) 53-71-04, e-mail:</w:t>
-[...3 lines deleted...]
-          <w:color w:val="0070C0"/>
+        <w:t>Павлодар қаласы, Айманов қөшесі, 37</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1CA4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тел.: (7182) 53-71-04,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006C5D2B" w:rsidRDefault="000D1CA4" w:rsidP="006C5D2B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1CA4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>e-mail:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1CA4">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>school</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE24B2">
+      <w:r w:rsidRPr="000D1CA4">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>_35@</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE24B2">
+      <w:r w:rsidRPr="000D1CA4">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>inbox</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EE24B2">
+      <w:r w:rsidRPr="000D1CA4">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EE24B2">
+      <w:r w:rsidRPr="000D1CA4">
         <w:rPr>
           <w:color w:val="0070C0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ru</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EE24B2">
+      <w:r w:rsidRPr="000D1CA4">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE24B2" w:rsidRPr="00EE24B2" w:rsidRDefault="00EE24B2" w:rsidP="00EE24B2">
-[...133 lines deleted...]
-    <w:p w:rsidR="00EE24B2" w:rsidRPr="00EE24B2" w:rsidRDefault="00EE24B2" w:rsidP="00EE24B2">
+    <w:p w:rsidR="00733B41" w:rsidRPr="00F51E93" w:rsidRDefault="000D1CA4" w:rsidP="00D03AB3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000D1CA4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос жұмыс орынына конкурс жариялайды</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B41" w:rsidRPr="000D1CA4">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>е</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B41" w:rsidRPr="000D1CA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C5D2B" w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаттықтырушы-оқытушы</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2A93">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000D1CA4">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F51E93" w:rsidRPr="00F51E93">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2A93">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>спортинструктор</w:t>
+      </w:r>
+      <w:r w:rsidR="00F51E93" w:rsidRPr="00F51E93">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00D03AB3" w:rsidRDefault="00C63AD3" w:rsidP="00D03AB3">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Негізгі </w:t>
+      </w:r>
+      <w:r w:rsidR="006C5D2B" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2A93" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауазымдық міндеттері:</w:t>
+      </w:r>
+      <w:r w:rsidR="007F2A93" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жаттықтырушы-оқытушы дене тәрбиесі бағдарламасына және әдістемесіне сәйкес балаларды оқыту жұмысын жүргізеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Балардың жас ерекшегілігін, дайындығын, жеке және психофизикалық ерекшеліктерін ескере отырып, оқытудың міндеттері мен мазмұнын анықтайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Балаларға дене жаттығуларын орындау дағдылары мен техникасын үйретеді, олардың бойында рухани-жігер қасиеттерін қалыптастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Дене шынықтыру сабақтары мен спорттық іс-шаралар өткізу барысында балалардың толық қауіпсіздігін қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Дәрігерге дейінгі алғашқы көмек көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Үнемі санитарлық-гигиеналық нормалардың сақталуын қадағалайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Медицина қызметкерлерімен бірлесе отырып, балалардың денсаулық жағдайын бақылайды және физикалық жүктемесін реттейді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Балалардың өмірі мен денсаулығына жауап береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Салауатты өмір салтын насихаттайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Тәрбиешілермен, тәрбиеленушілердің ата-анасымен тығыз байланыста болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      Бекітілген құжаттаманы және есептілікті жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00D03AB3" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z241"/>
+      <w:r w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білуге міндетті: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қазақстан Республикасының Конституциясын, Қазақстан Республикасының Еңбек Кодексін, Қазақстан Республикасының "Білім туралы", "Педагог мәртебесі туралы", "Қазақстан Республикасындағы тіл туралы", "Қазақстан Республикасындағы баланың құқықтары туралы", "Сыбайлас жемқорлыққа қарсы іс-қимыл туралы" Заңдарын және білім беру, дене шынықтыру және спорт, оқушыларды оқыту және тәрбиелеу мәселелері "Дене тәрбиесі және спорт туралы" бойынша басқа да нормативтік құқықтық актілерді,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Қазақстан Республикасының Заңы "Мүгедектiгi бойынша және асыраушысынан айырылу жағдайы бойынша берiлетiн мемлекеттiк әлеуметтiк жәрдемақылар туралы", "Арнаулы әлеуметтік қызметтер туралы", "Кемтар балаларды әлеуметтік және медициналық-педагогикалық түзеу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">арқылы қолдау туралы", "Кәмелетке толмағандар арасындағы құқық бұзушылықтардың профилактика мен балалардың қадағалаусыз және панасыз қалуының алдын алу туралы" білім беруді дамытудың бағыттары мен болашағын айқындайтын басқа да нормативтік құқықтық актілер, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       педагогика, психология негіздерін, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      мемлекеттік жалпыға міндетті білім беру стандарты,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F13A8C" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007F2A93">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>арнайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогика, психология, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен практика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жетістіктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F13A8C" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> экономика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>негіздері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қаржы-шаруашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F13A8C" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қауіпсіздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>техникасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өртке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қауіпсіздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z242"/>
+      <w:r w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D03AB3" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтіліне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қоймастан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>даярлығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>санаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>модератор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мамандығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="006C5D2B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z243"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құзыреттілікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>модератор</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пәнді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алдыңғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қатарлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсілдерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалануы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>диагностикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлестігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>топтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>модераторға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бетінше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>пәнді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жасай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>семинарларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>топтардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>озық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдануға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқулықтар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>құралдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асыруға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>белсенді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F769D7" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жасай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F13A8C" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F769D7">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>эксперименттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырмаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тұжырымдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F13A8C" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>авторлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлемелердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F13A8C" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>өзекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мәселелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шешуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>топтарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>басқарады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F13A8C" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) "педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F13A8C" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеушіге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>беруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRPr="00F13A8C" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мақұлданған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>материалдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жобалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007F2A93" w:rsidRDefault="007F2A93" w:rsidP="007F2A93">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тәлімгерлікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ететін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдастық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>желісін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13A8C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D03AB3" w:rsidRDefault="00D03AB3" w:rsidP="00D03AB3">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Еңбек ақы төлеу мөлшері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk95314878"/>
+      <w:r w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>110000-130000 теңге</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="006C2921" w:rsidRPr="00D03AB3" w:rsidRDefault="00AE603D" w:rsidP="00D03AB3">
+      <w:pPr>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D03AB3">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00EE24B2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2921" w:rsidRPr="00D03AB3">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>и</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="000D1CA4" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құжаттарды қабылдау мерзімі</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2921" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00F769D7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2921" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F769D7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2921" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.202</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="5" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidR="006C2921" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD543B" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2921" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidR="00F769D7">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="009F2A75" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.02</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2921" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2022 </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD543B" w:rsidRPr="00D03AB3">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ж.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00FD543B" w:rsidRDefault="00AE603D" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1011 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2921" w:rsidRPr="00AC220C">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="006C2921" w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...8 lines deleted...]
-          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD543B" w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Конкурсқа қатысуға ниет білдірген адам хабарландыруда көрсетілген құжаттарды қабылдау мерзімінде келесі құжаттарды электрондық немесе қағаз түрінде жолдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00FD543B" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z162"/>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE603D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚР БҒМ 2021 ж. 19.11. № 568 бұйрығының</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE603D" w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10-қосымшаға сәйкес нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, Конкурсқа қатысу туралы өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00FD543B" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z163"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      2) жеке басын куәландыратын құжат не цифрлық құжаттар сервисінен алынған электронды құжат (идентификация үшін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00FD543B" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z164"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      3) кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00FD543B" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z165"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00FD543B" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z166"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      5) еңбек қызметін растайтын құжаттың көшірмесі (</w:t>
+      </w:r>
+      <w:r w:rsidR="00434DFF">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еңбек өтілі </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бар болса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00FD543B" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z167"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6) "Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген нысан бойынша денсаулық жағдайы туралы анықтама (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00FD543B" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z168"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      7) психоневрологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00FD543B" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z169"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      8) наркологиялық ұйымнан анықтама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00FD543B" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z170"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>      9) Ұлттық біліктілік тестілеу сертификаты (бұдан әрі – ҰБТ) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (болған жағдайда).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00FD543B" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z171"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      10) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE603D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ҚР БҒМ 2021 ж. 19.11. № 568 бұйрығының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11-қосымшаға сәйкес нысан бойынша педагогтің бос немесе уақытша бос лауазымына кандидаттың толтырылған Бағалау парағы. (дәлелдеме құжаттар болу қажет: диплом, грамота т.б.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00C31C55" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> Требования к квалификации: </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31C55">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31C55">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD543B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE24B2" w:rsidRPr="00EE24B2" w:rsidRDefault="00EE24B2" w:rsidP="00EE24B2">
-[...30 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00FD543B" w:rsidRPr="00C31C55" w:rsidRDefault="00FD543B" w:rsidP="00FD543B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE24B2" w:rsidRPr="00EE24B2" w:rsidRDefault="00EE24B2" w:rsidP="00EE24B2">
-[...827 lines deleted...]
-    <w:p w:rsidR="00EE24B2" w:rsidRPr="00EE24B2" w:rsidRDefault="00EE24B2" w:rsidP="00EE24B2">
+    <w:p w:rsidR="005D1082" w:rsidRPr="00FD543B" w:rsidRDefault="005D1082" w:rsidP="00FD543B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...81 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE24B2" w:rsidRPr="00EE24B2" w:rsidRDefault="00EE24B2" w:rsidP="00EE24B2">
-[...461 lines deleted...]
-    <w:sectPr w:rsidR="00257BA3" w:rsidRPr="00EE24B2" w:rsidSect="00312BD1">
+    <w:sectPr w:rsidR="005D1082" w:rsidRPr="00FD543B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1274" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="7E75187F"/>
+    <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FE28DF7C"/>
-    <w:lvl w:ilvl="0" w:tplc="F5DA620C">
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="862" w:hanging="360"/>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="130A2BFD"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C8109418"/>
+    <w:lvl w:ilvl="0" w:tplc="2000000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1582" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2302" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3022" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3742" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4462" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5182" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5902" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6622" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B7C3169"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B88C5C10"/>
+    <w:lvl w:ilvl="0" w:tplc="67A82808">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="644" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1298" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2018" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2738" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3458" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4178" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2000000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4898" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5618" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6338" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EE24B2"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00EE24B2"/>
+    <w:rsidRoot w:val="005557D2"/>
+    <w:rsid w:val="000D1CA4"/>
+    <w:rsid w:val="002E1D7E"/>
+    <w:rsid w:val="00434DFF"/>
+    <w:rsid w:val="005557D2"/>
+    <w:rsid w:val="005D1082"/>
+    <w:rsid w:val="006C2921"/>
+    <w:rsid w:val="006C5D2B"/>
+    <w:rsid w:val="00733B41"/>
+    <w:rsid w:val="007F2A93"/>
+    <w:rsid w:val="008C02F2"/>
+    <w:rsid w:val="009F2A75"/>
+    <w:rsid w:val="00AC220C"/>
+    <w:rsid w:val="00AE603D"/>
+    <w:rsid w:val="00C63AD3"/>
+    <w:rsid w:val="00D03AB3"/>
+    <w:rsid w:val="00D64379"/>
+    <w:rsid w:val="00F51E93"/>
+    <w:rsid w:val="00F62195"/>
+    <w:rsid w:val="00F769D7"/>
+    <w:rsid w:val="00FD543B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="03B61735"/>
+  <w14:docId w14:val="1C7AC15E"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{F49CDB2E-AE80-4770-9BBC-16785E1A3DE3}"/>
+  <w15:docId w15:val="{1D6FB049-EF66-47AF-8AFA-F672C7A2BA75}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3501,91 +7164,98 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="005557D2"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00EE24B2"/>
+    <w:rsid w:val="00D64379"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
@@ -3860,55 +7530,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5668</Characters>
+  <Pages>4</Pages>
+  <Words>1046</Words>
+  <Characters>5966</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>47</Lines>
+  <Lines>49</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6649</CharactersWithSpaces>
+  <CharactersWithSpaces>6999</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Камиль Айбек</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>