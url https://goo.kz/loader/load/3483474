--- v0 (2025-12-05)
+++ v1 (2026-03-01)
@@ -1,1723 +1,15786 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00E31923" w:rsidRPr="003048AB" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003048AB">
-        <w:rPr>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...5 lines deleted...]
-        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:t>управления образования Павлодарской области объявляет открытый конкурс на назначение вакантной должности воспитателя с русским языком обучения во время декретного отпуска</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 79 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуналдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазыналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіпорны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>декреттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00561302">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="001507F5" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="00561302" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="00561302" w:rsidP="00561302">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>11-02</w:t>
       </w:r>
-      <w:r w:rsidR="00E31923" w:rsidRPr="00E31923">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="008E77D5" w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>-2022 09:00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...24 lines deleted...]
-        <w:r w:rsidRPr="00E31923">
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«№ 79 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» КМҚК, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F65F05">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көшесі,6 телефон 643734,643733; </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="008E77D5">
           <w:rPr>
-            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>эл.почта: ds79pvl@inbox.ru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="003048AB" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...45 lines deleted...]
-        <w:t>типовую учебную программу дошкольного воспитания и обучения Республики Казахстан.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...14 lines deleted...]
-        <w:t>: высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, без предъявления требований к стажу работы;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>и (или) при наличии высшего уровня квалификации стаж работы в должности воспитателя дошкольной организации для педагога-модератора и педагога-эксперта не менее 2 лет, педагога-исследователя не менее 3 лет, педагога-мастера – 5 лет;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орнынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> де </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиісті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даярлауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>техникалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стажына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>и (или) при наличии среднего уровня квалификации стаж работы в должности воспитателя дошкольной организации: для педагога-модератора не менее 2 лет, для педагога-эксперта – не менее 3 лет, педагога-исследователя не менее 4 лет.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-модератор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орта </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: педагог-модератор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, педагог – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін-кемінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>1) педагог (без категории):</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құзыреттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>должен отвечать общим требованиям, предъявляемым к квалификации "педагог":</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоқ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>знать содержание и структуру Типовой программы, владеть методикой дошкольного воспитания и обучения;</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«педагог» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілігіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>осуществлять индивидуальный подход в воспитании и обучении с учетом возрастных особенностей;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>разрабатывать перспективный план и циклограмму;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекшеліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көзқарасты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>обеспечивать получение воспитанниками, знаний, умений и навыков не ниже уровня, предусмотренного Государственным общеобязательным стандартом дошкольного воспитания и обучения;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>перспективалықжоспар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>циклограмманыәзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>осуществлять связь с родителями или лицами, их заменяющими;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиеленушілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көзделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>төмен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>участвовать в методической работе;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олардыңорнындағыадамдарменбайланыстыжүзегеасыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>проводить диагностику развития детей, в том числе с особыми образовательными потребностями;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>принимать участие в мероприятиях на уровне организации образования;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диагностика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>владеть навыками профессионально-педагогического диалога, применять цифровые образовательные ресурсы;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс-шараларға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Должностные обязанности:</w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> технологии в их воспитании и обучении.</w:t>
+        <w:t>кәсіби-педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диалог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>Осуществляет педагогический процесс в соответствии с требованиями государственного общеобязательного стандарта дошкольного воспитания и обучения, расписанием организованной учебной деятельности согласно Типовому учебному плану возрастной группы, создает предметно-развивающую среду, руководит детской деятельностью (игровая, познавательная, двигательная, изобразительная, трудовая).</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Лауазымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>Осуществляет личностно-ориентированный подход в работе с детьми.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмірі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорғауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолданады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...23 lines deleted...]
-        <w:t>-образовательную работу на основе изучения общеобразовательных учебных программ, учебно-методической литературы и с учетом индивидуальных образовательных потребностей детей группы.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпыға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стандартының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тобының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кестесіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>танымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қозғалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейнелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басшылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...31 lines deleted...]
-        <w:t>-образовательную деятельность на основе анализа достигнутых результатов.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасауда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлғаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағытталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәсілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>Осуществляет социализацию в условиях совместного воспитания и обучения детей с особыми образовательными потребностями и обычно развивающихся детей для обеспечения равных стартовых возможностей при поступлении в школу.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дамуында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауытқулары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түзету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мамандарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдебиеттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерделеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> топ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттіліктерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие-білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарлайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>Обеспечивает индивидуальный подход к каждому ребенку с особыми образовательными потребностями с учетом рекомендаций специалистов.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нәтижелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жобалайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>Занимается изучением, обобщением, распространением и внедрением лучших практик на основе изучения отечественного и зарубежного опыта.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түсу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірдей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастапқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкіндіктерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдетте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жатқан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірлесіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әлеуметтендіруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>Осуществляет консультационную помощь родителям по вопросам воспитания и обучения детей дошкольного возраста. Защищает интересы и права детей.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мамандардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсынымдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ескере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ерекше</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілуіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттілігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрбір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Отандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шетелдік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үздік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибелерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізумен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...104 lines deleted...]
-        <w:t>" и другие нормативные правовые акты Республики Казахстан, определяющие направления и перспективы развития образования;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жастағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәселелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>консультациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көмекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүдделері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорғайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>психологию и педагогику, правила оказания первой доврачебной медицинской помощи, правила по безопасности и охране труда, санитарные правила;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>субъектілерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отбасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құндылықтарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізделген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұжырымдамасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>нормативно - правовые документы по организации дошкольного воспитания и обучения.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конституциясы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кодексі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», «Педагог </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәртебесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сыбайлас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жемқорлыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарсы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Заңдары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>перспективаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айқындайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...42 lines deleted...]
-        <w:t>на Интернет-ресурсе и (или) официальных аккаунтах социальных сетей организации образования;</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">психология </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогика, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дәрігерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алғашқы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>медициналық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қауіпсіздігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбекті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қорғау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санитариялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қағидалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003048AB" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>Прием документов на занятие вакантной должности осуществляет </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жөніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нормативтік-құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>КГКП «Ясли-сад № 79 г</w:t>
-[...15 lines deleted...]
-        <w:t>,6</w:t>
+        <w:t>Конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтінімдерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орны:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресурсында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әлеуметтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ресми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аккаунттарында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>хабарландыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарияланған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күннен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ішінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...7 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 79 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - КМҚК </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Айманов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көшесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізбесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конкурсқа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өтініш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>басын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>куәландыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>цифрлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сервисінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкестендіру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кадрларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нақты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұрғылықты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сипаттамаларымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көшірмелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>; ;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...23 lines deleted...]
-        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еңбек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>растайтын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көшірмесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>7) справку с психоневрологической организации;</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>саласындағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттамасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысандарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекіту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы"Қазақстан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>министрінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атқарушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылғы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қазандағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрығымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Нормативтік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құқықтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>актілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тізілімінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 21579 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркелген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бекітілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нысан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>денсаулық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>8) справку с наркологической организации;</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Психоневрологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наркологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность воспитателя.</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тестілеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сертификаты (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - ТБЖ) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>модератордың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сарапшының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеушінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шебердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>куәлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (бар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> в оказании государственной услуги, в</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кандидаттың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толтырылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>парағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...5 lines deleted...]
-        <w:t>случаях установления недостоверности документов, представленных</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алушының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деректерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәліметтерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсынылған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дәйексіздігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайларда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетілетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсетуден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тартады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00E31923">
-[...14 lines deleted...]
-        <w:t xml:space="preserve"> для получения государственной услуги, и (или)данных (сведений), содержащихся в них, необходимых для оказания</w:t>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекеменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мен  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: 8(7182) 643734, 8 (7182) 643733; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008E77D5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> адрес ds79pvl@inbox.ru</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
+    <w:p w:rsidR="008E77D5" w:rsidRPr="008E77D5" w:rsidRDefault="008E77D5" w:rsidP="00561302">
       <w:pPr>
-        <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E31923">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00E31923" w:rsidRPr="00E31923" w:rsidRDefault="00E31923" w:rsidP="00204606">
-[...80 lines deleted...]
-    <w:p w:rsidR="004F13C8" w:rsidRPr="00E31923" w:rsidRDefault="004F13C8" w:rsidP="00204606">
+    <w:p w:rsidR="008225E3" w:rsidRPr="008E77D5" w:rsidRDefault="008225E3" w:rsidP="00561302">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="004F13C8" w:rsidRPr="00E31923">
+    <w:sectPr w:rsidR="008225E3" w:rsidRPr="008E77D5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42BD7F3A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="52F01D56"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003835B5"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00E31923"/>
+    <w:rsidRoot w:val="00E64913"/>
+    <w:rsid w:val="00561302"/>
+    <w:rsid w:val="008225E3"/>
+    <w:rsid w:val="008E77D5"/>
+    <w:rsid w:val="00E64913"/>
+    <w:rsid w:val="00F65F05"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0042DB95"/>
+  <w14:docId w14:val="16E58CF7"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{379E8A5B-A369-4DCB-8FBC-F809127D921E}"/>
+  <w15:docId w15:val="{42D7A898-BDB0-4B57-ACBA-D1B942E7F40C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2104,112 +16167,112 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E31923"/>
+    <w:rsid w:val="008E77D5"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E31923"/>
+    <w:rsid w:val="008E77D5"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00E31923"/>
+    <w:rsid w:val="008E77D5"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="770470609">
+    <w:div w:id="1484392680">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K1500000414" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ds79pvl@inbox.ru" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%D1%8D%D0%BB.%D0%BF%D0%BE%D1%87%D1%82%D0%B0:%20ds79pvl@inbox.ru" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%D1%8D%D0%BB.%D0%BF%D0%BE%D1%87%D1%82%D0%B0:%20ds79pvl@inbox.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2468,69 +16531,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1075</Words>
-  <Characters>6129</Characters>
+  <Words>1008</Words>
+  <Characters>5749</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>51</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7190</CharactersWithSpaces>
+  <CharactersWithSpaces>6744</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Алпамыс</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>