--- v0 (2025-12-07)
+++ v1 (2025-12-28)
@@ -1,11015 +1,7212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Государственное казенное коммунальное предприятие</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Санаторный ясл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сад №49 города Павлодара»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела образования города Павлодара, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB22C3">
-[...233 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>РИТОРИКА БАҒДАРЛАМАСЫ</w:t>
-[...3 lines deleted...]
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+        <w:t>ПРОГРАММА ПО РИТОРИКЕ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...21 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CB22C3">
-[...5356 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Құрылымы занятийсостоит компоненттерін неғұрлым қолайлы болып табылатын:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+        <w:t>«Общаться это просто!»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...1925 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Сабақ кезінде қажет:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+        <w:t>Теоретические основы современной риторики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="29" w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="14" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методика обучения речи как наука, имеющая свои закономерности, возникнув в трудах дореволюционных русских методистов 40-60-ых годов, оформилась лишь во второй половине </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>XX</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>века</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="14" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поиск генетических корней целенаправленного развития речи закономерно привёл исследователей к праматери методики развития речи - риторике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Риторика как наука и учебная дисциплина существует тысячи лет. Общеизвестно, что уже в Древней Греции в школах, наряду с чтением, письмом и физическими упражнениями, обучали риторике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">РИТОРИКА (от </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>греческого</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "ритор "- оратор) одна из самых древних наук на земле. Риторика возникла как наука об искусной, умелой и выразительной речи. В античные времена ораторскому искусству обучали, прежде всего, как умению убеждать словом, объяснять свою точку зрения, опровергать ложную.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В первом учебнике по риторике, который принадлежит М.В. Ломоносову, говорится, что «риторика есть наука о всякой предложенной материи красно говорить и писать...» В середине XIX в. и в Европе, и в России риторика подвергается резкой критике за схематизм, в школе стала вытесняться развитием связной речи (умение создавать устные и письменные тексты). Возрождение риторики началось в середине XX в., когда стало ясно, что люди нуждаются не просто в знаниях о языке, но и в знаниях, ориентированных на возможность общения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В разные времена в риторику вкладывали разное содержание. Она рассматривалась и как особый жанр литературы, и как мастерство любого вида речи, и как наука и искусство устной речи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В современных науках риторика рассматривается как комплекс дисциплин, включающий в себя логический, лингвистический, психологический, физиологический, художественный и др. аспекты языкового общения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Современная риторика имеет свои задачи – обучение умелой, а точнее, эффективной речи. Поэтому в центре – обучение эффективному общению. Что следует понимать под эффективным общением? Это результативное общение, при котором достигается коммуникативная цель, поставленная задача. Уместность, эффективность, выразительность речи – взаимосвязанные категории риторики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Главным понятием риторики является оратор (от </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>латинского</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ORARE-говорить) - человек, произносящий публичную речь. Люди, к которым обращены его слова - аудитория (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>от</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> латинского AUDIRE- слышать). </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оратор и аудитория взаимодействуют друг с другом в процессе устного публичного выступления, где ораторская речь возможна только при наличии обоих элементов: говорящего и слушающих.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Слагаемыми мастерства оратора, по мнению М. А. Михайличенко, являются: логическая культура, языковая культура, психолого-педагогическая культура, культура общения и техника речи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Формирование этих качеств и составляет предмет риторики как учебной дисциплины, поскольку, по словам </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Демокрита</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, «ни искусство, ни мудрость не могут быть достигнуты, если им не учиться».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Риторика в настоящее время - это филологическая наука, изучающая способы построения художественно выразительной, направленной и определённым образом воздействующей речи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...306 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Негізгі қызмет түрлеріне:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+        <w:t>Цели и задачи обучения риторике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="14" w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Изучив литературу о риторике как науке, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>язаинтересовалась</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> новым теоретическим и практическим курсом риторики для развития навыков межличностного взаимодействия дошкольника </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> взрослыми и сверстниками. Особую ценность, на мой взгляд, представляет продуманный и развернутый план игр-занятий, упражнений, которые могут быть использованы в повседневном общении для развития «языка» чувств, словесного творчества, образной речи, приобщения ребенка-дошкольника к основам ораторского искусства (риторике).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...1379 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+        <w:ind w:left="5" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В ходе исследования поставила перед собой следующую </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ол бі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+        <w:t>гипотезу: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>если ввести систематический курс риторики в группы ДОУ, то это значительно повысит уровень речевого развития детей, культуру их речи и поведения, определит способность сознательно отбирать речевой материал, как для публичного выступления разных жанров, так и для других видов общения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="14" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="14" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+        <w:t>Объектом исследования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>является речевая деятельность детей на занятиях риторики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="14" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="14" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қатар жаттығуларды қамтиды:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+        <w:t>Предмет исследования </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ечевой потенциал детей: умение говорить, мыслить, рассуждать, произносить.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...1168 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Бағдарламаны игеру нәтижелері</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+        <w:t>Направленность</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оммуникативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> развитие, культура речевого поведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Актуальность</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ф</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ормирование</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> умений убеждать, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обликать</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мысли в правильные грамматические формы и структуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аучить</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> владеть приемами риторики и ораторского искусства посредством развития речевых умений,  навыков и природных задатков.   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Познакомить детей с нормами русского литературного языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развивать качества голоса (тембр, силу, высоту), дикцию, темп речи, дыхание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Совершенствовать речевой аппарат.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развивать навыки правильного звукопроизношения и ударения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Формировать грамматический строй речи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развивать жесты, мимику детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дать детям знания об искусстве человеческих взаимоотношений, о правилах речевого этикета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Помочь детям приобрести навыки и опыт, необходимые для адекватного поведения в различных речевых ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развивать словесное творчество.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Формировать умение излагать свои мысли последовательно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развивать эмоциональную и  художественную выразительность речи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развивать общую и мелкую моторику.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="379" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 13.Воспитывать уважительное отношение к чистоте и богатству родной речи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>   Это наиболее общие задачи, реализуемые в течение всего курса обучения, т.е.  с четырех лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На пятом  году жизни у ребенка происходит постепенное переключение интереса и внимания на результат его деятельности, качества того, что он создает. Чувственное восприятие мира захватывает ребенка, полностью овладевает им, толкает к поисковой деятельности, раскрывая творческие способности, заложенные в нем с рождения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Каждый год обучения обладает своей возрастной спецификой и, соответственно, рядом свойственных этому возрасту задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чтобы помочь дошкольнику раскрыть себя, воспитатель реализует принципы, составляющие его педагогическую позицию</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данный подход позволяет решить проблемы эмоционального и речевого развития детей, поддержать ребенка, используя в целях достижения успеха различные жизненные и игровые ситуации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="379" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...16 lines deleted...]
-        <w:t>Өзінің сөйлеу міне</w:t>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Новизна опыта: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>раскрыты возможности знакомства детей с культурой речевого поведения, развития риторических умений и навыков через игры-занятия и различные этюды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Особенностью программы является идея обогащения знаниями и развития риторических навыков дошкольника для успешных занятий, так как это должно способствовать наиболее полному усвоению понятийных и инструментальных знаний детей, повышению их заинтересованности к овладению речевым этикетом и правильной хорошей речью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2552" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Структура и содержание программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2552" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Программа рассчитана на два года обучения в условиях дошкольного образовательного учреждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Первый год обучения </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CB22C3">
-[...7 lines deleted...]
-        <w:t>з-</w:t>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>—с</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CB22C3">
-[...10 lines deleted...]
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таршая группа (дети в возрасте с 4 до 5 лет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Второй год обучения —  группа </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовки (дети в возрасте с 5 до 6 лет).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В программе дошкольного курса риторики выделяются четыре части, которые взаимосвязаны, пересекаются, а не следуют одна за другой:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...17 lines deleted...]
-      </w:r>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Что такое общение?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для чего люди общаются?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общение письменное и устное.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CB22C3">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Речевая ситуация, компоненты речевой ситуации (Кто?</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CB22C3">
-[...10 lines deleted...]
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кому? Зачем? </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Как?).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила общения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Несловесные средства общения (мимика, жесты, телодвижения).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Слушание. Слушать - значит понимать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Речевой этикет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Приветствие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Прощание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обращение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Поздравление.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Благодарность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Извинение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Просьба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Разговор по телефону.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...16 lines deleted...]
-        <w:t>сондықтан сөйлеу жақсы естілед</w:t>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.Техника речи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Речевое дыхание.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Четкость дикции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Чистоговорки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и скороговорки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Интонация.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Голос - наш помощник.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.Речевая деятельность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="10" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Особое внимание надо уделять развитию творческих способностей детей, когда они заканчивают ритмическую фразу, начатую взрослым. Воспринимая ритм и рифму заданной строчки, дети вдумываются в звучащее слово и начинают глубже понимать стихотворную речь. Такие упражнения не только развивают у детей интонационную выразительность, но и готовят к восприятию поэтической речи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Структура занятий</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>состоит из компонентов, наиболее приемлемыми из которых являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Ритуал приветствия педагога с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Вхождение в тему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3.Речевая гимнастика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Погружение в тему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.Проведение риторических речевых игр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.Физкультминутка</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7. Дополнительные задания, так называемые сквозные виды работ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.Закрепление </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CB22C3">
-[...7 lines deleted...]
-        <w:t>і-</w:t>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>изученного</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CB22C3">
-[...10 lines deleted...]
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9.Итог занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10 .Ритуал прощания с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Занятия могут строиться по различным алгоритмам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1 вариант:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CB22C3" w:rsidRPr="00CB22C3" w:rsidRDefault="00CB22C3" w:rsidP="00CB22C3">
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Изложение фрагмента темы с использованием </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>вопросно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - ответной беседы, беседы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-с</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ообщения детям, обязательно основывающихся на игровых методиках обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. Демонстрация самим воспитателем способов выражения речевой деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Изложение вопроса практической части, отработка умений и навыков, закрепление теории и практики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00CB22C3">
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2 вариант:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Творческая развивающая игра по закреплению полученных навыков (индивидуальная работа).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Корректировка воспитателем недочетов, допущенных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающимися</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, при демонстрации риторических умений (по алгоритму).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3 вариант:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1.Закрепление пройденного материала в форме риторических игр.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Отработка в различных игровых ситуациях практических риторических умений и навыков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Тема может быть взята целиком или разбита на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подтемы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Практические занятия можно органически встраивать в изложение, проводимое методом беседы-демонстрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Таким образом, развитию уверенности в себе и социальных навыков поведения способствует такая организация коммуникативной деятельности детей, когда каждый ребенок имеет возможность проявить себя в какой-то роли:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- выбор детьми диалогов по желанию,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- назначение на главные роли наиболее робких, застенчивых детей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- распределение ролей по карточкам (дети берут из рук воспитателя любую карточку, на которой схематично изображен персонаж),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- проигрывание в парах диалогов, игр и упражнений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Огромную роль в осмыслении материала помогают занятия, которые могут включать как разыгрывание сказок, каких-либо сценок, так и ролевые диалоги по иллюстрациям, самостоятельные импровизации на темы, взятые из жизни (смешной случай, интересные события и др.), а затем по моделям.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Огромную роль может сыграть отношение педагога. Взрослый должен выражать свои чувства не только словом, но и взглядом, улыбкой, жестом, с помощью физического контакта, Важна положительная оценка и постоянное внимание к позитивным проявлениям в работе с детьми.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Во время занятий необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> - внимательно выслушивать ответы и предложения детей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> - если они не отвечают, не требовать объяснений, а переходить к действиям с персонажем,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- при знакомстве детей с героями произведений выделять время на то, чтобы они могли подействовать или поговорить с ними,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Сөйлеушінің кімге жүгінетіні</w:t>
+        <w:t> - в заключение различными способами вызывать у детей радость.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К основным видам деятельности на занятии относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>игровая деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>познавательно-исследовательская деятельность;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>показ воспитателем особенностей речевой деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>риторический анализ текстов различных речевых жанров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рассматривание изобразительного материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>риторические игры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пятиминутки речевой гимнастики;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортологические</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разминки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>импровизационные игровые задачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психолого-эмоциональная разгрузка (физкультминутки) и др.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Занятия проводятся еженедельно. Длительность соответствует возрасту детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В зависимости от вида деятельности и поставленных задач, стулья в игровой комнате следует ставить в удобной для детей и воспитателя форме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог - собеседник детей, который помогает им раскрепостить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>ся; делится своими мыслями, знания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t xml:space="preserve">ми; советует, как лучше поступить и что сказать в конкретной речевой </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>си</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>туации</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CB22C3">
-[...7 lines deleted...]
-        <w:t>н</w:t>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;р</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CB22C3">
-[...11 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>адуется</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> успехам вместе с де</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>тьми, огорчается, если что-то пока не получается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обязательный элемент занятий </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыхательная гимнастика, артикуляци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>онная и речевая разминки, которые подготавливают речевой аппарат к го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>ворению.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>На занятиях используются различ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>ные наглядные средства:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:textAlignment w:val="baseline"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Өз дауысын біледі, дауыстап сөйлескенде, тез - баяу, қандай интонация және </w:t>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>раздаточный изобразительный материал</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>звуковые пособия (грампластинки, магнитофон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>ные записи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сигнальные карточки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кроме того, может быть использо</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>вана любая кукла (лучше предназна</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>ченная для кукольного театра, так как она может двигаться), которая стимулирует детей к активному, заин</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>тересованному включению в речевую ситуацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Каждое занятие предполагает разыгрывание ситуаций общения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важно верно организовать работу детей во время выполнения коммуникативных ситуаций, заданий. Нужно стремиться к тому, чтобы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">каждый ребенок был активен, участвовал в диалоге, разыгрывал речевые ситуации в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>микрогруппах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, в парах, все вместе, индивидуально.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Речевая разминка проводится согласно модели в начале занятия, иногда можно менять ее место, если это необходимо.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Она включает ряд упражнений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4ED87B3C" wp14:editId="61FC976B">
+                <wp:extent cx="542925" cy="438150"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="4" name="AutoShape 1" descr="https://im2-tub-kz.yandex.net/i?id=e52c3f462271cfd703b61aba971f53c6&amp;n=33&amp;h=225&amp;w=225"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="542925" cy="438150"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="AutoShape 1" o:spid="_x0000_s1026" alt="https://im2-tub-kz.yandex.net/i?id=e52c3f462271cfd703b61aba971f53c6&amp;n=33&amp;h=225&amp;w=225" style="width:42.75pt;height:34.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDH1B1s/QIAACAGAAAOAAAAZHJzL2Uyb0RvYy54bWysVMtu2zAQvBfoPxA89CbrYcq21ChBakdF&#10;gbQNkPYDaIqyiEikStKRnaL/3iX9ipNL0VYHYsmldmd2h3txtela9Mi1EUoWOB5FGHHJVCXkqsDf&#10;v5XBDCNjqaxoqyQv8JYbfHX59s3F0Oc8UY1qK64RBJEmH/oCN9b2eRga1vCOmpHquQRnrXRHLWz1&#10;Kqw0HSB614ZJFE3CQemq14pxY+B0sXPiSx+/rjmzX+vacIvaAgM261ft16Vbw8sLmq807RvB9jDo&#10;X6DoqJCQ9BhqQS1Fay1eheoE08qo2o6Y6kJV14JxzwHYxNELNvcN7bnnAsUx/bFM5v+FZV8e7zQS&#10;VYEJRpJ20KLrtVU+M4oxqrhhUC7XFgN9EV0S2PUyeHgabaGpfDOS3IbiCgLwNGHjmkySZBqzuppG&#10;4+UkpkuaTeM6HbPJO9r172UxHnujKZIk9dbgLNeHATIAnPv+TrtKmv5WsQeDpJo3VK74temhm6Ax&#10;wHk40loNDacVFCR2IcKzGG5jIBpaDp9VBcwoMPNd2tS6czmg/mjjxbA9ioFvLGJwmJIkA2CIgYuM&#10;Z3HqxRLS/PBzr439yFWHnFFgDeh8cPp4a6wDQ/PDFZdLqlK0rddbK88O4OLuBFLDr87nQHj5/Myi&#10;7GZ2MyMBSSY3AYkWi+C6nJNgUsbTdDFezOeL+JfLG5O8EVXFpUtzkHJM/kwq+0e1E+FRzEa1onLh&#10;HCSjV8t5q9EjhadU+s+XHDyna+E5DF8E4PKCUpyQ6EOSBeVkNg1ISdIgm0azIIqzD9kkIhlZlOeU&#10;boXk/04JDQXOUuipp3MC/YJb5L/X3GjeCQvDqhVdgWfHSzR3CryRlW+tpaLd2c9K4eCfSgHtPjTa&#10;69VJdKf+paq2IFetQE4wrGCsgtEo/YTRACOqwObHmmqOUftJguSzmBA30/yGpNMENvq5Z/ncQyWD&#10;UAW2GO3Mud3NwXWvxaqBTLEvjFRuANTCS9g9oR2q/eOCMeSZ7Eemm3PP9/7WabBf/gYAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAIGs+FHbAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZ&#10;wYvYjUJLjZkUKYhFhGKqPU+zYxLMzqbZbRL/vasXvQw83uO9b7LVZFs1cO8bJwg3swQUS+lMIxXC&#10;2+7xegnKBxJDrRNG+GIPq/z8LKPUuFFeeShCpWKJ+JQQ6hC6VGtf1mzJz1zHEr0P11sKUfaVNj2N&#10;sdy2+jZJFtpSI3Ghpo7XNZefxckijOV22O9envT2ar9xctwc18X7M+LlxfRwDyrwFP7C8IMf0SGP&#10;TAd3EuNVixAfCb83esv5HNQBYXGXgM4z/Z89/wYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDH1B1s/QIAACAGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQCBrPhR2wAAAAMBAAAPAAAAAAAAAAAAAAAAAFcFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;" filled="f" stroked="f">
+                <o:lock v:ext="edit" aspectratio="t"/>
+                <w10:anchorlock/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– дыхательные;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3249CFEB" wp14:editId="54BA415D">
+                <wp:extent cx="428625" cy="409575"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="3" name="AutoShape 2" descr="C:\Users\User\AppData\Local\Temp\msohtmlclip1\01\clip_image004.jpg"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="428625" cy="409575"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="AutoShape 2" o:spid="_x0000_s1026" style="width:33.75pt;height:32.25pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmCOc65gIAAAIGAAAOAAAAZHJzL2Uyb0RvYy54bWysVMlu2zAQvRfoPxC8y1pCLxIiB46XokDa&#10;BkhyM1DQEmWxlUiWpCOnRf+9Q3qJnaBA0VYHgpvevDfzOJdX27ZBj0wbLkWO416EEROFLLlY5/jh&#10;fhGMMDKWipI2UrAcPzGDr8Zv31x2KmOJrGVTMo0ARJisUzmurVVZGJqiZi01PamYgMNK6pZaWOp1&#10;WGraAXrbhEkUDcJO6lJpWTBjYHe2O8Rjj19VrLCfqsowi5ocAzfrR+3HlRvD8SXN1pqqmhd7GvQv&#10;WLSUCwh6hJpRS9FG81dQLS+0NLKyvUK2oawqXjCvAdTE0Qs1dzVVzGuB5Bh1TJP5f7DFx8dbjXiZ&#10;4wuMBG2hRJONlT4ySjAqmSkgXdNs+WCgyn5cTpRyApc3sqDN8p61atkaWdu2KRqu4mUUL93kM2/p&#10;mkUR6X1Ra5fpTpkMAt6pW+1yZRQAfDVIyGlNxZpNjIJ6gYuAyWFLa9nVjJYgOXYQ4RmGWxhAQ6vu&#10;gyyBOwXuvg7bSrcuBmQYbX25n47lZluLCtgkyWiQ9DEq4IhEaX/Y9xFodvhZaWPfMdkiN8mxBnYe&#10;nD7eGOvI0OxwxcUScsGbxjuqEWcbcHG3A6HhV3fmSHiD/EijdD6aj0hAksE8INFsFkwWUxIMFvGw&#10;P7uYTaez+KeLG5Os5mXJhAtzMGtM/swM+2ezs9nRrkY2vHRwjpLR69W00eiRwmNZ+G+fkJNr4TkN&#10;nwTQ8kJSnJDoOkmDxWA0DMiC9IN0GI2CKE6v00FEUjJbnEu64YL9uyTU5TjtQ029nN9qi/z3WhvN&#10;Wm6hHTW8zfHoeIlmzoFzUfrSWsqb3fwkFY7+cyqg3IdCe786i+7cv5LlE9hVS7ATtCNonDCppf6O&#10;UQdNKMfm24ZqhlHzXoDl05gQ17X8gvSHCSz06cnq9ISKAqBybDHaTad21+k2SvN1DZFinxgh3ROv&#10;uLewe0I7VvvHBY3GK9k3RffQT9f+1nPrHv8CAAD//wMAUEsDBBQABgAIAAAAIQCXyPXl2wAAAAMB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hGcGL2I1iq8RsihTEIkIx1Z6n2TEJZmfT&#10;7DaJ/97Ri17mMbzhvW+y5eRaNVAfGs8GrmYJKOLS24YrA2/bx8s7UCEiW2w9k4EvCrDMT08yTK0f&#10;+ZWGIlZKQjikaKCOsUu1DmVNDsPMd8TiffjeYZS1r7TtcZRw1+rrJFlohw1LQ40drWoqP4ujMzCW&#10;m2G3fXnSm4vd2vNhfVgV78/GnJ9ND/egIk3x7xh+8AUdcmHa+yPboFoD8kj8neItbueg9qI3c9B5&#10;pv+z598AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAZgjnOuYCAAACBgAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAl8j15dsAAAADAQAADwAAAAAA&#10;AAAAAAAAAABABQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAEgGAAAAAA==&#10;" filled="f" stroked="f">
+                <o:lock v:ext="edit" aspectratio="t"/>
+                <w10:anchorlock/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– артикуляционные;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="086A6235" wp14:editId="7446416D">
+                <wp:extent cx="361950" cy="361950"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="2" name="AutoShape 3" descr="C:\Users\User\AppData\Local\Temp\msohtmlclip1\01\clip_image006.jpg"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="361950" cy="361950"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="AutoShape 3" o:spid="_x0000_s1026" style="width:28.5pt;height:28.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAyCdxX5gIAAAIGAAAOAAAAZHJzL2Uyb0RvYy54bWysVN9v0zAQfkfif7D8nibp0h+Jlk6laRDS&#10;gEnb3iohN3EaQ2Ib2206EP87Z6ft2u0FAXmwbJ/z3Xd33931zb5t0I4qzQRPcTgIMKK8ECXjmxQ/&#10;PuTeFCNtCC9JIzhN8RPV+Gb29s11JxM6FLVoSqoQgHCddDLFtTEy8X1d1LQleiAk5WCshGqJgaPa&#10;+KUiHaC3jT8MgrHfCVVKJQqqNdxmvRHPHH5V0cJ8ripNDWpSDNyMW5Vb13b1Z9ck2Sgia1YcaJC/&#10;YNESxsHpCSojhqCtYq+gWlYooUVlBoVofVFVrKAuBogmDF5Ec18TSV0skBwtT2nS/w+2+LS7U4iV&#10;KR5ixEkLJZpvjXCe0RVGJdUFpGuRrB41VNmtq7mUNsDVrShIs3qgrVy1WtSmbYqGyXAVhCu7+cJa&#10;sqFQpMFXubGZ7qROwOG9vFM2V1oCwDeNuFjUhG/oXEuoF6gImByvlBJdTUkJIYcWwr/AsAcNaGjd&#10;fRQlcCfA3dVhX6nW+oAMo70r99Op3HRvUAGXV+MwHoEoCjAd9tYDSY4/S6XNeypaZDcpVsDOgZPd&#10;rTb90+MT64uLnDUN3JOk4RcXgNnfgGv41dosCSeQn3EQL6fLaeRFw/HSi4Is8+b5IvLGeTgZZVfZ&#10;YpGFv6zfMEpqVpaUWzdHsYbRn4nh0Da9zE5y1aJhpYWzlLTarBeNQjsCzZK7z6UcLM/P/EsaLl8Q&#10;y4uQwmEUvBvGXj6eTrwoj0ZePAmmXhDG7+JxEMVRll+GdMs4/feQUJfieDQcuSqdkX4RW+C+17GR&#10;pGUGxlHD2hRPT49IYhW45KUrrSGs6fdnqbD0n1MB5T4W2unVSrRX/1qUTyBXJUBOoDwYnLCphfqB&#10;UQdDKMX6+5YoilHzgYPk4zCK7NRyh2g0GcJBnVvW5xbCC4BKscGo3y5MP+m2UrFNDZ5ClxgubItX&#10;zEnYtlDP6tBcMGhcJIehaBv9/OxePY/u2W8AAAD//wMAUEsDBBQABgAIAAAAIQBskQ2l2QAAAAMB&#10;AAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGLtBsF/xCzKVIQiwjF1PY8zY5JMDub&#10;ZrdJ/PaOetDLDI83vPm9bDG5Vg3Uh8azgct5Aoq49LbhysDb5nF2BypEZIutZzLwSQEW+elJhqn1&#10;I7/SUMRKSQiHFA3UMXap1qGsyWGY+45YvHffO4wi+0rbHkcJd62+SpIb7bBh+VBjR8uayo/i6AyM&#10;5XrYbV6e9Ppit/J8WB2WxfbZmPOz6eEeVKQp/h3DN76gQy5Me39kG1RrQIrEnyne9a2o/e/Weab/&#10;s+dfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABb&#10;Q29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAA&#10;AAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADIJ3FfmAgAAAgYAAA4AAAAAAAAAAAAA&#10;AAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGyRDaXZAAAAAwEAAA8AAAAAAAAA&#10;AAAAAAAAQAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABGBgAAAAA=&#10;" filled="f" stroked="f">
+                <o:lock v:ext="edit" aspectratio="t"/>
+                <w10:anchorlock/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– фонетические;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4648D8F3" wp14:editId="73B7C0C2">
+                <wp:extent cx="409575" cy="323850"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:docPr id="1" name="AutoShape 4" descr="http://ok-t.ru/studopediaru/baza11/432284576703.files/image023.jpg"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr>
+                        <a:spLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="409575" cy="323850"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:rect id="AutoShape 4" o:spid="_x0000_s1026" alt="http://ok-t.ru/studopediaru/baza11/432284576703.files/image023.jpg" style="width:32.25pt;height:25.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB+TAbh6wIAAAIGAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD07vgSOYmNOkUbJ8OA&#10;bivQ7QMUW4612pInKXHaYf8+Sk7SpN3TNj8IkiiThzyHvLretw3aMaW5FBkORwFGTBSy5GKT4W9f&#10;V94MI22oKGkjBcvwE9P4ev7+3VXfpSyStWxKphA4ETrtuwzXxnSp7+uiZi3VI9kxAcZKqpYaOKqN&#10;Xyrag/e28aMgmPi9VGWnZMG0htt8MOK5819VrDBfqkozg5oMAzbjVuXWtV39+RVNN4p2NS8OMOhf&#10;oGgpFxD05CqnhqKt4m9ctbxQUsvKjArZ+rKqeMFcDpBNGLzK5qGmHXO5QHF0dyqT/n9ui8+7e4V4&#10;CdxhJGgLFN1sjXSREcGoZLqAch1okY+eGamtr822BGpKTuGwps80DH0yjqIZiaeTaTAeVbxh2uct&#10;3bAgGo++dxtb6b7TKQR86O6VrZXu7mTxqJGQi5qKDbvRHfA1IDleKSX7mtESUg6tC//Chz1o8IbW&#10;/SdZAnYK2B0P+0q1NgZUGO0d3U8nutneoAIuSZDE0xijAkzjaDyLnRx8mh5/7pQ2H5hskd1kWAE6&#10;55zu7rSxYGh6fGJjCbniTeMU1YiLC3g43EBo+NXaLAgnkJ9JkCxnyxnxSDRZeiTIc+9mtSDeZBVO&#10;43ycLxZ5+MvGDUla87JkwoY5ijUkJ3aOTfNHjR3aZpDZSa5aNry07iwkrTbrRaPQjkKzrNznSg6W&#10;l2f+JQxXBMjlVUphRILbKPFWk9nUIysSe8k0mHlBmNwmk4AkJF9dpnTHBfv3lFCf4SSOYsfSGehX&#10;uQXue5sbTVtuYBw1vM3w7PSIplaBS1E6ag3lzbA/K4WF/1IKoPtItNOrleig/rUsn0CuSoKcYBzB&#10;4IRNLdUzRj0MoQzrH1uqGEbNRwGST0JC7NRyB+itCA7q3LI+t1BRgKsMG4yG7cIMk27bKb6pIVLo&#10;CiOkbfGKOwnbFhpQHZoLBo3L5DAU7SQ7P7tXL6N7/hsAAP//AwBQSwMEFAAGAAgAAAAhAPYQNYnb&#10;AAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwYvYTcUWidkUKYhFhGKqPU+z&#10;YxLMzqbZbRL/vaMXvQw83uO9b7LV5Fo1UB8azwbmswQUceltw5WBt93j9R2oEJEttp7JwBcFWOXn&#10;Zxmm1o/8SkMRKyUlHFI0UMfYpVqHsiaHYeY7YvE+fO8wiuwrbXscpdy1+iZJltphw7JQY0frmsrP&#10;4uQMjOV22O9envT2ar/xfNwc18X7szGXF9PDPahIU/wLww++oEMuTAd/YhtUa0Aeib9XvOXtAtTB&#10;wGKegM4z/Z89/wYAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB+TAbh6wIAAAIGAAAOAAAA&#10;AAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQD2EDWJ2wAAAAMBAAAP&#10;AAAAAAAAAAAAAAAAAEUFAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAATQYAAAAA&#10;" filled="f" stroked="f">
+                <o:lock v:ext="edit" aspectratio="t"/>
+                <w10:anchorlock/>
+              </v:rect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>– дикционные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Их цели: подготовка речевого аппарата к говорению; развитие речевого дыхания, отработка четкой дикции, развитие умения управлять своим голосом. Дыхательные упражнения проводятся в хорошо проветренном помещении. Вдох – короткий, выдох – длительный. Воздух набираем через нос, а на выдохе считаем (хором), увеличивая счет постепенно до десяти. Время проведения 3–5 минут. Их лучше проводить в начале занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Фонетические упражнения – цель: следить за правильным дыханием и артикуляцией во время произношения определенных звуков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Артикуляционные упражнения – цель: не исправление, а </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CB22C3">
-[...7 lines deleted...]
-        <w:t>т. б</w:t>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CB22C3">
-[...58 lines deleted...]
-    <w:p w:rsidR="003D5B6D" w:rsidRPr="00CB22C3" w:rsidRDefault="003D5B6D">
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правильным звукопроизношением; растягивание уздечки языка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выполнять упражнения обязательно с зеркальцем, у  каждого должны быть носовые платочки. Сначала проводятся упражнения для мышцы язычка, затем – губ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дикционные упражнения – комплексно решают все вышеназванные задачи: произнося фразу, дети должны правильно дышать, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>верно</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> артикулировать, четко произносить звуки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Речевая разминка состоит из 1–2 упражнений в течение 3–4 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В основной части занятия главный прием — метод беседы, различные игры, эффективны приемы театрализации, заранее подготовленные инсценировки (импровизированные).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Использование средств наглядности поможет сделать занятие более эффективным и оживленным:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t> – различные модели;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – раздаточный изобразительный материал;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> – аудиокассеты, грамзаписи, видеоматериалы и др. дают возможность предоставить речевое поведение персонажей в динамике.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оценка успехов поддерживает желание заниматься. Можно их фиксировать на стенде в виде добрых слов о ребенке, фотографии и т.д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель вводной части – создание атмосферы доверия в группе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Целью завершающей части (ритуал прощания) является создание ощущения эмоционального единства и взаимной поддержки членов группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Результаты освоения программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оценивают собственное речевое поведение и речевое поведение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>другого</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>так говорить можно - так говорить нельзя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>так верно выражена мысль - так неверно выражена мысль</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>так хорошо звучит речь - так плохо звучит речь и т.п.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ориентируются в разных ситуациях общения, учитывая, к кому обращается говорящий, с какой целью, какие формы речевого этикета будет использовать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Владеют своим голосом, понимают, когда нужно говорить громко - тихо, быстро - медленно, с какой интонацией и т.п.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Внимательно слушают собеседника, адекватно реагируя на речь говорящего.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B4D2A" w:rsidRPr="009B4D2A" w:rsidRDefault="009B4D2A" w:rsidP="009B4D2A">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B4D2A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006A2946" w:rsidRPr="009B4D2A" w:rsidRDefault="006A2946">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="003D5B6D" w:rsidRPr="00CB22C3">
+    <w:sectPr w:rsidR="006A2946" w:rsidRPr="009B4D2A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="23B46AC3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2340AC3A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="2EC0267C"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2CEEFAE2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="5DEC79D6"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C4824796"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="653A367E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7F4A9756"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="6CDF03DD"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A812419E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="003D5B6D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00CB22C3"/>
+    <w:rsidRoot w:val="006A2946"/>
+    <w:rsid w:val="006A2946"/>
+    <w:rsid w:val="009B4D2A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -11376,4520 +7573,72 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="748892218">
+    <w:div w:id="779106957">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...4446 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -16138,54 +7887,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2209</Words>
-  <Characters>12594</Characters>
+  <Words>2246</Words>
+  <Characters>12806</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>104</Lines>
-  <Paragraphs>29</Paragraphs>
+  <Lines>106</Lines>
+  <Paragraphs>30</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14774</CharactersWithSpaces>
+  <CharactersWithSpaces>15022</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sony</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>