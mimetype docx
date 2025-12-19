--- v0 (2025-12-18)
+++ v1 (2025-12-19)
@@ -1,12698 +1,12807 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-6 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жастағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арналаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>  «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Алақай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балақай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">»  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="225"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82595">
+      <w:r w:rsidRPr="00AF718C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ПОЛОЖЕНИЕ</w:t>
+        <w:t>ЕРЕЖЕСІ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
       <w:pPr>
         <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="225"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82595">
-[...9 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«№49  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаторлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» МКҚ</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00F82595">
-[...7 lines deleted...]
-        <w:t>Ала</w:t>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00F82595">
-[...41 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
       <w:pPr>
         <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="225"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82595">
-[...28 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+    <w:p w:rsidR="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ережелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.1.  Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ереже</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біздің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаторлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үлгідегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесіндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыстарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ереже</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" РЗ, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мемстандарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>СанЕжН</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>режимін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>күтіп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұстау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санитарлық-эпидемиологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>берудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беретін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шарттарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптарға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарғысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "№49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санаторлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламасыны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірленді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірмелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірыңғай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңістігінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрамдас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бөлігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ой-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өрісін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңейту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>танымдық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабілеттерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қажеттіліктері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзін-өзі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ашуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақсатында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.4.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арналған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйірмелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.сөздіктің </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөздердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәндерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ікір</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>контекстіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарым-қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдайға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дұрыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тілдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дыбыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мәдениетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ілінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дыбыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айтылуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құбылыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұғынуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дыбысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөзді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ажырату</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөзде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дыбыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орнын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> табу).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сөйлеудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>грамматикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құрылымын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.1. Морфология (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тү</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқиғалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөздердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгеруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4.2. Синтаксис (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тіркестері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөйлемдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әртүрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрлерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меңгеру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сөзжасам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4.Байланыс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Диалогтық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ауызша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөйлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Монологиялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әңгіме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Көркем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөзге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызығушылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сүйіспеншілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеу.әлеуметтік-тұлғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірмелер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыттары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> саны </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заңды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өкілдердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сұрауына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жарғының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толықтырылуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзгертілуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ст</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңейту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекемелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мүмкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1.6. Осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ереженің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолданылу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шектеусіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ереже</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаңадан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылданғ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолданылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2.Міндеттер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. Жеке </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жағдай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лғаны</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>таным</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылыққа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уәждемесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тілдің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамуына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ықпал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жалпыадамзаттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құндылық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> баулу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тұлғасының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зияткерлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рухани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жақтарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.Жұмысты </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалыптасуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сұрау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>салуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">МДҰ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беру-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықталған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проблема;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тереңдете</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істейтін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МДҰ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мамандарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйірмеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қабылдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>негіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>маманның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дә</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ігердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>психологтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>музыкалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетекшінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> т. б.) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орындылығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыныстары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.3. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> МДҰ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағытына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>байланысты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ретте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қызметтің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әртүрлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолданылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақтарының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мазмұны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қайталамауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3.5.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірмелерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлтының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> да </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айналысады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.Құқықтары мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>індеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетекшісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>індетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғдарламасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соңында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мд</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ұ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзара</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іс-қимыл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Құқығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірменің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспарына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түзетулер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енгізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* БА</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">та </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қарастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5.Құжаттамалар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ереже</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бұйрық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">5.3.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.4.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бағдарлама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.5.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Перспективалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материал (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сауалнамалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, диагностика, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конспектілері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>демалыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>презентациялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрмелерінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фотосессиялары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т.б</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетекшісінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>портфолиосында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сақталады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табелі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6.Бақылау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.1. МДҰ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Әкімшілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Үйірме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педкеңесте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асырылады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ала</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балақай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!» </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үйірмесінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кестесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
       <w:pPr>
         <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="225"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...34 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="225"/>
-        <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82595">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Общие положения</w:t>
-      </w:r>
+        <w:t>Мақсаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>үдерісінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мемлекеттік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="225"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тілді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аясында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңейту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыстарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF718C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
       <w:pPr>
         <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="225"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F82595">
-[...9562 lines deleted...]
-      <w:r w:rsidRPr="00F82595">
+      <w:r w:rsidRPr="00AF718C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="508"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2805"/>
+        <w:gridCol w:w="530"/>
+        <w:gridCol w:w="3791"/>
+        <w:gridCol w:w="2473"/>
+        <w:gridCol w:w="2577"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidTr="00F82595">
+      <w:tr w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidTr="00AF718C">
         <w:trPr>
           <w:trHeight w:val="1125"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4785" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Апта</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>күндері</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>День недели</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Өткізілуі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>кү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>і</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Время  проведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Балабақ</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ша</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тобы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Группа  детского сада</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidTr="00F82595">
+      <w:tr w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidTr="00AF718C">
         <w:trPr>
           <w:trHeight w:val="1425"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="645" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4785" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ж</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ұма</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-          </w:p>
-[...60 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82595">
-[...49 lines deleted...]
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>16.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2745" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>мектепалды</w:t>
+              <w:t>Ересек</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
-[...95 lines deleted...]
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
-[...21 lines deleted...]
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тобы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidTr="00F82595">
+      <w:tr w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidTr="00AF718C">
         <w:trPr>
           <w:trHeight w:val="1425"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10650" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сабақтың</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>өткізілуі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>уа</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>қыты</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>:  35 минут</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Ала</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>қай</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>балақай</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">!» </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>үйірмесінің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>жетекшісі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>–</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="75" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>қазақ</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>тілі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>пәні</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>н</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ің</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>мұғалімі</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
+          <w:p w:rsidR="00AF718C" w:rsidRPr="00AF718C" w:rsidRDefault="00AF718C" w:rsidP="00AF718C">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="225"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Әсемгү</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>л</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Нұржанқызы</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00F82595">
+            <w:r w:rsidRPr="00AF718C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Құнанбаева</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F82595" w:rsidRPr="00F82595" w:rsidRDefault="00F82595" w:rsidP="00F82595">
-[...270 lines deleted...]
-    <w:p w:rsidR="00E96735" w:rsidRPr="00F82595" w:rsidRDefault="00E96735" w:rsidP="00F82595">
+    <w:p w:rsidR="003D5B6D" w:rsidRPr="00AF718C" w:rsidRDefault="003D5B6D" w:rsidP="00AF718C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00E96735" w:rsidRPr="00F82595">
+    <w:sectPr w:rsidR="003D5B6D" w:rsidRPr="00AF718C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...19 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...1067 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00E96735"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F82595"/>
+    <w:rsidRoot w:val="003D5B6D"/>
+    <w:rsid w:val="003D5B6D"/>
+    <w:rsid w:val="00AF718C"/>
+    <w:rsid w:val="00CB22C3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -13059,85 +13168,4533 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="898514534">
+    <w:div w:id="748892218">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2064911066">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1464999287">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1160072396">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="2120683633">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="100"/>
+                      <w:marBottom w:val="100"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="47341554">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="300"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1368414893">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1235974101">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1107700564">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1092896855">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1446460503">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1760521371">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="599022355">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="378088518">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="541796053">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1084647981">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1579512139">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1993826308">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="784545202">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2133745751">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="76174907">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="823622684">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1540193968">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1372879434">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="186606447">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1059746676">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1396704833">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1939677520">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="442579148">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="355935024">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1993871337">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1782064311">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="341200941">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1943030347">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1061251050">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="279998313">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="915476616">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1340623526">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1662923927">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="561866997">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="593246682">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="113448497">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1629629623">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="174736241">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1899128152">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2110850266">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="685062083">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1317343038">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1439984085">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="988249346">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1801874177">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="485900124">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1154639293">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="560945373">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="729503750">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2115778906">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1451165425">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1451047320">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="501630689">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1023824819">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="743992916">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1028145367">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="338889680">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1185051430">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="279919522">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1492988454">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="29696719">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2136949922">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="345208998">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="892698201">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1528375255">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="60100215">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2064670981">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="455023233">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1388648542">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1274820675">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2027827981">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="441922065">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1418284627">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1577668513">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1691419844">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1248230628">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1572539231">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1092702262">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1476725628">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="565068756">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="876546813">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="614676253">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1531720364">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="56823472">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2023122322">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1245453183">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1589386515">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1885407180">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="796995365">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="757673952">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="773549349">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1511408611">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1736975282">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1769160395">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="403574133">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1501430318">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="642581012">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1072972733">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1049719366">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="18512254">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="247809056">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="640572242">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2978174">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="139470376">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1604342222">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2046254206">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1729917510">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="500436757">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="841042942">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1632780217">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1128204221">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1544168808">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="671372474">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="71779467">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="725296616">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1371035195">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1032153179">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="367921612">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1509371568">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="920064355">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="340595635">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1503425442">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1016081312">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="799493486">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="480120156">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="224340500">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1318799671">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1505590568">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="672147681">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1601910943">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1408726102">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="875893408">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="380981683">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1737585135">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2038843895">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="469976244">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1306930731">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="856237295">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1759138100">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1305743361">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2097900905">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2138180988">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1259406137">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="543297316">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1835757379">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="115685702">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1201017658">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="365061954">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1735010796">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1726561986">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1106004299">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1808280510">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="973414008">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1648126952">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1045760270">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1982689595">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="435636558">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1427530147">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1299796898">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="45616141">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1685588200">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="950818404">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1255439603">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="533345300">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1784307353">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1073354981">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="413665761">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2127700929">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="690229058">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1445997639">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1155338475">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="309793242">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1768234304">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1117604391">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1736665816">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="248664930">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1957370917">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1400863336">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="120001924">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1966344986">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2079282132">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="59519506">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="2007902781">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="175777420">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1714381914">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="87390288">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1360811496">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1166285413">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="713970978">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="134950969">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="502860579">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1136332725">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="385766960">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="518354003">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1020351358">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="569653167">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1377706624">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="428239157">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1133913091">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="626936777">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="169950811">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="902759156">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1603370781">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1589080002">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="939752674">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="246042335">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1748377151">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1938364139">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="883832945">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1751270798">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1890022728">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1987053220">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1234000340">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="741828952">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1914313021">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1126043034">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1763531819">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="158694702">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1971862798">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1867017381">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="288587394">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1598755157">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1965234508">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="87622013">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="643777282">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1116556228">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1216046729">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1016931554">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="296375771">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1100183524">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="88963632">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="897015318">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="487524593">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="46684367">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="398216403">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1436559059">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="254095563">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1699237467">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="465860294">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="693843703">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="926429002">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="786772392">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="424424965">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1765881264">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="697897643">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="714893745">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1519927382">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1300916105">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="230386001">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1666282087">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="297296509">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1818066669">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1879316136">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1103502755">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="316497702">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1616060748">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="12727361">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1266379657">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="443577459">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="240725040">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1076711281">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1330404796">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="318535066">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1356036984">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1640913410">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="244262511">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1992053820">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="829978947">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="835923466">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1255475497">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="119156240">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="555775788">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="197089641">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="663558437">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="967517789">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1065377089">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="630596204">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="662973508">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1350645478">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="837692698">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1616716442">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1931036924">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="190918288">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1370717594">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="705061651">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1930842582">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="500435731">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1529368729">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="783889995">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1906254901">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="99182166">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="662851529">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1798177847">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="687175553">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="948198272">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1797984484">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="2012366616">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="2052529542">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="882861756">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1408457549">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1294795476">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="276527007">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1094479064">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1023750997">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1233155382">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1065564350">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1581912315">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1776368784">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="2136097722">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1440294117">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1968580279">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1317951383">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1842770597">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1380128120">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="814564952">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1099721218">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="2039230685">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="653070754">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="2018143928">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="598832897">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="2078162619">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="793209559">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1396589420">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="805010236">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1774134467">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1538008869">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1492212557">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="933124691">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1215316620">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="2130854335">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1239441929">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="131875854">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1873035714">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1469515336">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="163326659">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="66878729">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="2042315432">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="908737192">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1787650979">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="74908985">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1722750986">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1503277247">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="783891416">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1731034742">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="584267743">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1952006961">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1426653187">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="2009862652">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1971588201">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="599221365">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="196814187">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="256139422">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="891309716">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="361201529">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1708988652">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="496849317">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1389066585">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="1979918746">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="345405266">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                                <w:div w:id="629290520">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="947077716">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="303700832">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="258949675">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="450"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="1720937346">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="300"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
-    <w:div w:id="902833019">
+    <w:div w:id="1420105294">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -13386,54 +17943,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1025</Words>
-  <Characters>5848</Characters>
+  <Words>701</Words>
+  <Characters>4002</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>48</Lines>
-  <Paragraphs>13</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6860</CharactersWithSpaces>
+  <CharactersWithSpaces>4694</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sony</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>