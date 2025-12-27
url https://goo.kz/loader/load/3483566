--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,1408 +1,1605 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="004454D2" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-      <w:pPr>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Объявление  о   проведении  конкурса  на занятие вакантной  должности  </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Аралас (қазақ/орыс) тілде оқытатын логопедтің бос лауазымына </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>логопеда  со  смешанным (русским/казахским)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орналасуға конкурс өткізу туралы хабарландыру</w:t>
       </w:r>
-      <w:r w:rsidRPr="004454D2">
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">  языком  обучения.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымының атауы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының Кенжекөл жалпы орта білім беру мектебі» КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00A17E12" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="1418" w:hanging="710"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          Мекенжайы: Павлодар қаласы, Кенжекөл ауылы, Ата Заң алаңы,   1/7 құрылыс, тел: 353461. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Эл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пошта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A17E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>: ksosh@goo.edu.kz</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00A17E12" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="6"/>
+          <w:numId w:val="7"/>
         </w:numPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00096BD0">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17E12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Наименование  организации  образования:</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Бос </w:t>
       </w:r>
-      <w:r w:rsidRPr="00096BD0">
-[...131 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Наименование  вакантной  должности</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лауазымның атауы</w:t>
       </w:r>
-      <w:r w:rsidRPr="004454D2">
+      <w:r w:rsidRPr="00A17E12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">:  </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Логопед для классов  с  казахским  и русским языками  обучения</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қазақ және орыс </w:t>
       </w:r>
-      <w:r w:rsidRPr="004454D2">
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> – </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тілінде оқытатын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>1  ставка</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сыныптарға логопед </w:t>
       </w:r>
-      <w:r w:rsidRPr="004454D2">
+      <w:r w:rsidRPr="00A17E12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 мөлшерлеме</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00CD1A2C" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Функционалдық міндеттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD1A2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...4 lines deleted...]
-        <w:t>2.1. Осуществляет диагностику речевого развития (состояния устной и письменной речи) учащихся в закреплённых за ним классах и определяет направления коррекционной работы. Формирует банк диагностических методик.</w:t>
+    <w:p w:rsidR="00A17E12" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.1. Өзіне бекітілген сыныптардағы оқушылардың сөйлеу дамуын (ауызша және жазбаша сөйлеу жағдайы) диагностикалауды жүзеге асырады және түзету жұмыстарының бағыттарын айқындайды</w:t>
+      </w:r>
+      <w:r w:rsidR="002B6B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CD1A2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Диагностикалық әдістемелер банкін қалыптастырады.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...4 lines deleted...]
-        <w:t>2.2. На основе использования достижений науки способствует обеспечению полноценного речевого развития учащихся на каждом возрастном этапе.</w:t>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00A17E12" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17E12">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.2. Ғылым жетістіктерін қолдану негізінде әр жас кезеңінде оқушылардың толыққанды сөйлеу дамуын қамтамасыз етуге ықпал етеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...40 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00A17E12" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17E12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.3. Бағдарламалық материалды игеруде сәттілік жағдайын жасау мақсатында жоспарлы түзету жұмыстарын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="002B6B6D" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A17E12">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>-</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.4. Түзету әдістемелерінің банкін қалыптастырады және сөйлеу қызметін түзету үшін ғылыми-әдістемелік және әдіснамалық қамтамасыз етуді жасайды. </w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="002B6B6D" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> средне-специальное  образование со стажем работы  до одного  года: 128525 тенге;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B6B6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.5. Өз құзыреті шегінде кеңес беру және ағарту қызметін жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="004454D2" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="002B6B6D" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B6B6D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>- высшее образование со стажем работы до одного года: 158720 тенге.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.6. Арнайы білім беру қажеттіліктері бар оқушылардың сөйлеу дамуын және жазбаша сөйлеу жағдайын бақылауды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="00EF05C9" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="002B6B6D" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...8 lines deleted...]
-        <w:t>В соответствии   с приказом Министра  образования  и науки Республики  Казахстан от 13 июля 2009 года №338.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ақы төлеу: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="004454D2" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+    <w:p w:rsidR="002B6B6D" w:rsidRPr="002B6B6D" w:rsidRDefault="002B6B6D" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">:  </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- бір жылға дейінгі жұмыс өтілі бар арнайы орта білім: 128525 теңге;</w:t>
       </w:r>
-      <w:r>
+    </w:p>
+    <w:p w:rsidR="002B6B6D" w:rsidRPr="002B6B6D" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E14FAB">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...48 lines deleted...]
-        <w:t xml:space="preserve">  2022  года.</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- бір жылға дейінгі жұмыс өтілі бар жоғары білім: 158720 теңге.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="004454D2" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Біліктілік талаптары:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің 2009 жылғы 13 шілдедегі №338 бұйрығына сәйкес.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">Заявление   </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4.</w:t>
       </w:r>
-      <w:r w:rsidR="00472B0A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">об  участии  в конкурсе  с  указанием  перечня  прилагаемых  документов  </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Құжаттарды қабылдау мерзімі:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00096BD0">
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">по  форме  согласно  приложению  </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 жылғы </w:t>
       </w:r>
-      <w:r w:rsidR="00472B0A">
+      <w:r w:rsidR="000A3E4D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A3E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ақпаннан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2022 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="000A3E4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>26</w:t>
+      </w:r>
+      <w:r w:rsidR="00090DA9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ақпан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ға дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Құжаттар тізімі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E2625" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="002E2625">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk92978091"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="002E2625" w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) Ереженің </w:t>
+      </w:r>
+      <w:r w:rsidR="002E2625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00472B0A">
+      <w:r w:rsidR="002E2625" w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-қосымшасына сәйкес нысан бойынша </w:t>
       </w:r>
-      <w:r w:rsidRPr="00096BD0">
+      <w:r w:rsidR="002E2625">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...7 lines deleted...]
-        </w:numPr>
+      <w:r w:rsidR="002E2625" w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өтініш;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E2625" w:rsidRPr="00FA6B4B" w:rsidRDefault="002E2625" w:rsidP="002E2625">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00472B0A">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">  либо  электронный  документ  из  сервиса  цифровых  документов;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) жеке басын куәландыратын құжат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> немесе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00105DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>цифрлық құжаттар сервисінен электрондық құжат;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="004454D2" w:rsidRDefault="00472B0A" w:rsidP="00096BD0">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="002E2625" w:rsidRPr="00FA6B4B" w:rsidRDefault="002E2625" w:rsidP="002E2625">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Заполненный  л</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
       </w:r>
-      <w:r w:rsidR="00096BD0" w:rsidRPr="004454D2">
+      <w:r w:rsidRPr="00105DA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">ичный  листок  по учету кадров </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты жері мен байланыс телефондары көрсетіледі</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">( </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00105DA5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="004454D2" w:rsidRDefault="00472B0A" w:rsidP="00096BD0">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="002E2625" w:rsidRPr="00FA6B4B" w:rsidRDefault="002E2625" w:rsidP="002E2625">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-        <w:t>Копию  документов  об  образовании  в соответствии с  предъявляемыми  к  должности  квалификационными  требованиями, утвержденными Типовыми  квалификационными  характеристиками  педагогов;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00105DA5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтердің үлгілік біліктілік сипаттамалары бекіткен лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмесі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRPr="004454D2" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...5 lines deleted...]
-        </w:numPr>
+    <w:p w:rsidR="002E2625" w:rsidRDefault="002E2625" w:rsidP="002E2625">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Копию  документа,  подтверждающего  трудовую  деятельность</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) еңбек қызметін растайтын құжаттың көшірмесі</w:t>
       </w:r>
-      <w:r w:rsidR="00472B0A">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> (при наличии)</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (болған жағдайда)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004454D2">
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="002E2625">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004454D2">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) «Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы» Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2020 жылғы 30 қазандағы № КЖД – 175/2020 бұйрығымен ( Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>здравохранения</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) Психоневрологиялық ұйымнан анықтама;</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve">( </w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>8) Наркологиялық ұйымнан анықтама;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>зарегистрирован  в  Реестре  государственной  регистрации  нормативных  правовых  актов  под № 21579);</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) Ұлттық біліктілік тестілеу сертификаты немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік( болған жағдайда).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00A17E12" w:rsidRPr="00FA6B4B" w:rsidRDefault="00A17E12" w:rsidP="00A17E12">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA6B4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...36 lines deleted...]
-        <w:t>;</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) 11-қосымшаға сәйкес нысан бойынша педагогтің бос лауазымына кандидаттың толтырылған бағалау парағы.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...19 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00A17E12" w:rsidRDefault="00A17E12" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...37 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...37 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="00096BD0" w:rsidRDefault="00096BD0" w:rsidP="00096BD0">
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="00096BD0">
-[...6 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Приложение 10 </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...188 lines deleted...]
-        </w:rPr>
         <w:t>равилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Форма</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5103"/>
         <w:gridCol w:w="4536"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5103" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>________________________________</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
               <w:t>государственный орган, объявивший конкурс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
@@ -1444,1300 +1641,1336 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">                         (должность, место работы)</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>________________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Фактическое место проживания, адрес прописки, контактный телефон</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="0050793A" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="0050793A" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0050793A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Заявление</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Прошу допустить меня к конкурсу на занятие вакантной/временно вакантной должности</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нужное подчеркнуть)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">____________________________________________________________________           наименование организаций образования, адрес (область, район, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>город\село</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>В настоящее время работаю</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>___________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">                                                должность, наименование организации, адрес (область, район, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>город\село</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Сообщаю о себе следующие сведения: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Образование: высшее или послевузовское</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9823" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3869"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="3402"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Период обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Специальность по диплому</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:trPr>
           <w:trHeight w:val="363"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3869" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3402" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Наличие квалификационной категории (дата присвоения (подтверждения)):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>__________________________________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Стаж педагогической работы: ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Имею следующие результаты работы: ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Награды, звания, степень, ученая степень, ученое звание, а также дополнительные сведения (при наличии)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
-[...1 lines deleted...]
-        <w:ind w:left="5670"/>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E7064E">
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
+      <w:pPr>
+        <w:ind w:firstLine="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
+      <w:pPr>
+        <w:ind w:left="5670"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E7064E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Приложение 11 </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:left="5670"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">к </w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>П</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">равилам назначения на должности, освобождения от должностей первых руководителей и педагогов государственных организаций образования </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Форма</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="0050793A" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="0050793A" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="0050793A" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="0050793A" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0050793A">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00E7064E">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
         <w:t>(фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:ind w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9915" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="843"/>
         <w:gridCol w:w="2918"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="3744"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:trPr>
           <w:trHeight w:val="1039"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="0050793A" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="0050793A" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0050793A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="0050793A" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="0050793A" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0050793A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Подтверждающий документ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="0050793A" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="0050793A" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0050793A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Кол-во баллов </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="0050793A" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="0050793A" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="283" w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0050793A">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(от 1 до 20)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Техническое</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> и профессиональное = 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00F918AB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Высшее</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> очное = 5 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>высшее</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -2752,215 +2985,215 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>дистанционное</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>диплом о высшем образовании с отличием = 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Магистр</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -2972,335 +3205,335 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>или специалист с высшим образованием = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>баллов;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>PHD-доктор = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Доктор наук = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Кандидат наук = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00A35720" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00A35720" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Национальное квалификационное тестирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С квалификационной категорией «педагог»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По содержанию</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от 50 до </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -3330,51 +3563,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -3404,51 +3637,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -3469,51 +3702,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>80 баллов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>5 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -3534,82 +3767,82 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>90 баллов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6 баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По методике и педагогике</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
@@ -3686,51 +3919,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -3781,51 +4014,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -3885,51 +4118,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4016,121 +4249,121 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
-[...10 lines deleted...]
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С квалификационной категорией «педагог-модератор»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По содержанию</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 50</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4160,51 +4393,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4226,51 +4459,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4302,51 +4535,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4387,83 +4620,83 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>По методике и педагогике</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
@@ -4541,51 +4774,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4645,51 +4878,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4740,51 +4973,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4844,121 +5077,121 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
-[...10 lines deleted...]
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С квалификационной категорией «педагог-эксперт»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По содержанию</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 50 до 60 баллов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -4979,51 +5212,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5045,51 +5278,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5102,51 +5335,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5168,82 +5401,82 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По методике и педагогике</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
@@ -5302,51 +5535,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5406,51 +5639,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5520,51 +5753,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5624,121 +5857,121 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
-[...10 lines deleted...]
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С квалификационной категорией «педагог-исследователь»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По содержанию</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 50 до 60 баллов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5759,51 +5992,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -5816,51 +6049,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -5893,130 +6126,130 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 80 до90 баллов =</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>По методике и педагогике</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">от </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
@@ -6075,51 +6308,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>ов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -6188,51 +6421,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -6283,51 +6516,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>о</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -6387,83 +6620,83 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00B23E0F" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00B23E0F" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>С квалификационной категорией «педагог-мастер»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -6471,69 +6704,69 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00B23E0F">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
@@ -6542,425 +6775,425 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Квалификация/Категория. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66" w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Удостоверение, иной документ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">2 категория </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">1 категория </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>= 2 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Высшая категория</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Педагог-эксперт = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Педагог-исследователь = 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Педагог-мастер = 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -6968,278 +7201,278 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>трудовая книжка/документ,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 1 до 3 лет = 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 3 до 5 лет = 1,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 5 до 10 лет = 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>от 10 и более = 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -7247,51 +7480,51 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Опыт административной и </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
@@ -7299,51 +7532,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>трудовая книжка/документ,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -7351,191 +7584,191 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>методист = 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>заместитель директора</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>= 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>директор = 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
@@ -7544,51 +7777,51 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Для педагогов</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
@@ -7607,160 +7840,160 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Результаты педагогической/ профессиональной практики «отлично» = 1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>«хорошо» = 0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="008878B0" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="008878B0" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -7768,51 +8001,51 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="008878B0" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="008878B0" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Рекомендательное письмо</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -7830,220 +8063,220 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>(при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="008878B0" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="008878B0" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="008878B0" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="008878B0" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Наличие </w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>положительно</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>го рекомендательного письма</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> = 3 балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="008878B0" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="008878B0" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">Отсутствие рекомендательного письма </w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> =</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> минус 3</w:t>
             </w:r>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00FD3160" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00FD3160" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008878B0">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Негативное рекомендательное письмо = минус 5 баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -8051,486 +8284,486 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>дипломы, грамоты победителей олимпиад и конкурсов учителя;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">призеры олимпиад и конкурсов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">научных проектов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>приз</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>еры олимпиад и конкурсов =</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">участник конкурса «Лучший педагог» </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">призер конкурса «Лучший педагог» </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
-[...65 lines deleted...]
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>обладатель медали «</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -8615,69 +8848,69 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 10</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
@@ -8686,217 +8919,217 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">автор или соавтор учебников и (или) УМК, включенных в перечень МОН РК </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">автор или соавтор учебников и (или) УМК, включенных в перечень РУМС </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>наличие публикации по научно-исследовательской деятельности, включенный в перечень КОКСОН</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -8932,69 +9165,69 @@
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00A35720" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00A35720" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -9003,295 +9236,295 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:left="66"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>- лидерство</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">- реализация </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>полиязычия</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">наставник </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">руководство МО </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">лидер профессионально-педагогического сообщества </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>преподавание на 2 языках</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -9327,51 +9560,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>иностранный</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
@@ -9403,51 +9636,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">преподавание на 3 языках </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -9472,69 +9705,69 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>) =</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00A35720" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00A35720" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:right="67" w:firstLine="201"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9544,51 +9777,51 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2918" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -9607,182 +9840,182 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>- сертификаты предметной подготовки;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">IELTS; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">TOEFL; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>DELF</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Goethe</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
@@ -9832,159 +10065,159 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Основы программирования в Python», «Обучение работе с Microsoft»</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3744" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>курсы ЦПМ НИШ, «</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>=</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
-[...21 lines deleted...]
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">курсы </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -10008,836 +10241,693 @@
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>0,5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> балла</w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> (каждый отдельно)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F95B9E" w:rsidRPr="00D96B2A" w:rsidTr="00513E43">
+      <w:tr w:rsidR="003F08BA" w:rsidRPr="00D96B2A" w:rsidTr="006A088F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3761" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00E7064E" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00E7064E" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Итого:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6154" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F95B9E" w:rsidRPr="00161958" w:rsidRDefault="00F95B9E" w:rsidP="00513E43">
+          <w:p w:rsidR="003F08BA" w:rsidRPr="00161958" w:rsidRDefault="003F08BA" w:rsidP="006A088F">
             <w:pPr>
               <w:ind w:firstLine="851"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve">Максимальный балл – </w:t>
             </w:r>
             <w:r w:rsidRPr="00E7064E">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>83</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F95B9E" w:rsidRPr="00161958" w:rsidRDefault="00F95B9E" w:rsidP="00F95B9E">
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00161958" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9747"/>
         </w:tabs>
         <w:ind w:right="-34"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F95B9E" w:rsidRDefault="00F95B9E" w:rsidP="00096BD0">
-[...1 lines deleted...]
-        <w:pStyle w:val="a3"/>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00F95B9E" w:rsidSect="001348A7">
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00601EE9" w:rsidRDefault="003F08BA" w:rsidP="003F08BA">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003F08BA" w:rsidRPr="00FA6B4B" w:rsidRDefault="003F08BA" w:rsidP="0007106B">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="003F08BA" w:rsidRPr="00FA6B4B" w:rsidSect="0007106B">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="1133" w:bottom="1134" w:left="1276" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="17A555B0"/>
+    <w:nsid w:val="03CE325B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E44CB5A6"/>
-    <w:lvl w:ilvl="0" w:tplc="BB0AF6F0">
+    <w:tmpl w:val="9970F490"/>
+    <w:lvl w:ilvl="0" w:tplc="03B0DD5C">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="19CA0FF7"/>
+    <w:nsid w:val="08C9336D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C9A8C4B6"/>
-    <w:lvl w:ilvl="0" w:tplc="79C27046">
+    <w:tmpl w:val="EBD4E450"/>
+    <w:lvl w:ilvl="0" w:tplc="9230D974">
+      <w:start w:val="2021"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="1FE24856"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5366E910"/>
+    <w:lvl w:ilvl="0" w:tplc="2208F172">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1413" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="2F051F1C"/>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="214F139B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="EDD46230"/>
-    <w:lvl w:ilvl="0" w:tplc="CE9A6EC4">
+    <w:tmpl w:val="5366E910"/>
+    <w:lvl w:ilvl="0" w:tplc="2208F172">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...238 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1413" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
-    <w:nsid w:val="47E01842"/>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="4EC82078"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9EC8E64C"/>
-    <w:lvl w:ilvl="0" w:tplc="5EC89362">
+    <w:tmpl w:val="7584AF70"/>
+    <w:lvl w:ilvl="0" w:tplc="04190011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...89 lines deleted...]
-      <w:lvlText w:val="%1."/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -10875,366 +10965,540 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
-    <w:nsid w:val="6D8A18D1"/>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="62036A70"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3054509C"/>
-    <w:lvl w:ilvl="0" w:tplc="4A22698A">
+    <w:tmpl w:val="5366E910"/>
+    <w:lvl w:ilvl="0" w:tplc="2208F172">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
-[...89 lines deleted...]
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1413" w:hanging="705"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="180"/>
+        <w:ind w:left="2508" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3228" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3948" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="180"/>
+        <w:ind w:left="4668" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="180"/>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="745C33DF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5366E910"/>
+    <w:lvl w:ilvl="0" w:tplc="2208F172">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1413" w:hanging="705"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2">
-[...2 lines deleted...]
-  <w:num w:numId="3">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
-[...2 lines deleted...]
-  <w:num w:numId="5">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
-  </w:num>
-[...10 lines deleted...]
-    <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:drawingGridHorizontalSpacing w:val="110"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="0016410D"/>
-[...25 lines deleted...]
-    <w:rsid w:val="00F95B9E"/>
+    <w:rsidRoot w:val="00EA0D03"/>
+    <w:rsid w:val="00015AC7"/>
+    <w:rsid w:val="00035011"/>
+    <w:rsid w:val="00041006"/>
+    <w:rsid w:val="0004475E"/>
+    <w:rsid w:val="0005519B"/>
+    <w:rsid w:val="000552A8"/>
+    <w:rsid w:val="00061F58"/>
+    <w:rsid w:val="0007106B"/>
+    <w:rsid w:val="00080087"/>
+    <w:rsid w:val="00085053"/>
+    <w:rsid w:val="00090DA9"/>
+    <w:rsid w:val="0009403B"/>
+    <w:rsid w:val="000A3E4D"/>
+    <w:rsid w:val="000A5619"/>
+    <w:rsid w:val="000E3198"/>
+    <w:rsid w:val="00102AF8"/>
+    <w:rsid w:val="00113E0B"/>
+    <w:rsid w:val="001518F4"/>
+    <w:rsid w:val="001A69A9"/>
+    <w:rsid w:val="001A750B"/>
+    <w:rsid w:val="001B0C29"/>
+    <w:rsid w:val="001C69CC"/>
+    <w:rsid w:val="001E00F5"/>
+    <w:rsid w:val="001E5624"/>
+    <w:rsid w:val="001F11EB"/>
+    <w:rsid w:val="001F3C4B"/>
+    <w:rsid w:val="001F4217"/>
+    <w:rsid w:val="00204C70"/>
+    <w:rsid w:val="00212CBE"/>
+    <w:rsid w:val="00221B86"/>
+    <w:rsid w:val="00226C75"/>
+    <w:rsid w:val="00232417"/>
+    <w:rsid w:val="0026050F"/>
+    <w:rsid w:val="00264302"/>
+    <w:rsid w:val="002704B0"/>
+    <w:rsid w:val="00274629"/>
+    <w:rsid w:val="002826DD"/>
+    <w:rsid w:val="00285444"/>
+    <w:rsid w:val="00294C85"/>
+    <w:rsid w:val="002B2F59"/>
+    <w:rsid w:val="002B6B6D"/>
+    <w:rsid w:val="002D1286"/>
+    <w:rsid w:val="002D1B58"/>
+    <w:rsid w:val="002D228B"/>
+    <w:rsid w:val="002E2625"/>
+    <w:rsid w:val="002E633A"/>
+    <w:rsid w:val="0030538D"/>
+    <w:rsid w:val="00310D56"/>
+    <w:rsid w:val="00335552"/>
+    <w:rsid w:val="003355D9"/>
+    <w:rsid w:val="0033581B"/>
+    <w:rsid w:val="00343F93"/>
+    <w:rsid w:val="00365DD4"/>
+    <w:rsid w:val="00374156"/>
+    <w:rsid w:val="00383EAE"/>
+    <w:rsid w:val="00386BC5"/>
+    <w:rsid w:val="003936DE"/>
+    <w:rsid w:val="003B126A"/>
+    <w:rsid w:val="003D3010"/>
+    <w:rsid w:val="003F08BA"/>
+    <w:rsid w:val="00401096"/>
+    <w:rsid w:val="00435116"/>
+    <w:rsid w:val="00437609"/>
+    <w:rsid w:val="00460CC2"/>
+    <w:rsid w:val="00475F95"/>
+    <w:rsid w:val="00480195"/>
+    <w:rsid w:val="00484669"/>
+    <w:rsid w:val="004903F7"/>
+    <w:rsid w:val="004A69FA"/>
+    <w:rsid w:val="004C48BE"/>
+    <w:rsid w:val="004C66D3"/>
+    <w:rsid w:val="004D7E0B"/>
+    <w:rsid w:val="004F07AA"/>
+    <w:rsid w:val="004F1242"/>
+    <w:rsid w:val="004F655F"/>
+    <w:rsid w:val="005041C2"/>
+    <w:rsid w:val="00505436"/>
+    <w:rsid w:val="00505D62"/>
+    <w:rsid w:val="00507FC6"/>
+    <w:rsid w:val="00525BEC"/>
+    <w:rsid w:val="00552588"/>
+    <w:rsid w:val="005832D7"/>
+    <w:rsid w:val="005841E0"/>
+    <w:rsid w:val="005A13F9"/>
+    <w:rsid w:val="005A37D9"/>
+    <w:rsid w:val="005D390E"/>
+    <w:rsid w:val="005D69AC"/>
+    <w:rsid w:val="005E058D"/>
+    <w:rsid w:val="005E0B2A"/>
+    <w:rsid w:val="005E3770"/>
+    <w:rsid w:val="005E39C3"/>
+    <w:rsid w:val="005E39F5"/>
+    <w:rsid w:val="005F7C63"/>
+    <w:rsid w:val="00617F27"/>
+    <w:rsid w:val="00622B57"/>
+    <w:rsid w:val="006241C7"/>
+    <w:rsid w:val="00624372"/>
+    <w:rsid w:val="00631F4E"/>
+    <w:rsid w:val="00634ACD"/>
+    <w:rsid w:val="00651027"/>
+    <w:rsid w:val="006606C6"/>
+    <w:rsid w:val="00661091"/>
+    <w:rsid w:val="006822A7"/>
+    <w:rsid w:val="00685989"/>
+    <w:rsid w:val="006D575E"/>
+    <w:rsid w:val="006D59C5"/>
+    <w:rsid w:val="00751E84"/>
+    <w:rsid w:val="00756D53"/>
+    <w:rsid w:val="0078367D"/>
+    <w:rsid w:val="007C4530"/>
+    <w:rsid w:val="007D2CC3"/>
+    <w:rsid w:val="007D35C8"/>
+    <w:rsid w:val="007D6519"/>
+    <w:rsid w:val="007D6F9C"/>
+    <w:rsid w:val="007F0B95"/>
+    <w:rsid w:val="00801803"/>
+    <w:rsid w:val="008030F4"/>
+    <w:rsid w:val="00811A33"/>
+    <w:rsid w:val="0082272F"/>
+    <w:rsid w:val="008258EE"/>
+    <w:rsid w:val="0083292F"/>
+    <w:rsid w:val="0084244B"/>
+    <w:rsid w:val="008442E9"/>
+    <w:rsid w:val="0084673C"/>
+    <w:rsid w:val="0086158D"/>
+    <w:rsid w:val="00862F42"/>
+    <w:rsid w:val="00871D29"/>
+    <w:rsid w:val="008856E1"/>
+    <w:rsid w:val="008B5C57"/>
+    <w:rsid w:val="008F77CB"/>
+    <w:rsid w:val="00942E23"/>
+    <w:rsid w:val="00943CD8"/>
+    <w:rsid w:val="00962190"/>
+    <w:rsid w:val="00983234"/>
+    <w:rsid w:val="00991F97"/>
+    <w:rsid w:val="00993953"/>
+    <w:rsid w:val="009C07D4"/>
+    <w:rsid w:val="009C4757"/>
+    <w:rsid w:val="009D62E4"/>
+    <w:rsid w:val="00A17E12"/>
+    <w:rsid w:val="00A25F12"/>
+    <w:rsid w:val="00A34B2C"/>
+    <w:rsid w:val="00A61E8D"/>
+    <w:rsid w:val="00A629B2"/>
+    <w:rsid w:val="00AB0608"/>
+    <w:rsid w:val="00AC0BC7"/>
+    <w:rsid w:val="00AC3BFE"/>
+    <w:rsid w:val="00AC4F4B"/>
+    <w:rsid w:val="00B1442C"/>
+    <w:rsid w:val="00B20CA1"/>
+    <w:rsid w:val="00B24C12"/>
+    <w:rsid w:val="00B2609D"/>
+    <w:rsid w:val="00B36B1B"/>
+    <w:rsid w:val="00B472AF"/>
+    <w:rsid w:val="00B61366"/>
+    <w:rsid w:val="00B940D4"/>
+    <w:rsid w:val="00B95AFF"/>
+    <w:rsid w:val="00BC7613"/>
+    <w:rsid w:val="00BE6CB8"/>
+    <w:rsid w:val="00BF3DE8"/>
+    <w:rsid w:val="00C03F4C"/>
+    <w:rsid w:val="00C06508"/>
+    <w:rsid w:val="00C17286"/>
+    <w:rsid w:val="00C310B2"/>
+    <w:rsid w:val="00C4642A"/>
+    <w:rsid w:val="00CC692B"/>
+    <w:rsid w:val="00CD1A2C"/>
+    <w:rsid w:val="00CE0253"/>
+    <w:rsid w:val="00CF2B0C"/>
+    <w:rsid w:val="00CF720E"/>
+    <w:rsid w:val="00D104B3"/>
+    <w:rsid w:val="00D221A9"/>
+    <w:rsid w:val="00D235DE"/>
+    <w:rsid w:val="00D514E1"/>
+    <w:rsid w:val="00D66865"/>
+    <w:rsid w:val="00D70EF5"/>
+    <w:rsid w:val="00D82F24"/>
+    <w:rsid w:val="00D8323F"/>
+    <w:rsid w:val="00D907CF"/>
+    <w:rsid w:val="00DB1C78"/>
+    <w:rsid w:val="00DC0539"/>
+    <w:rsid w:val="00DC10BF"/>
+    <w:rsid w:val="00DD2FD2"/>
+    <w:rsid w:val="00DD3099"/>
+    <w:rsid w:val="00DE43B2"/>
+    <w:rsid w:val="00E1102C"/>
+    <w:rsid w:val="00E24D3F"/>
+    <w:rsid w:val="00E31877"/>
+    <w:rsid w:val="00E56C72"/>
+    <w:rsid w:val="00E81B96"/>
+    <w:rsid w:val="00E87928"/>
+    <w:rsid w:val="00E91E8B"/>
+    <w:rsid w:val="00EA0D03"/>
+    <w:rsid w:val="00EE0FA3"/>
+    <w:rsid w:val="00EE24B3"/>
+    <w:rsid w:val="00F46E26"/>
+    <w:rsid w:val="00F530BA"/>
+    <w:rsid w:val="00F637A4"/>
+    <w:rsid w:val="00F7106A"/>
+    <w:rsid w:val="00F94CE6"/>
+    <w:rsid w:val="00F979FA"/>
+    <w:rsid w:val="00FA6B4B"/>
+    <w:rsid w:val="00FB4CED"/>
+    <w:rsid w:val="00FE6175"/>
+    <w:rsid w:val="00FF05AC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="7170"/>
+    <o:shapedefaults v:ext="edit" spidmax="4098"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Normal (Web)" w:uiPriority="0"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -11306,334 +11570,322 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="001348A7"/>
+    <w:rsid w:val="00FE6175"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="001F4217"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00035011"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0016410D"/>
+    <w:rsid w:val="00993953"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
+    <w:name w:val="Default"/>
+    <w:rsid w:val="00E87928"/>
+    <w:pPr>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:rsid w:val="001E5624"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Основной текст Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:rsid w:val="001E5624"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00EF34B8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00943CD8"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-</w:styles>
-[...160 lines deleted...]
-    <w:name w:val="Normal"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="001F4217"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="36"/>
+      <w:sz w:val="48"/>
+      <w:szCs w:val="48"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-  </w:style>
-[...32 lines deleted...]
-    <w:rsid w:val="0016410D"/>
+    <w:rsid w:val="00232417"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-[...8 lines deleted...]
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:divs>
+    <w:div w:id="217865128">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="615254777">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="689600114">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1744057839">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="2108883253">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1202671046">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11667,86 +11919,84 @@
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
@@ -11882,81 +12132,82 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{98CC5206-33EB-42C1-83BB-41059BFCFC1E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABC2C890-ABB9-4B8C-9424-51A26B38A513}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1470</Words>
-  <Characters>8380</Characters>
+  <Words>1444</Words>
+  <Characters>8237</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
+  <Lines>68</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9831</CharactersWithSpaces>
+  <CharactersWithSpaces>9662</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>