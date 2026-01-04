--- v0 (2025-12-14)
+++ v1 (2026-01-04)
@@ -1,9435 +1,5683 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="450" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:kern w:val="36"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қазақстан Республикасының мемлекеттік </w:t>
-[...24 lines deleted...]
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+        <w:t>О государственных символах Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="666666"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасының 2007 жылғы 4 маусымдағы N 258 Конституциялық заңы.</w:t>
-[...35 lines deleted...]
-      </w:pPr>
+        <w:t>Конституционный закон Республики Казахстан от 4 июня 2007 года N 258.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidRPr="00A14A3E">
-[...705 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>ОГЛАВЛЕНИЕ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
-          <w:spacing w:val="2"/>
-[...1791 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Сноска. По всему тексту слова "государственному стандарту", "государственным стандартам", "государственные стандарты" заменены соответственно словами "национальному стандарту", "национальным стандартам", "национальные стандарты" Конституционным законом РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Глава 1. ГОСУДАРСТВЕННЫЕ СИМВОЛЫ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z3"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Статья 1. Государственные символы Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Государственными символами Республики Казахстан являются: Государственный Флаг, Государственный Герб, Государственный Гимн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Государственный Флаг Республики Казахстан представляет собой прямоугольное полотнище </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>голубого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цвета с изображением в центре солнца с лучами, под которым - парящий орел. У древка - национальный орнамент в виде вертикальной полосы. Изображение солнца, его лучей, орла и национального орнамента - цвета золота. Соотношение ширины Флага к его длине - 1:2.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Государственный Герб Республики Казахстан имеет форму круга и представляет собой изображение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шанырака</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (верхняя сводчатая часть юрты) на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>голубом</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фоне, от которого во все стороны в виде солнечных лучей расходятся </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уыки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (опоры). Справа и слева от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шанырака</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> расположены изображения мифических крылатых коней. В верхней части расположена объемная пятиконечная звезда, а в нижней части – надпись "QAZAQSTAN". Изображение звезды, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>шанырака</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>уыков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, мифических крылатых коней, а также надписи "QAZAQSTAN" – цвета золота.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Государственный Гимн Республики Казахстан представляет собой музыкально-поэтическое произведение, исполняемое в случаях, предусмотренных настоящим Конституционным законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Эталоны Государственного Флага и Государственного Герба Республики Казахстан хранятся в Резиденции Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 1 с изменением, внесенным Конституционным законом РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z357" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 162-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z4"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Статья 2. Законодательство Республики Казахстан, регулирующее изготовление и использование государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Сноска. Заголовок статьи 2 в редакции Конституционного закона РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 23-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Порядок изготовления и использования государственных символов Республики Казахстан определяется Конституцией Республики Казахстан, настоящим Конституционным законом и иными нормативными правовыми актами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Сноска. Статья 2 с изменением, внесенным Конституционным законом РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 23-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z5"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Статья 3. Утверждение государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Утвердить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) изображение Государственного Флага Республики Казахстан (приложение 1 к настоящему Конституционному закону);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) изображение Государственного Герба Республики Казахстан (приложение 2 к настоящему Конституционному закону);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) музыкальную редакцию и текст Государственного Гимна Республики Казахстан (приложение 3 к настоящему Конституционному закону).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Глава 2. ГОСУДАРСТВЕННЫЙ ФЛАГ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z7"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Статья 4. Порядок использования Государственного Флага Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Государственный Флаг Республики Казахстан в обязательном порядке поднимается (устанавливается, размещается):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) на зданиях Резиденции Президента Республики Казахстан, Парламента, Сената и Мажилиса, Правительства, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета, Верховного Суда и местных судов Республики Казахстан, местных представительных и исполнительных органов, органов местного самоуправления, государственных организаций, а также на зданиях посольств, постоянных представительств при международных организациях, торговых представительств, других официальных</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> загранучреждений, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>резиденциях</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> глав загранучреждений Республики Казахстан и на их транспортных средствах в соответствии с протокольной практикой государств пребывания - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) в кабинетах Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Премьер-Министра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Государственного секретаря, Председателя Конституционного Совета, Председателя Верховного Суда и председателей местных судов Республики Казахстан, Председателя Центральной избирательной комиссии, Уполномоченного по правам человека Республики Казахстан, руководителей министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, руководителей местных представительных и исполнительных органов, руководителей загранучреждений</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и рабочих органов палат Парламента Республики Казахстан, Правительства, в залах заседаний Конституционного Совета Республики Казахстан, в залах судебных заседаний Верховного Суда и местных судов Республики Казахстан, в залах заседаний коллегий центральных, местных представительных и исполнительных органов, государственных органов, непосредственно подчиненных и подотчетных Президенту</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан, в залах вручения государственных и правительственных наград Республики Казахстан, в залах приемов загранучреждений Республики Казахстан, а также в помещениях регистрации рождений и браков - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) на зданиях государственных органов при открытии в торжественной обстановке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5) на зданиях или в помещениях, где проходят международные форумы с участием Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Премьер-Министра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан и их полномочных представителей, если это предусмотрено нормами международного права и международными договорами Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5-1) в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6) на морских судах, судах внутреннего плавания и других средствах передвижения, на которых в качестве официальных лиц находятся Президент Республики Казахстан, председатели палат Парламента Республики Казахстан, Премьер-Министр Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      7) в качестве кормового флага на судах, зарегистрированных в Республике Казахстан, в установленном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8) на военных кораблях и судах Республики Казахстан - согласно воинским уставам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      9) в воинских соединениях, частях, подразделениях и учреждениях Вооруженных Сил, других войск и воинских формирований Республики Казахстан - в дни </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>национального</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и государственных праздников Республики Казахстан, при принятии присяги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      10) во время празднования Дня государственных символов Республики Казахстан, официальных и торжественных церемоний, спортивных мероприятий в порядке, определяемом Правительством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      11) в организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального, высшего профессионального и послевузовского профессионального образования, при церемониях открытия нового учебного года и окончания учебного года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      12) при встрече глав государств, парламентов и правительств иностранных государств, посещающих Республику Казахстан с государственным и официальным визитами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Порядок использования (установления, размещения) Государственного Флага и его изображения в соединениях, воинских частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Государственный Флаг, устанавливаемый на зданиях на постоянной основе, должен освещаться в темное время суток.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Государственный Флаг Республики Казахстан может устанавливаться на других зданиях (в помещениях) по желанию их владельцев.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Порядок использования (установления, размещения) Государственного Флага и его изображения определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Изображение Государственного Флага в обязательном порядке размещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>веб-сайтах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан, Парламента, Правительства, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, местных представительных и исполнительных органов, а также загранучреждений Республики Казахстан в порядке, определяемом Правительством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) на воздушных судах, а также на космических аппаратах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Изображение Государственного Флага может размещаться и на иных материальных объектах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Государственный Флаг независимо от его размеров должен соответствовать национальному стандарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      В случае несоответствия Государственного Флага национальному стандарту он подлежит замене и уничтожению в порядке, определяемом Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Изображение Государственного Флага не может использоваться в качестве геральдической основы флагов общественных объединений и других организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Изображение Государственного Флага может быть использовано в качестве элемента или геральдической основы государственных наград, банкнот и монет Национального Банка Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. По случаю национального траура Государственный Флаг приспускается на половину высоты флагштока в течение срока национального траура.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Статья 4 с изменениями, внесенными Конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z6" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+          </w:rPr>
+          <w:t>№ 23-V</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:anchor="z1" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 370-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2017 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t xml:space="preserve"> (вводится в действие по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>истечении десяти календарных дней после дня его первого официального опубликования); от 22.12.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:anchor="z41" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 119-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қ</w:t>
-[...9 lines deleted...]
-        <w:t>олданыс</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z12"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>5-бап. Қазақстан Республикасының Мемлекеттiк Туын және басқа да туларды Қазақстан Республикасының аумағында бі</w:t>
-[...211 lines deleted...]
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+        <w:t>Статья 5. Одновременное использование Государственного Флага Республики Казахстан и других флагов на территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. При одновременном подъеме (установлении, размещении) Государственного Флага Республики Казахстан, флагов иностранных государств, общественных объединений и других организаций, размеры Государственного Флага Республики Казахстан не должны быть меньше размеров других флагов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      При этом Государственный Флаг Республики Казахстан размещается не ниже других флагов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Флаги общественных объединений и других организаций не могут быть идентичны Государственному Флагу Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Флаги иностранных государств, используемые иностранными организациями и представительствами, осуществляющими деятельность на территории Республики Казахстан, за исключением дипломатических представительств, консульских учреждений, международных организаций и (или) их представительств, аккредитованных в Республике Казахстан, размещаются одновременно с Государственным Флагом Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 5-бапқа өзгеріс енгізілді - ҚР 28.10.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t>      Сноска. Статья 5 с изменениями, внесенными Конституционным законом РК от 28.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:anchor="z2" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 370-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> Конституциялы</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3-тарау. ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ МЕМЛЕКЕТТІК ЕЛТАҢБАСЫ</w:t>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+        <w:t>Глава 3. ГОСУДАРСТВЕННЫЙ ГЕРБ РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z16"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>6-бап. Қазақстан Республикасының Мемлекеттік Елтаңбасын пайдалану тәртібі</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">      1. Мемлекеттік Елтаңба </w:t>
+        <w:t>Статья 6. Порядок использования Государственного Герба Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Государственный Герб в обязательном порядке размещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...7 lines deleted...]
-        <w:t>м</w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) на зданиях Резиденции Президента Республики Казахстан, Парламента, Сената и Мажилиса, Правительства, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, соединений, воинских частей, подразделений и учреждений Вооруженных Сил, других войск и воинских формирований, местных представительных и исполнительных органов, а также на зданиях</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...30 lines deleted...]
-        <w:t>      1) Қазақстан Республикасы Президенті Резиденциясының, Парламенттің, Сенат пен Мәжілі</w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> посольств, постоянных представитель</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...7 lines deleted...]
-        <w:t>ст</w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ств пр</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...7 lines deleted...]
-        <w:t>ің, Үкіметтің, министрліктердің, Қазақстан Республикасының Президентіне тікелей бағынатын және есеп беретін мемлекеттік органдардың, олардың ведомстволары мен аумақтық бөлімшелерінің, Қазақстан Республикасы Конституциялық Кеңесінің, Қазақстан Республикасының Жоғарғы Соты мен жергілікті соттарының, Қарулы</w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>и международных организациях, торговых представительств, других официальных загранучреждений, резиденций глав загранучреждений Республики Казахстан - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> К</w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) в кабинетах Президента Республики Казахстан, председателей палат Парламента Республики Казахстан, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Премьер-Министра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, Государственного секретаря, Председателя Конституционного Совета, Председателя Верховного Суда и председателей местных судов Республики Казахстан, Председателя Центральной избирательной комиссии, Уполномоченного по правам человека Республики Казахстан, руководителей министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, руководителей местных представительных и исполнительных органов, руководителей загранучреждений</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...7 lines deleted...]
-        <w:t xml:space="preserve">үштердің құрамаларының, әскери бөлімдерінің, бөлімшелері мен мекемелерінің, басқа да әскерлер мен әскери құралымдардың, жергілікті өкілді және атқарушы органдардың ғимараттарында, сондай-ақ Қазақстан Республикасы елшіліктерінің, халықаралық ұйымдардағы тұрақты өкілдіктерінің, сауда өкілдіктерінің, шетелдегі </w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...7 lines deleted...]
-        <w:t>бас</w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) в залах, где проводятся совместные и раздельные заседания Сената и Мажилиса Парламента Республики Казахстан, заседания координационных и рабочих органов палат Парламента Республики Казахстан, Правительства, в залах заседаний Конституционного Совета, в залах судебных заседаний Верховного Суда и местных судов Республики Казахстан, в залах заседаний коллегий центральных, местных представительных и исполнительных органов, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...30 lines deleted...]
-        <w:t>      2) Қазақстан Республикасы Президентінің, Қазақстан Республикасы Парламенті палаталары төрағаларының, Премьер-Министрдің, Мемлекеттік хатшының, Конституциялық Кеңес</w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>залах вручения государственных и правительственных наград Республики Казахстан, в залах приемов загранучреждений Республики Казахстан, а также в помещениях регистрации рождений и браков - постоянно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Порядок использования (установления, размещения) Государственного Герба и его изображения в соединениях, воинских частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Изображение Государственного Герба в обязательном порядке размещается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> Т</w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) на печатях и бланках документов Президента Республики Казахстан и его Администрации, Парламента, его палат и их аппаратов, Бюро палат Парламента Республики Казахстан, Правительства и Канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Премьер-Министра</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, соединений, воинских частей, подразделений и учреждений Вооруженных</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...7 lines deleted...]
-        <w:t>өрағасының, Қазақстан Республикасы Жоғарғы Соты Төрағасының және жергілікті соттары төрағаларының, Орталық сайлау комиссиясы Төрағасының, Қазақстан Республикасының Адам құқықтары жөнiндегi уәкiлінің, министрліктердің, Қазақстан Республикасының Президентiне тiкелей бағынатын және есеп беретiн мемлекеттік органдардың, олардың ведомстволары мен аумақтық бө</w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сил, других войск и воинских формирований, местных представительных, исполнительных органов и иных государственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1-1) на печатях нотариусов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) на официальных изданиях Президента Республики Казахстан, Парламента, Правительства, Конституционного Совета и Верховного Суда Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) на банкнотах и монетах Национального Банка Республики Казахстан, государственных ценных бумагах Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) на удостоверении личности, свидетельстве о рождении, паспорте и иных паспортах, выдаваемых гражданам Республики Казахстан, служебных удостоверениях сотрудников государственных органов и государственных организаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) на пограничных столбах, устанавливаемых на Государственной границе Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      6) на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>веб-сайтах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Президента Республики Казахстан, Парламента, Правительства, министерств, государственных органов, непосредственно подчиненных и подотчетных Президенту Республики Казахстан, их ведомств и территориальных подразделений, Конституционного Совета Республики Казахстан, Верховного Суда и местных судов Республики Казахстан, местных представительных и исполнительных органов, а также загранучреждений Республики Казахстан в порядке, определяемом Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Изображение Государственного Герба может размещаться и на иных материальных объектах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Государственный Герб независимо от его размеров должен соответствовать национальному стандарту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      В случае несоответствия Государственного Герба национальному стандарту он подлежит замене и уничтожению в порядке, определяемом Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. Запрещается использование изображения Государственного Герба Республики Казахстан на бланках, печатях и других реквизитах негосударственных организаций и их должностных лиц, кроме случаев, установленных настоящим Конституционным законом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Государственный Герб не может быть использован в качестве геральдической основы гербов общественных объединений и других организаций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Изображение Государственного Герба может быть использовано на знаках различия и форменной одежде, установленных для лиц, состоящих на воинской или иной государственной службе, в качестве элемента или геральдической основы государственных наград Республики Казахстан, а также на спортивных костюмах спортсменов и других спортивных принадлежностях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Порядок использования (установления, размещения) Государственного Герба и его изображения определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...831 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 6-бапқа өзгерістер енгізілді - Қ</w:t>
-[...22 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t>Статья 6 с изменениями, внесенными Конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:anchor="z3" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 370-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі); 22.12.2017 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 22.12.2017 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:anchor="z41" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 119-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қ</w:t>
-[...9 lines deleted...]
-        <w:t>олданыс</w:t>
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="444444"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...32 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z21"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>7-бап. Қазақстан Республикасының Мемлекеттiк Елтаңбасын және басқа да елтаңбаларды Қазақстан Республикасының аумағында бі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+        <w:t>Статья 7. Одновременное использование Государственного Герба Республики Казахстан и других гербов на территории Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      При одновременном размещении Государственного Герба Республики Казахстан и гербов иностранных государств или гербов (геральдического знака) общественного объединения, другой организации размеры Государственного Герба Республики Казахстан не должны быть меньше размеров других гербов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      При этом Государственный Герб Республики Казахстан размещается не ниже других гербов (геральдических знаков).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Глава 4. ГОСУДАРСТВЕННЫЙ ГИМН РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z23"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>р</w:t>
+        <w:t>Статья 8. Порядок использования Государственного Гимна Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Государственный Гимн исполняется:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) при вступлении в должность Президента Республики Казахстан - после принесения им присяги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) при открытии и закрытии сессий Парламента Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) при открытии торжественных собраний и заседаний, посвященных </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>национальному</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...303 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и государственным праздникам Республики Казахстан, а также иным торжественным мероприятиям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) при выходе в эфир теле-, радиоканалов ежесуточно в начале и по окончании их вещания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) при открытии памятников, монументов, обелисков и других сооружений в ознаменование важнейших исторических событий в жизни народа Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      6) при поднятии Государственного Флага Республики Казахстан во время официальных и торжественных церемоний, спортивных мероприятий, проводимых государственными органами, а также общественными объединениями и иными организациями Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      7) при встрече глав иностранных государств, посещающих Республику Казахстан с государственным или официальным визитами, после исполнения государственного гимна соответствующего иностранного государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      8) в организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального, высшего профессионального и послевузовского профессионального образования, при церемониях открытия нового учебного года и окончания учебного года, а также при проведении иных торжественных мероприятий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      9) при проведении спортивных мероприятий с участием национальной (сборной) команды Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1-1. Текст Государственного Гимна в обязательном порядке размещается в помещениях (части помещений), отведенных для экспозиции, посвященной государственной символике, государственных юридических лиц, национальных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      2) Қазақстан Республикасы Парламенті сессияларының ашылуы және жабылуы кезінде;</w:t>
-[...452 lines deleted...]
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+        <w:t>управляющих холдингов, национальных холдингов, национальных компаний, а также иных акционерных обществ и товариществ с ограниченной ответственностью, в отношении которых Республика Казахстан выступает единственным акционером (участником).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Порядок использования (установления, размещения) текста Государственного Гимна определяется Правительством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Порядок исполнения Государственного Гимна и использования его текста в соединениях, воинских частях, подразделениях, учреждениях Вооруженных Сил и других войск и воинских формированиях определяется общевоинскими уставами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 8-бапқа өзгерістер енгізілді - ҚР 2012.06.28 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t>      Сноска. Статья 8 с изменениями, внесенными Конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:anchor="z8" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:anchor="z4" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 370-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Конституциялы</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z26"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>9-бап. Қазақстан Республикасының Мемлекетті</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+        <w:t>Статья 9. Порядок исполнения Государственного Гимна Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. При публичном исполнении Государственного Гимна присутствующие поют (выслушивают) стоя, при этом граждане Республики Казахстан прикладывают правую руку к сердцу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      При проведении государственными органами и иными организациями Республики Казахстан мероприятий на территории иностранных государств Государственный Гимн исполняется в соответствии с настоящим Конституционным законом, а также законодательством и протокольной практикой государства пребывания и местными обычаями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Торжественное поднятие и установка Государственного Флага Республики Казахстан сопровождаются исполнением Государственного Гимна, при этом присутствующие поворачиваются лицом к Флагу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Государственный Гимн исполняется в оркестровом, хоровом, оркестрово-хоровом либо ином вокальном и инструментальном исполнении. При этом могут использоваться средства звукозаписи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Допускается сокращенное исполнение Государственного Гимна Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3. Государственный Гимн исполняется на государственном языке в точном соответствии с утвержденным текстом и музыкальной редакцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4. Музыкальная редакция и текст Государственного Гимна Республики Казахстан не могут быть использованы в качестве основы для других музыкальных произведений и иных произведений искусства.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Глава 5. КОМПЕТЕНЦИЯ ГОСУДАРСТВЕННЫХ ОРГАНОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z32"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>к</w:t>
+        <w:t>Статья 10. Компетенция Правительства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      К компетенции Правительства относятся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) организация работы по изготовлению эталонов Государственного Флага и Государственного Герба Республики Казахстан, соответствующих национальным стандартам и их изображениям, утвержденным настоящим Конституционным законом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) утверждение правил замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) утверждение правил использования (установления, размещения) Государственного Флага, Государственного Герба Республики Казахстан и их изображений, а также текста Государственного Гимна Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3-1) утверждение </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>правил празднования Дня государственных символов Республики</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...440 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      4) определение уполномоченного органа в области государственных символов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Үкіметтің құзыретіне:</w:t>
-[...272 lines deleted...]
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+        <w:t>      5) выполнение иных функций, возложенных на него Конституцией Республики Казахстан, законами Республики Казахстан и актами Президента Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 10-бапқа өзгерістер енгізілді - ҚР 2012.06.28 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t>      Сноска. Статья 10 с изменениями, внесенными Конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:anchor="z9" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:anchor="z5" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 370-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Конституциялы</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z33"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">11-бап. Қазақстан Республикасының мемлекеттік </w:t>
+        <w:t>Статья 11. Компетенция уполномоченных органов в области государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Уполномоченный орган в области технического регулирования и метрологии:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) разрабатывает и утверждает национальные стандарты Государственного Флага и Государственного Герба Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) разрабатывает эталоны Государственного Флага и Государственного Герба Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) осуществляет лицензирование по изготовлению Государственного Флага и Государственного Герба Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) осуществляет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...10 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...375 lines deleted...]
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соблюдением лицензиатом условий, указанных в лицензии в порядке, установленном законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      5) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Уполномоченный орган по вопросам использования государственных символов Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1) разрабатывает правила замены и уничтожения Государственного Флага, Государственного Герба Республики Казахстан, не соответствующих национальным стандартам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2) создает экспертный совет по вопросам государственных символов и геральдических знаков, а также разрабатывает и утверждает положение о нем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      3) осуществляет иные полномочия, предусмотренные законами Республики Казахстан, актами Президента Республики Казахстан и Правительства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 11-бапқа өзгерістер енгізілді - ҚР 2012.06.28 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t>      Сноска. Статья 11 с изменениями, внесенными Конституционными законами РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:anchor="z10" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi); 28.10.2015 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 28.10.2015 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId22" w:anchor="z7" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>№ 370-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Конституциялы</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z36"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>12-бап. Жергілікті атқарушы органның құзыреті</w:t>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">      Жергілікті атқарушы орган Қазақстан Республикасы мемлекеттік </w:t>
+        <w:t>Статья 12. Компетенция местного исполнительного органа</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Местный исполнительный орган осуществляет </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...7 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>контроль за</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00A14A3E">
-[...10 lines deleted...]
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использованием (установлением, размещением) государственных символов Республики Казахстан на территории соответствующей административно-территориальной единицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="1E1E1E"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>6-тарау. ҚОРЫТЫНДЫ ЕРЕЖЕЛЕР</w:t>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+        <w:t>Глава 6. ЗАКЛЮЧИТЕЛЬНЫЕ ПОЛОЖЕНИЯ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z38"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">13-бап. Қазақстан Республикасының мемлекеттік </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+        <w:t>Статья 13. Формирование уважительного отношения к государственным символам Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Граждане Республики Казахстан, а также лица, находящиеся на территории Республики, обязаны уважать государственные символы Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. В целях воспитания гражданственности и патриотизма, любви к своей Родине - Республике Казахстан, формирования уважения к государственным символам Республики Казахстан, а также понимания их сущности и значения их изучение включается в основные общеобразовательные программы организаций образования среднего общего, начального профессионального, среднего профессионального и высшего профессионального образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В организациях образования, реализующих образовательные программы среднего общего, начального профессионального, среднего профессионального и высшего </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>профессионального образования постоянно в специально отведенном видном месте устанавливается Государственный Флаг, размещается Государственный Герб либо их изображения, а также текст Государственного Гимна Республики Казахстан на государственном языке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z41"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>р</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+        <w:t>Статья 14. Изготовление Государственного Флага, Государственного Герба Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Изготовление Государственного Флага, Государственного Герба Республики Казахстан осуществляется при наличии соответствующей лицензии, выдаваемой в порядке, установленном законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z42"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t>әміздеріне құрметпен қарауды қалыптастыру</w:t>
-[...356 lines deleted...]
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+        <w:t>Статья 15. Ответственность за нарушение законодательства Республики Казахстан, регулирующего изготовление и использование государственных символов Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Нарушение законодательства Республики Казахстан, регулирующего изготовление и использование государственных символов Республики Казахстан, влечет ответственность, установленную законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 15-бап жаңа редакцияда - ҚР 2012.06.28 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:t>      Сноска. Статья 15 в редакции Конституционного закона РК от 28.06.2012 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId23" w:anchor="z13" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>N 23-V</w:t>
+          <w:t>№ 23-V</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланғанынан кейiн күнтiзбелiк он күн өткен соң қолданысқа енгiзiледi) Конституциялы</w:t>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z43"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">16-бап. Осы Конституциялық </w:t>
-[...140 lines deleted...]
-        <w:t> (Қазақстан Республикасы Парламентінің Жаршысы, 1996 ж., N 1, 178-құжат; 1997 ж., N 12, 193-құжат; 2006 ж., N 1, 1-құжат) күшi жойылды деп танылсын.</w:t>
+        <w:t>Статья 16. Порядок введения в действие настоящего Конституционного закона</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      1. Настоящий Конституционный закон вводится в действие по истечении десяти календарных дней со дня его официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      2. Признать утратившим силу Конституционный закон Республики Казахстан от 24 января 1996 г. "О государственных символах Республики Казахстан" (Ведомости Парламента Республики Казахстан, 1996 г., N 1, ст. 178; 1997 г., N 12, ст. 193; 2006 г., N 1, ст. 1).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="12752"/>
-        <w:gridCol w:w="628"/>
+        <w:gridCol w:w="13380"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidTr="00A14A3E">
+      <w:tr w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidTr="00787AB6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+          <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
             <w:pPr>
-              <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
-              <w:textAlignment w:val="baseline"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-                <w:spacing w:val="2"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Қазақстан Республикасының</w:t>
-[...10 lines deleted...]
-              <w:t>Президенті</w:t>
+              <w:t>     </w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidTr="00787AB6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="6000" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+          <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00787AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:t>      Президент</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00787AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vanish/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10140" w:type="dxa"/>
+        <w:tblW w:w="9856" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3052"/>
-        <w:gridCol w:w="7088"/>
+        <w:gridCol w:w="4895"/>
+        <w:gridCol w:w="4961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidTr="00826E2A">
+      <w:tr w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidTr="00787AB6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
+            <w:tcW w:w="4895" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+          <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7088" w:type="dxa"/>
+            <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+          <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="17" w:name="z24"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Қазақстан Республикасының</w:t>
+              <w:t>ПРИЛОЖЕНИЕ 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">мемлекеттік </w:t>
+              <w:t>к Конституционному закону</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>2007 жылғы 4 маусымдағы N 258-III</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>"О государственных символах</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>Конституциялық заңына</w:t>
+              <w:t>Республики Казахстан"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>1-ҚОСЫМША</w:t>
+              <w:t>от 4 июня 2007 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00787AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>N 258-III ЗРК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
-[...22 lines deleted...]
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+        </w:rPr>
+        <w:t>Государственный Флаг Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2524125" cy="1504950"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
-            <wp:docPr id="1" name="Рисунок 1" descr="https://adilet.zan.kz/files/1388/29/0.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="https://adilet.zan.kz/files/1388/38/0.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="https://adilet.zan.kz/files/1388/29/0.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="https://adilet.zan.kz/files/1388/38/0.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId29"/>
+                    <a:blip r:embed="rId24"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2524125" cy="1504950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10848" w:type="dxa"/>
+        <w:tblW w:w="9998" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5320"/>
+        <w:gridCol w:w="4470"/>
         <w:gridCol w:w="5528"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidTr="00826E2A">
+      <w:tr w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidTr="00787AB6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5320" w:type="dxa"/>
+            <w:tcW w:w="4470" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+          <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5528" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+          <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="18" w:name="z25"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Қазақстан Республикасының</w:t>
+              <w:t>ПРИЛОЖЕНИЕ 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">мемлекеттік </w:t>
+              <w:t>к Конституционному закону</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>2007 жылғы 4 маусымдағы</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>№ 258-III ҚРЗ</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"О государственных символах</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>Республики Казахстан"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>Конституциялық заңына</w:t>
-[...8 lines deleted...]
-              <w:t>2-ҚОСЫМША</w:t>
+              <w:t>от 4 июня 2007 года № 258-III ЗРК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
-[...21 lines deleted...]
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>      Ескерту. 2-қосымша жаңа редакцияда – ҚР 29.06.2018 </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A14A3E">
+        <w:lastRenderedPageBreak/>
+        <w:t>      Сноска. Приложение 2 в редакции Конституционного закона РК от 29.06.2018 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:anchor="z359" w:history="1">
+        <w:r w:rsidRPr="00787AB6">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:color w:val="073A5E"/>
             <w:spacing w:val="2"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t>№ 162-VІ</w:t>
+          <w:t>№ 162-VI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) Конституциялы</w:t>
-[...24 lines deleted...]
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+        <w:t> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="390" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:outlineLvl w:val="2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="1E1E1E"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Государственный Герб Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
-          <w:color w:val="FF0000"/>
+          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="2219325" cy="2152650"/>
+            <wp:extent cx="1381125" cy="1362075"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
-            <wp:docPr id="2" name="Рисунок 2" descr="https://adilet.zan.kz/files/1388/29/1.jpg"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="https://adilet.zan.kz/files/1388/38/1.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2" descr="https://adilet.zan.kz/files/1388/29/1.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 2" descr="https://adilet.zan.kz/files/1388/38/1.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId31"/>
+                    <a:blip r:embed="rId26"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2219325" cy="2152650"/>
+                      <a:ext cx="1381125" cy="1362075"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10848" w:type="dxa"/>
+        <w:tblW w:w="13380" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5604"/>
-        <w:gridCol w:w="5244"/>
+        <w:gridCol w:w="3477"/>
+        <w:gridCol w:w="9903"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidTr="00826E2A">
+      <w:tr w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidTr="00787AB6">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5604" w:type="dxa"/>
+            <w:tcW w:w="3477" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+          <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5244" w:type="dxa"/>
+            <w:tcW w:w="9903" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="45" w:type="dxa"/>
               <w:left w:w="75" w:type="dxa"/>
               <w:bottom w:w="45" w:type="dxa"/>
               <w:right w:w="75" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+          <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="19" w:name="z26"/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>"Қазақстан Республикасының</w:t>
+              <w:t>ПРИЛОЖЕНИЕ 3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">мемлекеттік </w:t>
+              <w:t>к Конституционному закону</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
-[...17 lines deleted...]
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>2007 жылғы 4 маусымдағы N 258-III</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>Қазақстан Республикасының</w:t>
+              <w:t>"О государственных символах</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>Конституциялық заңына</w:t>
+              <w:t>Республики Казахстан"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00A14A3E">
+            <w:r w:rsidRPr="00787AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
-              <w:t>3-ҚОСЫМША</w:t>
+              <w:t>от 4 июня 2007 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00787AB6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>N 258-III ЗРК</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
-[...118 lines deleted...]
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Музыкальная редакция</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      Государственного гимна Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Автор музыки </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Шамши</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00787AB6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Калдаяков</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A14A3E">
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="444444"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00A14A3E">
+    <w:p w:rsidR="00787AB6" w:rsidRPr="00787AB6" w:rsidRDefault="00787AB6" w:rsidP="00787AB6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00787AB6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5262999" cy="6067425"/>
-[...1 lines deleted...]
-            <wp:docPr id="3" name="Рисунок 3" descr="https://adilet.zan.kz/files/1388/29/2.jpg"/>
+            <wp:extent cx="5857875" cy="6753225"/>
+            <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="https://adilet.zan.kz/files/1388/38/2.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="https://adilet.zan.kz/files/1388/29/2.jpg"/>
+                    <pic:cNvPr id="0" name="Picture 3" descr="https://adilet.zan.kz/files/1388/38/2.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId32"/>
+                    <a:blip r:embed="rId27"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5262999" cy="6067425"/>
+                      <a:ext cx="5857875" cy="6753225"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A14A3E" w:rsidRPr="00A14A3E" w:rsidRDefault="00A14A3E" w:rsidP="00A14A3E">
-[...1016 lines deleted...]
-    <w:p w:rsidR="006B2F01" w:rsidRPr="00A14A3E" w:rsidRDefault="006B2F01" w:rsidP="00A14A3E">
+    <w:p w:rsidR="00427EB6" w:rsidRPr="00787AB6" w:rsidRDefault="00427EB6" w:rsidP="00787AB6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="006B2F01" w:rsidRPr="00A14A3E" w:rsidSect="00826E2A">
+    <w:sectPr w:rsidR="00427EB6" w:rsidRPr="00787AB6" w:rsidSect="00787AB6">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="850" w:bottom="142" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="426" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -9450,53 +5698,53 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="0A662B46"/>
+    <w:nsid w:val="50076160"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="B204DA20"/>
+    <w:tmpl w:val="DE026DC8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9599,53 +5847,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="6D4D7564"/>
+    <w:nsid w:val="5A926E55"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="A7E4661C"/>
+    <w:tmpl w:val="1F0A1A10"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -9759,62 +6007,60 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A14A3E"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00A14A3E"/>
+    <w:rsidRoot w:val="00787AB6"/>
+    <w:rsid w:val="00427EB6"/>
+    <w:rsid w:val="00787AB6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -9964,451 +6210,320 @@
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00A14A3E"/>
+    <w:rsid w:val="00787AB6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00A14A3E"/>
+    <w:rsid w:val="00787AB6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A14A3E"/>
+    <w:rsid w:val="00787AB6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:kern w:val="36"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00A14A3E"/>
+    <w:rsid w:val="00787AB6"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A14A3E"/>
+    <w:rsid w:val="00787AB6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A14A3E"/>
+    <w:rsid w:val="00787AB6"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="note">
     <w:name w:val="note"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="00A14A3E"/>
+    <w:rsid w:val="00787AB6"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="note1">
     <w:name w:val="note1"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00A14A3E"/>
+    <w:rsid w:val="00787AB6"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A14A3E"/>
+    <w:rsid w:val="00787AB6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a6">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00A14A3E"/>
+    <w:rsid w:val="00787AB6"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="629284294">
+    <w:div w:id="614991092">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="598293217">
+        <w:div w:id="1000275987">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="1311062292">
+        <w:div w:id="1275285342">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1559632681">
+            <w:div w:id="776488517">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
-            <w:div w:id="1622879477">
+            <w:div w:id="231044403">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="1051541589">
+        <w:div w:id="833028971">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
-            <w:div w:id="1532839249">
+            <w:div w:id="1809739748">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
-        <w:div w:id="612637982">
-[...130 lines deleted...]
-        </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1800000162" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1700000119" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1700000119" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z080000056_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000258_" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z070000258_/z070258_.htm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/U960002797_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/kaz/docs/Z1800000162" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1800000162" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1700000119" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1800000162" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1700000119" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000258_/z070258.htm" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1200000023" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000370" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -10655,69 +6770,54 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>4867</Words>
-  <Characters>27743</Characters>
+  <Words>4698</Words>
+  <Characters>26785</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>231</Lines>
-  <Paragraphs>65</Paragraphs>
+  <Lines>223</Lines>
+  <Paragraphs>62</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>32545</CharactersWithSpaces>
+  <CharactersWithSpaces>31421</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Пользователь</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>