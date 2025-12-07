--- v0 (2025-12-06)
+++ v1 (2025-12-07)
@@ -1,4209 +1,10466 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="006D43BE" w:rsidRPr="00E32DE3" w:rsidRDefault="00C61FEE" w:rsidP="00E32DE3">
+    <w:p w:rsidR="000B08CD" w:rsidRDefault="007B3271" w:rsidP="003B2574">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E32DE3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> «Ясли - сад № 126 города  Павлодара -  Центр эстетического развития» отдела образования города Павлодара, управления образования Павлодарской области </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>облысының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      </w:r>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>басқармасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> беру </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бөлімінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Павлодар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қаласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> №126 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сәбилер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бақшасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Эстетикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орталығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00304115">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КМҚК </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдіскердің</w:t>
+      </w:r>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бос </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лауазымына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003B2574" w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003B2574" w:rsidRPr="00124F76" w:rsidRDefault="003B2574" w:rsidP="003B2574">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тағ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айындау</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жариялайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="003B2574">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00124F76" w:rsidRDefault="001C64E9" w:rsidP="00124F76">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="00124F76" w:rsidRPr="00D3649F" w:rsidRDefault="00124F76" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="001C64E9" w:rsidRPr="00967778" w:rsidRDefault="00F35B13" w:rsidP="001C64E9">
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="004E5358" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>02</w:t>
       </w:r>
       <w:r w:rsidR="001C64E9">
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00D3649F">
         <w:t>0</w:t>
       </w:r>
       <w:r>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00D3649F">
-        <w:t>-</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="001C64E9" w:rsidRPr="00967778">
+        <w:t>-2022</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidR="001C64E9" w:rsidRPr="00967778">
+      <w:r w:rsidR="001C64E9">
         <w:t>:00</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C64E9" w:rsidRPr="00967778" w:rsidRDefault="00E32DE3" w:rsidP="00E32DE3">
+    <w:p w:rsidR="007B3271" w:rsidRPr="007B3271" w:rsidRDefault="007B3271" w:rsidP="007B3271">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Павлодар қаласының №126 сәбилер  бақшасы -  Эстетикалық даму орталығы» КМҚК, Майра көшесі, 27, телефон 8 (7812) 52-60-93; эл.пошта: </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7859">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="008A7859">
+        <w:instrText>HYPERLINK "mailto:ds126@bk.ru"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="008A7859">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ds126@bk.ru</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7859">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="008B4EB9" w:rsidRDefault="003B2574" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00967778">
-[...51 lines deleted...]
-        <w:t>ds126@bk.ru</w:t>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сәбилер бақшасы қазақ және орыс тілдерінде оқытады</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасында мектепке дейінгі тәрбие мен оқытудың үлгілік оқу бағдарламасын іске асырады</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
-[...33 lines deleted...]
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="001C64E9" w:rsidP="00E51243">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="003B2574" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптары</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:r w:rsidR="00980E00" w:rsidRPr="00980E00">
-[...16 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0058555C" w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық немесе өзге де кәсіптік білім немесе қайта даярлау курстарынан өткенін растайтын құжат, жұмыс өтіліне талап қойылмайды;</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-        <w:t>и (или) для педагога – мастера при наличии высшего и (или) послевузовского педагогического образования стаж педагогической работы в дошкольных организациях: для городской местности - не менее 5 лет, для сельской местности - не менее 3 лет;</w:t>
+        <w:t>тиісті бейін бойынша техникалық және кәсіптік білімі; мектепке дейінгі ұйымдардағы педагогикалық жұмыс өтілі: қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - соңғы 3 жылдан кем емес;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-        <w:t>и (или) для педагога-модератора, педагога-эксперта, педагога-исследователя при наличии технического и профессионального образования по соответствующему профилю стаж педагогической работы в дошкольных организациях: для городской местности - не менее 5 лет, для сельской местности - не менее 3 лет.</w:t>
+        <w:t>педагог-шебер үшін тиісті бейін бойынша жоғары және (немесе) жоғары оқу орнынан кейінгі педагогикалық білім; мектепке дейінгі ұйымдардағы педагогикалық жұмыс өтілі: қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - соңғы 3 жылдан кем емес;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+        <w:t>педагог-модератор, педагог-эксперт, педагог-зерттеуші үшін бейіні бойынша техникалық және кәсіптік білімі бар жағдайда педагогикалық жұмыс өтілі: қалалық жерде - соңғы 5 жылдан кем емес, ауылдық жерде - соңғы 3 жылдан кем емес.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="003D4C0B" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кәсіби құзыреттілікті анықтай отырып, біліктілікке қойылатын талаптар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003D4C0B">
+      <w:r w:rsidRPr="008B4EB9">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> 1) "педагог" (без категории):</w:t>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) "педагог" (санаты жоқ):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...57 lines deleted...]
-        <w:t xml:space="preserve"> содержание и структуру Типового учебного плана, Типовой учебной программы, владеть методикой дошкольного воспитания и обучения, планировать и организовывать воспитательно-образовательный процесс с учетом психолого-возрастных особенностей детей;</w:t>
+        <w:t>Мектепке дейінгі ұйым әдіскеріне қойылатын жалпы талаптарға сәйкес болуы керек:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...33 lines deleted...]
-        <w:t xml:space="preserve"> ДО;</w:t>
+        <w:t>Үлгілік оқу жоспарының, Үлгілік оқу бағдарламаның мазмұны мен құрылымын білу, мектепке дейінгі тәрбие мен оқытудың әдістері туралы білімі, балалардың психологиялық және жас ерекшеліктерін ескере отырып, оқу процесін жоспарлау және ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-        <w:t>проводить мониторинг качества развития умений и навыков детей;</w:t>
+        <w:t>мектепке дейінгі жылдық жоспар құру және әдістемелік жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-        <w:t>организовывать мероприятия на уровне организации образования; владеть информационно-коммуникативной компетентностью;</w:t>
+        <w:t>балалардың дағдыларын дамыту сапасын бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="003D4C0B" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...17 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...10 lines deleted...]
-        <w:t>2) "педагог-модератор":</w:t>
+        <w:t>білім беру ұйымы деңгейінде іс-шаралар ұйымдастырады; меншікті ақпараттық-коммуникациялық құзыреттілікті білу.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>должен отвечать общим требованиям, предъявляемым к квалификации "педагог" без категории:</w:t>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) "педагог-модератор":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-        <w:t>владеть методикой дошкольного воспитания и обучения;</w:t>
+        <w:t>Санаты жоқ "педагог" санатына қойылатын жалпы талаптарға жауапты болуы керек:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-        <w:t>разрабатывать годовой план и циклограмму;</w:t>
+        <w:t>мектепке дейінгі тәрбие мен оқытудың әдіснамасын білуі керек;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="008B4EB9" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...9 lines deleted...]
-        <w:t>применять инновационные методики и технологии;</w:t>
+        <w:t>ұзақ мерзімді жоспар мен циклограмма жасау;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="008B4EB9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>организовывать работу методических объединений, подготовку и проведение семинаров, конференций;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>оказывать методическую помощь педагогам по применению инновационных технологий в практике;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірлестіктердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>семинарлардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конференциялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>повышать свою профессиональную квалификацию;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>инновациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>технологияларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>практикада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қолдану</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өмек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көрсету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...9 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өзінің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біліктілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="003D4C0B" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003D4C0B">
-[...9 lines deleted...]
-        <w:t>3) "педагог-эксперт":</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меншікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуникациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құзыреттілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="007B3271" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>должен отвечать общим требованиям, предъявляемым квалификации "педагог-модератор":</w:t>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог-сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>составлять годовой план и циклограммы;</w:t>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">"педагог-модератор" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сәйкес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келуі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>владеть навыками анализа организации образовательного процесса;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мерзімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жоспар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен циклограмма </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>обеспечивать участие воспитателей в районных, городских профессиональных конкурсах;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеуді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыруды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>организовывать работу методических объединений, педагогических советов, семинаров, конференции;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...10 lines deleted...]
-      <w:r w:rsidR="00E51243">
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>организовывать повышение квалификации педагогов;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірлестіктер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңестер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>семинарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конференциялар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>обобщать собственный и опыт педагогов организации на уровне района/города, владеть информационно-коммуникативной компетентностью;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>іктілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="003D4C0B" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="003D4C0B">
-[...9 lines deleted...]
-        <w:t>4) "педагог-исследователь":</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұйым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жинақтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>меншікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>коммуникациялық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құзіреттілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="007B3271" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>должен отвечать общим требованиям, предъявляемым к квалификации "педагог-эксперт", а также:</w:t>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог-зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>участвовать в деятельности районных, городских методических объединений, семинаров, конференций;</w:t>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог-сарапшы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>развивать исследовательскую компетентность педагогов;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірлестіктердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>семинарлардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конференциялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>обеспечивать участие педагогов в городских, областных конкурсах; представлять опыт методической работы на районном, городском и областном уровнях;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зерттеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құзіреттілігін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>практиковать наставничество;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогтердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудандық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қалалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмыстың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәжірибесін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұсыну</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>владеть навыками публичных выступлений и взаимодействия с аудиторией;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>практикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәлімгерлік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>осуществлять творческий поиск применения современных методик воспитания и обучения детей дошкольного возраста;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>көпшілік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сөйлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аудиториямен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қары</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатынас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болу;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">иметь методические разработки по дошкольному воспитанию и обучению, </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиелеудің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заманауи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>получивших</w:t>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>олдану</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> одобрение на областном учебно-методическом совете;</w:t>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шығармашылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізденістер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жүргізу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейінгі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқытудың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлемелері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="003D4C0B" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="007B3271" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243" w:rsidRPr="003D4C0B">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="007B3271">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:tab/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003D4C0B">
+        <w:t>5) "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007B3271">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5) "педагог-мастер":</w:t>
+        <w:t>педагог-шебер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>":</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>должен отвечать общим требованиям, предъявляемым к квалификации "педагог-исследователь", а также:</w:t>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог-зерттеуші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>санатына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қойылатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жалпы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>талаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беруі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...10 lines deleted...]
-      <w:r w:rsidR="00E51243">
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>участвовать в деятельности методических семинаров и конференций республиканского и международного уровней;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұлттық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейдегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>семинарлар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конференциялардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жұмысына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...10 lines deleted...]
-      <w:r w:rsidR="00E51243">
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>владеть умениями и навыками разработки учебных программ, методик обучения, воспитания;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбие</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістері</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бағдарламаларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әзірлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
-[...10 lines deleted...]
-      <w:r w:rsidR="00E51243">
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>обеспечивать участие воспитателей в областных, республиканских конкурсах;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәрбиешілердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысуын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>практиковать наставничество и конструктивно определять стратегию развития в педагогическом сообществе;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>практикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәлімгерлі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагогикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдастықтың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> даму </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>стратегиясын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>конструктивті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>түрде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анықтау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">иметь методические материалы, </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқ</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>получивших</w:t>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у-</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> одобрение на областном учебно-методическом совете или Республиканском учебно-методическом совете;</w:t>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оқу-әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кеңесінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мақұлданған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құжаттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болуы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>обеспечивать развитие навыков научного проектирования;</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жобалау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дағдыларын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамытуды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+    <w:p w:rsidR="001C64E9" w:rsidRPr="000B08CD" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00980E00">
+      <w:r w:rsidRPr="0058555C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:r w:rsidR="00E51243">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00980E00">
-[...8 lines deleted...]
-        <w:t>осуществлять наставничество и планирует развитие сети профессионального сообщества на уровне области, являться участником республиканских и международных конкурсов.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тәлімгерлікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қамтамасыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ету</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>облыстық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деңгейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кәсіби</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қоғамдастық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желісін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дамыту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>республикалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>халықаралық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жарыстар</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қатысу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="001C64E9" w:rsidP="0026585A">
-[...851 lines deleted...]
-    <w:p w:rsidR="00737876" w:rsidRPr="00737876" w:rsidRDefault="00737876" w:rsidP="00737876">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737876">
-[...2 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A85619">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Лауазымдық міндеттер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="000B08CD">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру қызметін әдістемелік қамтамасыз етуді ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="2"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00737876">
-[...4 lines deleted...]
-        <w:t>государственные общеобязательные стандарты дошкольного воспитания и обучения;</w:t>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу, оқу-тақырыптық жоспарлар және бағдарламаларды құрастырады.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00737876" w:rsidRPr="00737876" w:rsidRDefault="00737876" w:rsidP="00737876">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балаларға арналған білім беру бағдарламаларын таңдауға (әзірлеуге) қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жас ерекшелік топтары бойынша сабақты жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбие мен оқытудың мазмұнын, нысанын, әдістері мен құралдарын анықтауға көмек көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу-әдістемелік құжаттамаларды әзірлеуді, рецензиялауды және бекітуге дайындауды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жаңартылған педагогикалық тәжірибелерді анықтауды, зерделеуді, таратуды және енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу әдістемелік құралдармен, ойындармен, ойыншықтармен топтарды жабдықтауды ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу-әдістемелік және тәрбие жұмыстарының жағдайына талдау жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиешілер үшін ашық сабақтар, семинарлар, жеке және топ бойынша консультациялар, конкурстар мен көрмелер өткізеді, шығармашылық топтардың жұмысын ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оқу-педагогикалық және әдістемелік әдебиеттердің деректер банкін жүргізеді, есепке алу және есеп беру құжаттамаларын уақытылы ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиешілердің, психологтардың, логопедтердің, музыкалық жетекшілердің, басқа да ұйым мамандарының өзара әрекеттесуін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ерекше білім беру қажеттіліктері бар балаларды психологиялық-педагогикалық сүйемелдеу қызметінің қызметін үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тәрбиеші лауазымына және олардың көмекшілеріне кадрларды іріктеу бойынша ұсыныстар енгізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Біліктілікті арттыру және біліктілік санаттарын беру (растау), педагогтарды аттестаттау бойынша жұмысты үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00487807" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарында "Құндылықтарға негізделген білім беру" тұжырымдамасын білім беру процесінде барлық нысандар, оның ішінде балалар отбасыларының қатысуымен енгізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737876">
-[...9 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidRPr="00487807">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00737876">
-[...4 lines deleted...]
-        <w:t>принципы дидактики, основы педагогики, психологии, общие и частные методики воспитания и обучения;</w:t>
+      <w:r w:rsidR="003D06EF">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білуі тиіс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487807">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00487807">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7859">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="008A7859" w:rsidRPr="004E5358">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/K950001000_" \l "z1"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="008A7859">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конституциясын</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7859">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасының "Неке (ерлі-зайыптылық) және отбасы туралы" </w:t>
+      </w:r>
+      <w:r w:rsidR="008A7859">
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="008A7859" w:rsidRPr="004E5358">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:instrText>HYPERLINK "https://adilet.zan.kz/kaz/docs/K1100000518" \l "z1"</w:instrText>
+      </w:r>
+      <w:r w:rsidR="008A7859">
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:rStyle w:val="a5"/>
+          <w:color w:val="073A5E"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кодексін</w:t>
+      </w:r>
+      <w:r w:rsidR="008A7859">
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0058555C" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> және басқа да білім беруді дамытудың бағыттары мен келешегін айқындайтын нормативтік құқықтық актілерді,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00737876" w:rsidRPr="00737876" w:rsidRDefault="00737876" w:rsidP="00737876">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737876">
-[...2 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00737876">
-[...4 lines deleted...]
-        <w:t>основы законодательства о труде, правила по безопасности и охране труда, противопожарной защиты, санитарные правила и нормы;</w:t>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектепке дейінгі оқыту мен білім берудің мемлекеттік жалпыға міндетті білім беру стандарттарын,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="00737876" w:rsidP="00737876">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00737876">
-[...2 lines deleted...]
-          <w:spacing w:val="2"/>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00737876">
-[...4 lines deleted...]
-        <w:t>принципы систематизации методических и информационных материалов.</w:t>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дидактика принциптерін, педагогика негіздерін, психологияны, жалпы және жеке оқыту және тәрбиелеу әдістерін,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001D6702" w:rsidRPr="00050CB6" w:rsidRDefault="001D6702" w:rsidP="001D6702">
+    <w:p w:rsidR="0058555C" w:rsidRPr="0058555C" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек туралы заңнама негіздерін, еңбекті қорғау нормалары мен ережелерін, техника қауіпсіздігі және өртке қарсы қорғанудың ережелері мен нормаларын,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="0058555C" w:rsidP="0058555C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік және ақпараттық материалдың жүйелендірудің қағидаларын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00460AA6" w:rsidRPr="009144D3" w:rsidRDefault="00F82760" w:rsidP="00460AA6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00737876">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әдіскердің</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орта</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D1610E">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арнаулы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00D1610E">
+          <w:u w:val="single"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>13101</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>90000</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>113101</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001D6702" w:rsidRPr="008F5FA7" w:rsidRDefault="001D6702" w:rsidP="001D6702">
+    <w:p w:rsidR="00460AA6" w:rsidRPr="009144D3" w:rsidRDefault="00F82760" w:rsidP="00460AA6">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00737876">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әдіскердің</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> еңбекақысы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00050CB6">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жоғары білім</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> – 9</w:t>
       </w:r>
-      <w:r w:rsidR="00D1610E">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>0000</w:t>
       </w:r>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>–11</w:t>
       </w:r>
-      <w:r w:rsidR="00D1610E">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>9914</w:t>
       </w:r>
-      <w:r w:rsidRPr="00050CB6">
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
         <w:rPr>
           <w:rStyle w:val="FontStyle11"/>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> те</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ге (</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>біліктілік санатынсыз</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог-модератор, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сарапшы</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>зерттеуші</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шебер</w:t>
+      </w:r>
+      <w:r w:rsidR="00460AA6" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
+    <w:p w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Конкурсқа қатысуға өтінімдерді беру мерзімі және қабылдау орны: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:b w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарының интернет-ресурсында және (немесе) әлеуметтік желілердің ресми аккаунттарында хабарландыру жарияланған күннен бастап 7 жұмыс күні ішінде</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бос лауазымға орналасуға құжаттарды қабылдауды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3271" w:rsidRPr="007B3271">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Павлодар қаласының №126 сәбилер  бақшасы -  Эстетикалық даму орталығы» КМҚК, Майра көшесі, 27</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүзеге асырады</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысу үшін қажетті құжаттар тізімі</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="009144D3">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нысан бойынша қоса берілетін құжаттардың тізбесін көрсете отырып, конкурсқа қатысу туралы өтініш</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке басты куәландыратын құжат немесе цифрлық құжаттар сервисінен электрондық құжат (сәйкестендіру үшін)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кадрларды есепке алу бойынша толтырылған жеке іс парағы (нақты тұрғылықты мекенжайы және байланыс телефондары көрсетілген – </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="003D06EF" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="0058555C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға қойылатын біліктілік талаптарына сәйкес білімі туралы құжаттардың көшірмелері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>еңбек қызметін растайтын құжаттың көшірмесі (бар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 21579 болып тіркелген) бекітілген нысан бойынша денсаулық жағдайы туралы анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сихоневрологиялық ұйымнан анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="0058555C" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аркологиялық ұйымнан анықтама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00244DA8" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лттық біліктілік тестілеу сертификаты (бұдан әрі - </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҰБС</w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>) немесе педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің біліктілік санатының болуы туралы куәлік (бар болса)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0058555C">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00244DA8" w:rsidRDefault="001C64E9" w:rsidP="00244DA8">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) </w:t>
+      </w:r>
+      <w:r w:rsidR="008C7E84" w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тәрбиешінің бос немесе уақытша бос лауазымына кандидаттың толтырылған бағалау парағы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00244DA8">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00460AA6" w:rsidRDefault="008C7E84" w:rsidP="00D3649F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған мемлекеттік қызметті көрсету үшін қажетті деректердің (мәліметтердің) дәйексіздігі анықталған жағдайларда мемлекеттік қызметті көрсетуден бас тартады</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00460AA6">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="008C7E84" w:rsidP="00D3649F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
         <w:rPr>
           <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
-[...4 lines deleted...]
-      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Ақпаратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
         <w:rPr>
           <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>В течение 7</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>нақтылау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>үшін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>байланыс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>телефондары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>және</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электрондық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008C7E84">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>мекенжайлары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="001C64E9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
         <w:rPr>
           <w:rStyle w:val="a4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...269 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="001C64E9">
         <w:t>8(7182</w:t>
       </w:r>
-      <w:r w:rsidRPr="00BD1601">
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00244DA8">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="003D4C0B">
+        <w:t>) </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3271">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>52-60-93</w:t>
       </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>электрон</w:t>
+      </w:r>
       <w:r>
-        <w:t xml:space="preserve">; </w:t>
-[...1 lines deleted...]
-      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-        </w:rPr>
-[...12 lines deleted...]
-      </w:r>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды адресі</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B3271" w:rsidRPr="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidR="007B3271" w:rsidRPr="007B3271">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>ds126@bk.ru</w:t>
+        </w:r>
+      </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidSect="00D3649F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...13 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="074C1470"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B2781CE0"/>
+    <w:lvl w:ilvl="0" w:tplc="24B2166C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2029" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2749" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3469" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4189" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4909" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5629" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6349" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7069" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="001C64E9"/>
-    <w:rsid w:val="000639C7"/>
+    <w:rsid w:val="00001383"/>
+    <w:rsid w:val="000524B7"/>
+    <w:rsid w:val="000B08CD"/>
     <w:rsid w:val="000C4DB4"/>
-    <w:rsid w:val="000E39CF"/>
-    <w:rsid w:val="001105EA"/>
+    <w:rsid w:val="001148EF"/>
     <w:rsid w:val="00124F76"/>
     <w:rsid w:val="001C64E9"/>
-    <w:rsid w:val="001D6702"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00536973"/>
+    <w:rsid w:val="00244DA8"/>
+    <w:rsid w:val="003B2574"/>
+    <w:rsid w:val="003D06EF"/>
+    <w:rsid w:val="00424499"/>
+    <w:rsid w:val="00460AA6"/>
+    <w:rsid w:val="00487807"/>
+    <w:rsid w:val="004E5358"/>
     <w:rsid w:val="0058192E"/>
-    <w:rsid w:val="005D0D40"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00737876"/>
+    <w:rsid w:val="0058555C"/>
+    <w:rsid w:val="005A0ADC"/>
+    <w:rsid w:val="007B3271"/>
+    <w:rsid w:val="007F305E"/>
     <w:rsid w:val="007F60A1"/>
-    <w:rsid w:val="008A23B8"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D1610E"/>
+    <w:rsid w:val="008A7859"/>
+    <w:rsid w:val="008B4EB9"/>
+    <w:rsid w:val="008C7E84"/>
+    <w:rsid w:val="008F5548"/>
+    <w:rsid w:val="009144D3"/>
+    <w:rsid w:val="009B1AA6"/>
+    <w:rsid w:val="00A85619"/>
+    <w:rsid w:val="00AA469B"/>
+    <w:rsid w:val="00AA4D07"/>
+    <w:rsid w:val="00AE54C5"/>
     <w:rsid w:val="00D3649F"/>
-    <w:rsid w:val="00E32DE3"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00F63385"/>
+    <w:rsid w:val="00D66E12"/>
+    <w:rsid w:val="00F82760"/>
+    <w:rsid w:val="00FE3A3D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4398,160 +10655,148 @@
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="001C64E9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C64E9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="001D6702"/>
+    <w:rsid w:val="00460AA6"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00F27268"/>
+    <w:rsid w:val="00460AA6"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="36859753">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="502938136">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="601836139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="955450914">
+    <w:div w:id="911157249">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1654063929">
+    <w:div w:id="1289824893">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1684360522">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ds126@bk.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -4793,87 +11038,71 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1551</Words>
-  <Characters>8846</Characters>
+  <Words>1496</Words>
+  <Characters>8530</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>73</Lines>
+  <Lines>71</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>office 2007 rus ent:</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10377</CharactersWithSpaces>
+  <CharactersWithSpaces>10006</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>