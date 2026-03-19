--- v0 (2025-12-05)
+++ v1 (2026-03-19)
@@ -1,714 +1,604 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="50DD16C0" w14:textId="010D94D8" w:rsidR="00486B69" w:rsidRDefault="00502B4A" w:rsidP="00502B4A">
+    <w:p w14:paraId="347CBD1A" w14:textId="61058EAC" w:rsidR="00F34858" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E2951C0" wp14:editId="2EB17BA2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27587033" wp14:editId="2D6C467D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>822960</wp:posOffset>
+              <wp:posOffset>684117</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>3810</wp:posOffset>
+              <wp:posOffset>304</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="4657725" cy="4665566"/>
-            <wp:effectExtent l="0" t="0" r="0" b="1905"/>
+            <wp:extent cx="4037086" cy="4071068"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="5715"/>
             <wp:wrapNone/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4657725" cy="4665566"/>
+                      <a:ext cx="4046437" cy="4080498"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0113C829" w14:textId="6EF28E61" w:rsidR="00502B4A" w:rsidRPr="00502B4A" w:rsidRDefault="00502B4A" w:rsidP="00502B4A"/>
-[...46 lines deleted...]
-          <w:color w:val="262626"/>
+    <w:p w14:paraId="1D92BCC1" w14:textId="36E6B79C" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="7836ED84" w14:textId="6E42D40A" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="14CD83D7" w14:textId="7E6C1A4B" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="7032EDC4" w14:textId="1A55E6AE" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="45345AB0" w14:textId="1A94D6CB" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="6BE054CF" w14:textId="461E0D1A" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="7EEA1294" w14:textId="686E8A86" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="0FBFB931" w14:textId="43C55099" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="5A16415D" w14:textId="09A4CACA" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="156E2256" w14:textId="6080AAE5" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="40BD8F58" w14:textId="79720828" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="4799374E" w14:textId="3485AD3D" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="7527639A" w14:textId="66C1270B" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="3FF2B980" w14:textId="6859A8F8" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A"/>
+    <w:p w14:paraId="0A938AFF" w14:textId="42A7F729" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="00E42B1A" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...4 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="00E42B1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Құрметті ата-аналар 202</w:t>
+      </w:r>
+      <w:r w:rsidR="001A224E" w:rsidRPr="001A224E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42B1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылдың 1 сәуірінен бастап Павлодар қаласының жалпы орта білім беру ұйымдарының 1 сыныбына қабылдау басталатынын хабарлаймыз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E42B1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E42B1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00E42B1A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Өтініштер мен құжаттар eGOV.kz порталы арқылы және қағаз түрінде қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14611D7F" w14:textId="30671118" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...182 lines deleted...]
-          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C6306E4" wp14:editId="4FC5C7FD">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="607D1FCD" wp14:editId="2B2AC43D">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>1164590</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>175895</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4214191" cy="4228357"/>
+            <wp:effectExtent l="0" t="0" r="0" b="1270"/>
+            <wp:wrapNone/>
             <wp:docPr id="2" name="Рисунок 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4238471" cy="3636087"/>
+                      <a:ext cx="4214191" cy="4228357"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="253F27BC" w14:textId="0E87ADEF" w:rsidR="00E3555B" w:rsidRDefault="00E3555B" w:rsidP="00E3555B">
-[...3 lines deleted...]
-        </w:tabs>
+    <w:p w14:paraId="051DFE48" w14:textId="30EF3DD1" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CC09355" w14:textId="77777777" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29F9E9F8" w14:textId="77777777" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33DD0396" w14:textId="77777777" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="552878EE" w14:textId="77777777" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="77382A6A" w14:textId="77777777" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24A3BF02" w14:textId="77777777" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06C62F0A" w14:textId="77777777" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F69C2B7" w14:textId="77777777" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C0F01BF" w14:textId="77777777" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64A5512E" w14:textId="77777777" w:rsidR="000129AD" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CB0CA6A" w14:textId="07B11B0A" w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidRDefault="000129AD" w:rsidP="00E42B1A">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66A889BB" wp14:editId="2E4B0190">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="3175" b="4445"/>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="07EC692A" wp14:editId="3F37243E">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>888365</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>102870</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="4505325" cy="4810125"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:wrapNone/>
             <wp:docPr id="3" name="Рисунок 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="3871514" cy="3946439"/>
+                      <a:ext cx="4505325" cy="4810125"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-          </wp:inline>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06285B48" w14:textId="39FBBEAD" w:rsidR="00E3555B" w:rsidRDefault="00E3555B" w:rsidP="00E3555B">
-[...133 lines deleted...]
-    <w:sectPr w:rsidR="00E3555B" w:rsidRPr="00502B4A" w:rsidSect="00502B4A">
+    <w:sectPr w:rsidR="00E42B1A" w:rsidRPr="00E42B1A" w:rsidSect="00E42B1A">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="851" w:bottom="851" w:left="851" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00502B4A"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E3555B"/>
+    <w:rsidRoot w:val="00E42B1A"/>
+    <w:rsid w:val="000129AD"/>
+    <w:rsid w:val="001A224E"/>
+    <w:rsid w:val="00E42B1A"/>
+    <w:rsid w:val="00F34858"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-KZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="49CA0ECF"/>
+  <w14:docId w14:val="396B9372"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{11D8D1CD-F100-410B-BBE2-CC197ECABC49}"/>
+  <w15:docId w15:val="{97F1BDB9-7E4E-42A8-A9B9-8B68008B970E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -1106,51 +996,51 @@
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1409,54 +1299,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>36</Words>
-  <Characters>206</Characters>
+  <Words>38</Words>
+  <Characters>222</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>241</CharactersWithSpaces>
+  <CharactersWithSpaces>259</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>user</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>