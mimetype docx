--- v0 (2025-12-06)
+++ v1 (2025-12-27)
@@ -1,269 +1,269 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="003E3EEA" w:rsidRPr="00B00AEE" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
+    <w:p w:rsidR="003E3EEA" w:rsidRPr="006C68AD" w:rsidRDefault="00EF1FD6" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C68AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="006C68AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="006C68AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>«</w:t>
+        <w:t>Павлодар қаласының № 35 жалпы орта білім беру мектебі</w:t>
       </w:r>
-      <w:r w:rsidR="00B00AEE" w:rsidRPr="00B00AEE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00DF4A7D" w:rsidRPr="006C68AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Павлодар қаласының № 35 жалпы орта білім беру мектебі</w:t>
+        <w:t>»</w:t>
       </w:r>
-      <w:r w:rsidR="00DF4A7D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00B00AEE" w:rsidRPr="006C68AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:spacing w:val="-1"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>»</w:t>
-[...25 lines deleted...]
-        <w:t>КММ</w:t>
+        <w:t xml:space="preserve"> КММ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00717323" w:rsidRPr="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00717323">
+    <w:p w:rsidR="00717323" w:rsidRPr="006C68AD" w:rsidRDefault="00B00AEE" w:rsidP="00717323">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00AEE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006C68AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">мемлекеттік тілде оқытатын </w:t>
       </w:r>
-      <w:r w:rsidR="00717323">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="006C68AD" w:rsidRPr="006C68AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>логопед</w:t>
+        <w:t>мұғалім-</w:t>
       </w:r>
-      <w:r w:rsidR="00D70D9E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00717323" w:rsidRPr="006C68AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> лауазымына</w:t>
+        <w:t>логопед</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B00AEE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00D70D9E" w:rsidRPr="006C68AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лауазымына</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C68AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
+    <w:p w:rsidR="00B00AEE" w:rsidRPr="006C68AD" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B00AEE">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="006C68AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
-          <w:sz w:val="21"/>
+          <w:sz w:val="24"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>конкурс жариялайды</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B00AEE" w:rsidRPr="00B00AEE" w:rsidRDefault="00B00AEE" w:rsidP="00B00AEE">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="baseline"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="505"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4260"/>
+        <w:gridCol w:w="514"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2499"/>
+        <w:gridCol w:w="4359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="00F23A4C" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00CB6B4F" w:rsidRPr="006C68AD" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="711"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00717323" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -313,51 +313,65 @@
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="00CB6B4F" w:rsidRPr="00717323" w:rsidRDefault="00CB6B4F" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
+              <w:t>Павлодар</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің </w:t>
             </w:r>
             <w:r w:rsidR="00DF4A7D" w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:spacing w:val="-1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Павлодар қаласының № 35 жалпы орта білім беру мектебі</w:t>
             </w:r>
@@ -752,78 +766,89 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Бос немесе уақытша бос лауазымның атауы, жүктемесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6858" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="008E7665" w:rsidRPr="00717323" w:rsidRDefault="00717323" w:rsidP="00CB6B4F">
+          <w:p w:rsidR="008E7665" w:rsidRPr="00717323" w:rsidRDefault="006C68AD" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00717323">
-[...8 lines deleted...]
-              <w:t>Логопед, 1 жүктеме</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Мұғалім-л</w:t>
+            </w:r>
+            <w:r w:rsidR="00717323" w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>огопед, 1 жүктеме</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008E7665" w:rsidRPr="00F23A4C" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="008E7665" w:rsidRPr="006C68AD" w:rsidTr="00DC10A3">
         <w:trPr>
           <w:trHeight w:val="825"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
           <w:p w:rsidR="008E7665" w:rsidRPr="00717323" w:rsidRDefault="008E7665" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -1148,51 +1173,51 @@
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">- жоғары білім (min): </w:t>
             </w:r>
             <w:r w:rsidR="00717323" w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>158720</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00F23A4C" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="006C68AD" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00717323" w:rsidRDefault="00B1578A" w:rsidP="00CB6B4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
@@ -1407,89 +1432,87 @@
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00F23A4C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00932150" w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.0</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00932150" w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>.2022</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B1578A" w:rsidRPr="00F23A4C" w:rsidTr="00DC10A3">
+      <w:tr w:rsidR="00B1578A" w:rsidRPr="006C68AD" w:rsidTr="00DC10A3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="514" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00717323" w:rsidRDefault="00B1578A" w:rsidP="00B1578A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
@@ -1560,355 +1583,891 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1) 1</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">-қосымшаға сәйкес нысан бойынша Конкурсқа қатысу туралы </w:t>
-            </w:r>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>осымша</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Конкурсқа</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысу туралы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>өтініш</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00932150" w:rsidRPr="00717323" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">2) </w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке басын куәландыратын құжат</w:t>
-[...18 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+              <w:t xml:space="preserve">жеке </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>басын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00717323">
-[...7 lines deleted...]
-              <w:t>электронды құжат (идентификация үшін);</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>куәландыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>жат</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> не цифрлық құжаттар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сервисінен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алынған</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>электронды құжат</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (идентификация үшін);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00932150" w:rsidRPr="00717323" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">3) кадрларды есепке алу бойынша толтырылған </w:t>
+              <w:t xml:space="preserve">3) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>кадрларды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> есепке алу бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>толтырылған</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>жеке іс парағы</w:t>
-[...10 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">жеке іс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>парағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (нақты </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тұ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ғылықты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00717323">
-[...7 lines deleted...]
-              <w:t>мекенжайы мен байланыс телефондары көрсетілген – бар болса);</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көрсетілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00932150" w:rsidRPr="00717323" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>4) Педагогтердің үлгілік біліктілік сипаттамаларымен бекітілген лауазымға</w:t>
-            </w:r>
+              <w:t xml:space="preserve">4) Педагогтердің </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>үлгілік</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сипаттамаларымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бекітілген </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>лауазым</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">қойылатын біліктілік талаптарына сәйкес </w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>білімі туралы құжаттардың көшірмелері</w:t>
-            </w:r>
+              <w:t xml:space="preserve">білімі туралы құжаттардың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>көшірмелері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00932150" w:rsidRPr="00717323" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">5) </w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>еңбек қызметін растайтын құжаттың</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> көшірмесі (бар болса);</w:t>
+              <w:t xml:space="preserve">еңбек қызметін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көшірмесі (бар </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>болса</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00932150" w:rsidRPr="00717323" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">6) </w:t>
             </w:r>
             <w:r w:rsidR="00DF4A7D" w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Денсаулық сақтау саласындағы есепке алу құжаттамасының нысандарын бекіту</w:t>
+              <w:t xml:space="preserve">Денсаулық сақтау саласындағы есепке алу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>құжаттамасының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нысандарын бекіту</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>туралы</w:t>
             </w:r>
             <w:r w:rsidR="00DF4A7D" w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1916,103 +2475,174 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ҚР</w:t>
-[...10 lines deleted...]
-            </w:r>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Денсаулық сақтау министрінің </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>міндетін</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00717323">
-[...7 lines deleted...]
-              <w:t>атқарушының 2020 жылғы 30 қазандағы № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>атқарушының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2020 жылғы 30 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>қазандағы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> № ҚР ДСМ-175/2020 бұйрығымен бекітілген</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00717323">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">нысан бойынша </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>нысан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>денсаулық жағдайы туралы анықтама</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
@@ -2026,104 +2656,178 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00932150" w:rsidRPr="00717323" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">7) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>психоневрологиялық ұйымнан анықтама</w:t>
+              <w:t>психоневрологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> анықтама</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00932150" w:rsidRPr="00717323" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">8) </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>наркологиялық ұйымнан анықтама</w:t>
+              <w:t>наркологиялық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ұйымнан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> анықтама</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00932150" w:rsidRPr="00717323" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
@@ -2134,94 +2838,218 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>) Ұлттық біліктілік тестілеу сертификаты</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (бұдан әрі – ҰБТ) немесе</w:t>
+              <w:t xml:space="preserve"> (бұдан ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>і – ҰБТ) немесе</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>педагог-модератордың, педагог-сарапшының, педагог-зерттеушінің, педагог-шебердің</w:t>
-            </w:r>
+              <w:t>педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>модератордың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сарапшының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>зерттеушінің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>, педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>шебердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>біліктілік санатының болуы туралы куәлік</w:t>
+              <w:t xml:space="preserve">біліктілік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>санатының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00717323">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болуы туралы куәлік</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> (болған жағдайда)</w:t>
             </w:r>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B1578A" w:rsidRPr="00717323" w:rsidRDefault="00932150" w:rsidP="00932150">
             <w:pPr>
@@ -3074,58 +3902,60 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>қағидаларына 10-қосымша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00D478D0" w:rsidRPr="00717323" w:rsidRDefault="00D478D0" w:rsidP="00F7191E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00717323">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00F7191E" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00437A2D" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0"/>
@@ -3152,51 +3982,69 @@
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>конкурс жариялаған мемлекеттік орган</w:t>
+        <w:t xml:space="preserve">конкурс </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>жариялаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7191E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мемлекеттік орган</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F7191E" w:rsidRPr="00F7191E" w:rsidRDefault="00F7191E" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7191E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
@@ -3716,54 +4564,54 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00C75E82" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2105"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2942"/>
+        <w:gridCol w:w="2127"/>
+        <w:gridCol w:w="3260"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2977"/>
       </w:tblGrid>
       <w:tr w:rsidR="00437A2D" w:rsidTr="00DF4A7D">
         <w:trPr>
           <w:trHeight w:val="1052"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C75E82">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Білімі</w:t>
             </w:r>
           </w:p>
@@ -3800,94 +4648,128 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3260" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Оқу орнының атауы</w:t>
+              <w:t xml:space="preserve">Оқу </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>орнының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Оқу кезеңі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00437A2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Диплом бойынша мамандығы</w:t>
-            </w:r>
+              <w:t>Диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бойынша </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00437A2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>мамандығы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00437A2D" w:rsidRPr="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="00437A2D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00437A2D" w:rsidTr="00DF4A7D">
         <w:trPr>
           <w:trHeight w:val="895"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3956,51 +4838,91 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00437A2D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C424F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Біліктілік санатының болуы (берген (растаған) күні):</w:t>
+        <w:t xml:space="preserve">Біліктілік </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>санатының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болуы (берген (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>растаған</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>) күні):</w:t>
       </w:r>
       <w:r w:rsidRPr="00B00AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00B00AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00B00AEE">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
@@ -4073,58 +4995,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>жұмыс</w:t>
       </w:r>
       <w:r w:rsidRPr="0053507A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>өтілі</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0053507A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="0053507A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_______________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="0053507A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -4163,58 +5087,60 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>жұмыс</w:t>
       </w:r>
       <w:r w:rsidRPr="0053507A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>нәтижелерім</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0053507A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>бар</w:t>
       </w:r>
       <w:r w:rsidRPr="0053507A">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>:_____________________________________________</w:t>
@@ -4323,67 +5249,118 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00B00AEE" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00DF4A7D" w:rsidRDefault="00C424F6" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C424F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Наградалары, атақтары, дәрежесі,</w:t>
+        <w:t>Наградалары</w:t>
       </w:r>
-      <w:r w:rsidR="00437A2D">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ғылыми дәрежесі, ғылыми атағы </w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атақтары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, дәрежесі,</w:t>
+      </w:r>
+      <w:r w:rsidR="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ғылыми дәрежесі, ғылыми </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>атағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00437A2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00437A2D" w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>________________</w:t>
       </w:r>
       <w:r w:rsidR="00452A41" w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="00DF4A7D" w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
@@ -4452,107 +5429,137 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRPr="00DF4A7D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="10"/>
           <w:szCs w:val="10"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="00C424F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">Cондай-ақ </w:t>
+        <w:t>Cондай-ақ</w:t>
       </w:r>
-      <w:r w:rsidR="00C424F6" w:rsidRPr="00C424F6">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>қосымша мәліметтері (болған жағдайда)</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қосымша </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>мәліметтері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C424F6" w:rsidRPr="00C424F6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (болған жағдайда)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00DF4A7D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00DF4A7D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="00DF4A7D" w:rsidRDefault="00452A41" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C424F6" w:rsidRPr="00C424F6" w:rsidRDefault="00C424F6" w:rsidP="00F7191E">
       <w:pPr>
@@ -4687,57 +5694,67 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00452A41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00452A41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>қ</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00452A41" w:rsidRPr="00452A41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>олы)</w:t>
+        <w:t>олы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00452A41" w:rsidRPr="00452A41">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00437A2D" w:rsidRDefault="00437A2D" w:rsidP="00452A41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00452A41">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                  </w:t>
       </w:r>
       <w:r w:rsidR="00452A41">
         <w:rPr>
@@ -4754,52 +5771,52 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a8"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5777"/>
-        <w:gridCol w:w="4144"/>
+        <w:gridCol w:w="5920"/>
+        <w:gridCol w:w="4217"/>
       </w:tblGrid>
       <w:tr w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidTr="006F7468">
         <w:trPr>
           <w:trHeight w:val="781"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5920" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00301843" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:spacing w:line="345" w:lineRule="atLeast"/>
               <w:jc w:val="center"/>
               <w:textAlignment w:val="baseline"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -4855,51 +5872,71 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>б</w:t>
             </w:r>
             <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ірінші басшылары мен педагогтерін</w:t>
+              <w:t>і</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00F7191E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>інші басшылары мен педагогтерін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>лауазымға тағайындау, лауазымнан босату</w:t>
             </w:r>
           </w:p>
@@ -4953,227 +5990,237 @@
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00F7191E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>-қосымша</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00301843" w:rsidRPr="00F7191E" w:rsidRDefault="00301843" w:rsidP="00B0496E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00452A41" w:rsidRPr="000F7F2D" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="001B695E" w:rsidRPr="001B695E" w:rsidRDefault="001B695E" w:rsidP="001B695E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Педагогтің</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>уақытша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF4A7D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>бос</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>немесе</w:t>
+        <w:t>лауазымына</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>уақытша</w:t>
+        <w:t>кандидаттың</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бос</w:t>
+        <w:t>бағалау</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF4A7D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>лауазымына</w:t>
-[...49 lines deleted...]
-        </w:rPr>
         <w:t>парағы</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001B695E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001B695E">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>_________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00610B31">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -5396,94 +6443,108 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00610B31">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Өлшемшарттар</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00610B31">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Растайтын құжат</w:t>
+              <w:t>Растайтын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00610B31">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5555,51 +6616,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Баға</w:t>
             </w:r>
             <w:r w:rsidR="00854F32">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00F23A4C" w:rsidTr="00854F32">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="006C68AD" w:rsidTr="00854F32">
         <w:trPr>
           <w:trHeight w:val="966"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
@@ -5620,147 +6681,238 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Білім деңгейі</w:t>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ім деңгейі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Білімі туралы диплом</w:t>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі туралы диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="00EF1FD6" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>Техникалық және кәсіптік = 1</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Техникалық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әсіптік = 1</w:t>
             </w:r>
             <w:r w:rsidR="00EF1FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="00EF1FD6" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Жоғары күндізгі = 5</w:t>
+              <w:t xml:space="preserve">Жоғары </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>күндізгі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5</w:t>
             </w:r>
             <w:r w:rsidR="00EF1FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="00EF1FD6" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF1FD6">
               <w:rPr>
@@ -5910,146 +7062,226 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Білімі туралы диплом</w:t>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі туралы диплом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="00EF1FD6" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Магистр немесе жоғары білімі бар маман = 5</w:t>
+              <w:t>Магистр немесе жоғары бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>імі бар маман = 5</w:t>
             </w:r>
             <w:r w:rsidR="00EF1FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="00EF1FD6" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PHD-докторы = 10</w:t>
+              <w:t>PHD-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
             <w:r w:rsidR="00EF1FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="00EF1FD6" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ғылым докторы = 10</w:t>
+              <w:t xml:space="preserve">Ғылым </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>докторы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10</w:t>
             </w:r>
             <w:r w:rsidR="00EF1FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="00EF1FD6" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
@@ -6068,51 +7300,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00F23A4C" w:rsidTr="00854F32">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="006C68AD" w:rsidTr="00854F32">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
@@ -6136,52 +7368,83 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Ұлттық біліктілік тестілеуі</w:t>
-            </w:r>
+              <w:t>Ұлттық біліктілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тестілеуі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
@@ -6230,52 +7493,86 @@
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidR="00610B31" w:rsidRPr="00EF1FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">іктілік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
@@ -6343,58 +7640,69 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>80-нен 90-ға дейін = 6 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30-дан 40-қа дейін = 0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -6497,253 +7805,546 @@
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Педагог-модератор</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidR="00610B31" w:rsidRPr="00EF1FD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> біліктілік санатымен</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">іктілік </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="00EF1FD6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатымен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="000F5AB2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F5AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>50-ден 60 балға дейін = 0 балл</w:t>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін = 0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>60-тан 70 балға дейін = 3 балл</w:t>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін = 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>70-тен 80 балға дейін=6 балл</w:t>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=6 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>80-ден 90 балға дейін=7 балл</w:t>
+              <w:t xml:space="preserve">80-ден 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=7 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>40-тан 50 балға дейін=2 балл</w:t>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=2 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>50-ден 60 балға дейін=3 балл</w:t>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EF1FD6" w:rsidRPr="00EF1FD6" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="00DF4A7D" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -6810,213 +8411,472 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>60-тан 70 балға дейін=4 балл</w:t>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>70-тен 80 балға дейін=7 балл</w:t>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=7 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>80-нен 90 балға дейін=8 балл</w:t>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=8 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>40-тан 50 балға дейін=3 балл</w:t>
+              <w:t xml:space="preserve">40-тан 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>50-ден 60 балға дейін=4 балл</w:t>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>60-тан 70 балға дейін=5 балл</w:t>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EF1FD6" w:rsidRPr="00EF1FD6" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="00DF4A7D" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
@@ -7083,214 +8943,493 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Мазмұны бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>50-ден 60 балға дейін=0 балл</w:t>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>60-тан 70 балға дейін- 5 балл</w:t>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін- 5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>70-тен 80 балға дейін=8 балл</w:t>
+              <w:t xml:space="preserve">70-тен 80 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=8 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>80-нен 90 балға дейін=9 балл</w:t>
+              <w:t xml:space="preserve">80-нен 90 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=9 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>Әдістеме және педагогика бойынша:</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Әдістеме</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және педагогика бойынша:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>30-дан 40 балға дейін=0 балл</w:t>
+              <w:t xml:space="preserve">30-дан 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=0 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>40 - тан 50 балға дейін=4 балл</w:t>
+              <w:t xml:space="preserve">40 - </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 50 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=4 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>50-ден 60 балға дейін=5 балл</w:t>
+              <w:t xml:space="preserve">50-ден 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>60-тан 70 балға дейін=6 балл</w:t>
+              <w:t xml:space="preserve">60-тан 70 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>бал</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дейін=6 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EF1FD6" w:rsidRPr="00EF1FD6" w:rsidRDefault="00EF1FD6" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="00EF1FD6" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
@@ -7379,83 +9518,115 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>Біліктілігі/</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="006F7468" w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Санаты.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
@@ -7512,91 +9683,122 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 санат-1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00DF4A7D">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1 санат -</w:t>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -</w:t>
             </w:r>
             <w:r w:rsidR="00DF4A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Жоғары санатты</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Жоғары </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>санатты</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DF4A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00DF4A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7667,91 +9869,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагог-сарапшы = 5 балл</w:t>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сарапшы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагог- зерттеуші = 7 балл</w:t>
+              <w:t>Педаго</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>г-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> зерттеуші = 7 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагог-шебер = 10 балл</w:t>
+              <w:t>Педагог-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шебер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 10 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F7468" w:rsidRPr="00610B31" w:rsidTr="00854F32">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
@@ -7794,184 +10056,395 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагогикалық қызмет өтілі</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Педагогикалық қызмет </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>өтілі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Е</w:t>
             </w:r>
             <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+              <w:t xml:space="preserve">ңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / еңбек қызметін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>1 жылдан 3 жылға дейін = 1</w:t>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға дейін = 1</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3 жылдан 5 жылға дейін = 1,5</w:t>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға дейін = 1,5</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>5 жылдан 10 жылға дейін = 2</w:t>
+              <w:t xml:space="preserve">5 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10 </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жыл</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға дейін = 2</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>10 жылдан және одан артық = 3</w:t>
+              <w:t xml:space="preserve">10 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жылдан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және одан </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>артық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F7468" w:rsidRPr="00610B31" w:rsidTr="00854F32">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
@@ -8014,144 +10487,235 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Әкімшілік және әдістемелік қызмет тәжірибесі</w:t>
+              <w:t>Әкімшілі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әне әдістемелік қызмет тәжірибесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="008C2523" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Е</w:t>
             </w:r>
             <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ңбек кітапшасы / еңбек қызметін алмастыратын құжат</w:t>
+              <w:t xml:space="preserve">ңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кітапшасы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / еңбек қызметін </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алмастыратын</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> құжат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>әдіскер= 1 балл</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әдіскер</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>директор орынбасары= 3 балл</w:t>
+              <w:t xml:space="preserve">директор </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орынбасары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>= 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>директор = 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -8214,115 +10778,226 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Жұмысқа алғаш кіріскен педагогтар үшін</w:t>
+              <w:t xml:space="preserve">Жұмысқа </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>алғаш</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іскен</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагогтар үшін</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Білім туралы дипломға қосымша</w:t>
+              <w:t xml:space="preserve">Білім туралы </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>диплом</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ға</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Педагогикалық/кәсіптік практика нәтижелері</w:t>
+              <w:t>Педагогикалық/</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>әсіптік практика нәтижелері</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -8459,51 +11134,91 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Алдыңғы жұмыс орнынан ұсыныс хат (еңбек қызметін жүзеге асыру кезінде)</w:t>
+              <w:t xml:space="preserve">Алдыңғы жұмыс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>орнынан</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұсыныс хат (еңбек қызметі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>н ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үзеге асыру кезінде)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
@@ -8523,91 +11238,142 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Оң ұсыныс хаттың болуы = 3 балл</w:t>
+              <w:t xml:space="preserve">Оң ұсыныс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болуы = 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ұсыныс хат болмаған жағдайда – минус 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>Теріс ұсыныс хаттың болуы = минус 5 балл</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Теріс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ұсыныс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>хаттың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> болуы = минус 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F7468" w:rsidRPr="00610B31" w:rsidTr="00854F32">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
@@ -8650,328 +11416,690 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
+              <w:t xml:space="preserve">Кәсіби </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жеті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ст</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>іктердің</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрсеткіштері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>- білім алушылардың дипломдары, олимпиадалар мен конкурстар жеңімпаздарының грамоталары, ғылыми жобалары;</w:t>
+              <w:t>- бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ім алушылардың </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, олимпиадалар мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жеңімпаздарының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>, ғылыми жобалары;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>- мұғалімдер мен олимпиадалар жеңімпаздарының дипломдары, грамоталары;</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>м</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұғалімдер мен олимпиадалар жеңімпаздарының </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>дипломдары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>грамоталары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>- мемлекеттік награда</w:t>
+              <w:t>- мемлекетті</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-0,5 балл</w:t>
+              <w:t xml:space="preserve">олимпиадалар мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-0,5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ғылыми жобалар-1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>олимпиадалар мен конкурстардың жүлдегерлері-3 балл</w:t>
+              <w:t xml:space="preserve">олимпиадалар мен </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурстардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегерлері-3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Үздік педагог</w:t>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> конкурсының қатысушысы-1 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қатысушысы-1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00DF4A7D" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Үздік педагог</w:t>
+              <w:t>Үзді</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> конкурсының жүлдегері – 5 балл</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>конкурсының</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00610B31" w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жүлдегері – 5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">медаль </w:t>
             </w:r>
             <w:r w:rsidR="00DF4A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F7468">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Қазақстанның</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> еңбек </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сіңірген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ұстазы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DF4A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000F7F2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8993,51 +12121,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F7468" w:rsidRPr="00F23A4C" w:rsidTr="00854F32">
+      <w:tr w:rsidR="006F7468" w:rsidRPr="006C68AD" w:rsidTr="00854F32">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="467" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
@@ -9090,104 +12218,306 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>- авторлық жұмыстар және жарияланымдар</w:t>
-            </w:r>
+              <w:t xml:space="preserve">- авторлық жұмыстар және </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жарияланымдар</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ҚР БҒМ тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы – 5 балл</w:t>
+              <w:t>Қ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> БҒМ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және (немесе) ОӘК авторы немесе </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы – 5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="00415A88" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>РОӘК  тізбесіне енгізілген оқулықтардың және (немесе) ОӘК авторы немесе тең авторы</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>РОӘК</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тізбесіне</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>енгізілген</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>оқулықтардың</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> және (немесе) ОӘК авторы немесе </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тең</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> авторы</w:t>
             </w:r>
             <w:r w:rsidR="00415A88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00415A88" w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>– 2</w:t>
             </w:r>
             <w:r w:rsidR="00415A88">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -9312,51 +12642,71 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Қоғамдық-педагогикалық қызмет</w:t>
+              <w:t>Қоғамды</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қ-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>педагогикалық қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
@@ -9364,51 +12714,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- көшбасшылық</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>- көптілділікті жүзеге асыру</w:t>
+              <w:t>- көптілділі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>кті ж</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>үзеге асыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
@@ -9416,131 +12786,293 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>тәлімгер-0,5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>ӘБ жетекшілігі -1 балл</w:t>
+              <w:t>Ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>жетекшілігі</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> -1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>кәсіби-педагогикалық қауымдастық көшбасшысы – 1 балл</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әсіби-педагогикалық қауымдастық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>көшбасшысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – 1 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>2 тілде оқыту, орыс/қазақ – 2 балл</w:t>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту, орыс/қазақ – 2 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>Шетел/орыс, шетел/қазақ – 3 балл</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/орыс, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>/қазақ – 3 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3 тілде оқыту (қазақ, орыс, шетел) – 5 балл</w:t>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>тілде</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту (қазақ, орыс, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>шетел</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) – 5 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F7468" w:rsidRPr="00610B31" w:rsidTr="00854F32">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
@@ -9615,51 +13147,91 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>- пәндік дайындық сертификаттары;</w:t>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">әндік дайындық </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>сертификаттары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>- цифрлық сауаттылық сертификаты,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -9688,112 +13260,227 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>TOEFL; DELF;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t xml:space="preserve">Goethe Zertifikat, </w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Goethe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Zertifikat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00DF4A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F7468">
-[...7 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Python</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-да </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ба</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ғдарламалау</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>негіздері</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DF4A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00DF4A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="006F7468">
-[...6 lines deleted...]
-              <w:t>Microsoft-пен жұмыс істеуді оқыту</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Microsoft</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-пен жұмыс </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>істеуді</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқыту</w:t>
             </w:r>
             <w:r w:rsidR="00DF4A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> бағдарламалары бойынша оқыту</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
@@ -9835,89 +13522,140 @@
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Өрлеу</w:t>
             </w:r>
             <w:r w:rsidR="00DF4A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> курстары</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>курстары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00DF4A7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>– 0,5 балл</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F7468">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>курстар - 0,5 балл (әрқайсысы жеке)</w:t>
+              <w:t>курстар - 0,5 балл (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ә</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>қайсысы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="006F7468">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жеке)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00610B31" w:rsidRPr="00610B31" w:rsidTr="00854F32">
         <w:trPr>
           <w:trHeight w:val="30"/>
         </w:trPr>
@@ -9958,59 +13696,71 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="000F5AB2" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000F5AB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
-              <w:t>Максималды балл – 83</w:t>
+              <w:t>Максималды</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="000F5AB2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="19"/>
+                <w:szCs w:val="19"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл – 83</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="992" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00610B31" w:rsidRPr="006F7468" w:rsidRDefault="00610B31" w:rsidP="00EF1FD6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00301843" w:rsidRPr="001B695E" w:rsidRDefault="00301843" w:rsidP="00F7191E">
       <w:pPr>
@@ -10025,120 +13775,119 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00452A41" w:rsidRPr="001B695E" w:rsidRDefault="00452A41" w:rsidP="00F7191E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00452A41" w:rsidRPr="001B695E" w:rsidSect="00DB5787">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="794" w:right="851" w:bottom="851" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="NewtonC">
     <w:altName w:val="Courier New"/>
-    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="09BA57AC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50BE025E"/>
     <w:lvl w:ilvl="0" w:tplc="3C04B924">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10207,51 +13956,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0BB01178"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="87CC0636"/>
     <w:lvl w:ilvl="0" w:tplc="E5E28BE0">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10320,51 +14069,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0DE65FDF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B88C5C10"/>
     <w:lvl w:ilvl="0" w:tplc="67A82808">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="786" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -10411,51 +14160,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="20000019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="2000001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="524C7E2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B9241E8C"/>
     <w:lvl w:ilvl="0" w:tplc="A4D4DF78">
       <w:start w:val="8"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10524,51 +14273,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="66924BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="323A2FC2"/>
     <w:lvl w:ilvl="0" w:tplc="AB74F2A4">
       <w:start w:val="11"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10637,51 +14386,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="697B5177"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="50566158"/>
     <w:lvl w:ilvl="0" w:tplc="CBD41AE4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
         <w:strike w:val="0"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -10752,62 +14501,61 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F410E4"/>
     <w:rsid w:val="000050AF"/>
     <w:rsid w:val="0001180A"/>
     <w:rsid w:val="0001635C"/>
     <w:rsid w:val="00024BDF"/>
     <w:rsid w:val="000319E6"/>
     <w:rsid w:val="00044308"/>
     <w:rsid w:val="000473DC"/>
     <w:rsid w:val="00047A29"/>
     <w:rsid w:val="0005281D"/>
     <w:rsid w:val="00055391"/>
     <w:rsid w:val="00055EA0"/>
     <w:rsid w:val="00057149"/>
     <w:rsid w:val="00065B9B"/>
     <w:rsid w:val="0007234E"/>
     <w:rsid w:val="0007336C"/>
     <w:rsid w:val="000842BF"/>
     <w:rsid w:val="00085550"/>
     <w:rsid w:val="00085F43"/>
     <w:rsid w:val="00090BEE"/>
     <w:rsid w:val="00097C91"/>
     <w:rsid w:val="000A2010"/>
     <w:rsid w:val="000A7D5F"/>
@@ -11052,50 +14800,51 @@
     <w:rsid w:val="006260BF"/>
     <w:rsid w:val="00630365"/>
     <w:rsid w:val="006326A3"/>
     <w:rsid w:val="00633DE2"/>
     <w:rsid w:val="00640A06"/>
     <w:rsid w:val="00646868"/>
     <w:rsid w:val="0065083C"/>
     <w:rsid w:val="006556C1"/>
     <w:rsid w:val="006561FF"/>
     <w:rsid w:val="00661FAB"/>
     <w:rsid w:val="00664EEC"/>
     <w:rsid w:val="00665F60"/>
     <w:rsid w:val="006718DC"/>
     <w:rsid w:val="00675A19"/>
     <w:rsid w:val="006768E8"/>
     <w:rsid w:val="00676D6D"/>
     <w:rsid w:val="006905EA"/>
     <w:rsid w:val="0069544F"/>
     <w:rsid w:val="00695869"/>
     <w:rsid w:val="00696B50"/>
     <w:rsid w:val="006A0389"/>
     <w:rsid w:val="006A0FBD"/>
     <w:rsid w:val="006A7742"/>
     <w:rsid w:val="006C1E26"/>
     <w:rsid w:val="006C3571"/>
+    <w:rsid w:val="006C68AD"/>
     <w:rsid w:val="006D352A"/>
     <w:rsid w:val="006E15FD"/>
     <w:rsid w:val="006E2D5A"/>
     <w:rsid w:val="006E4740"/>
     <w:rsid w:val="006E6C6C"/>
     <w:rsid w:val="006F378C"/>
     <w:rsid w:val="006F37CD"/>
     <w:rsid w:val="006F7468"/>
     <w:rsid w:val="00713E68"/>
     <w:rsid w:val="00717323"/>
     <w:rsid w:val="00731F02"/>
     <w:rsid w:val="00732666"/>
     <w:rsid w:val="00736DAD"/>
     <w:rsid w:val="0073765A"/>
     <w:rsid w:val="00741FDC"/>
     <w:rsid w:val="007432E2"/>
     <w:rsid w:val="007444BC"/>
     <w:rsid w:val="00744D59"/>
     <w:rsid w:val="007467B4"/>
     <w:rsid w:val="007522F8"/>
     <w:rsid w:val="00752D7E"/>
     <w:rsid w:val="007540C6"/>
     <w:rsid w:val="00756522"/>
     <w:rsid w:val="00771CBE"/>
     <w:rsid w:val="0077286E"/>
@@ -11414,450 +15163,208 @@
     <w:rsid w:val="00FF7747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4063FBA9"/>
-  <w15:docId w15:val="{439B2F3E-3337-46C0-BF2B-6B4E9F76E0EC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="377">
-[...376 lines deleted...]
-    <w:lsdException w:name="Smart Link Error" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -11938,124 +15445,440 @@
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="003E0EB1"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="table" w:styleId="a8">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00560EEB"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a9">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00AC5698"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00456CEA"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Основ_Текст"/>
+    <w:rsid w:val="008D6A9A"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="645"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:spacing w:after="0" w:line="228" w:lineRule="atLeast"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="NewtonC" w:eastAsia="Arial" w:hAnsi="NewtonC" w:cs="Times New Roman"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E702C2"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E702C2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003E0EB1"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a8">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00560EEB"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC5698"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
     <w:div w:id="335617763">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1190070608">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1199471041">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -12306,78 +16129,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{21498D6E-82EA-4876-B61D-E85F75D9A701}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2C4439E6-0447-404F-B806-34198E70470E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1708</Words>
-  <Characters>9736</Characters>
+  <Words>1710</Words>
+  <Characters>9750</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>81</Lines>
   <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11422</CharactersWithSpaces>
+  <CharactersWithSpaces>11438</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Gulnar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>