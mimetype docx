--- v0 (2025-12-05)
+++ v1 (2025-12-26)
@@ -1,10477 +1,4214 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000B08CD" w:rsidRDefault="007B3271" w:rsidP="003B2574">
+    <w:p w:rsidR="006D43BE" w:rsidRPr="00E32DE3" w:rsidRDefault="00C61FEE" w:rsidP="00E32DE3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1065"/>
+        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E32DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E32DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Ясли - сад № 126 города  Павлодара -  Центр эстетического развития» отдела образования города Павлодара, управления образования Павлодарской области </w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00E32DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объявляет открытый конкурс на назначение вакантной должности </w:t>
+      </w:r>
+      <w:r w:rsidR="000639C7" w:rsidRPr="00E32DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>методиста</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124F76" w:rsidRPr="00D3649F" w:rsidRDefault="00124F76" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...263 lines deleted...]
-    <w:p w:rsidR="003B2574" w:rsidRPr="00124F76" w:rsidRDefault="003B2574" w:rsidP="003B2574">
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00967778" w:rsidRDefault="004D3D24" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...29 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>09</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00F35B13">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00967778">
+        <w:t>2022</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00967778">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...28 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRPr="00124F76" w:rsidRDefault="001C64E9" w:rsidP="00124F76">
+      <w:r w:rsidR="00F35B13">
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00967778">
+        <w:t>:00</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00967778" w:rsidRDefault="00E32DE3" w:rsidP="00E32DE3">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00124F76" w:rsidRPr="00D3649F" w:rsidRDefault="00124F76" w:rsidP="001C64E9">
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00967778">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t xml:space="preserve"> «Ясли - сад № 126 города  Павлодара -  Центр эстетического развития»</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00967778">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00124F76" w:rsidRPr="00967778">
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00967778">
+        <w:t>Майры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00124F76" w:rsidRPr="00967778">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00967778">
+        <w:t xml:space="preserve">, телефон 8 (7812) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t>52-60-93</w:t>
+      </w:r>
+      <w:r w:rsidR="001C64E9" w:rsidRPr="00967778">
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00967778">
+        <w:t>эл.почта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00967778">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:color w:val="87898F"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ds126@bk.ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="001C64E9" w:rsidRDefault="004E5358" w:rsidP="001C64E9">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00967778">
+        <w:t>Ясли-сад</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00967778">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t>с казахским и русским языком обучения.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00967778">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t>Реализует</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00967778">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00967778">
+        <w:t>типовую учебную программу дошкольного воспитания</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> и обучения Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="001C64E9" w:rsidP="00E51243">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Квалификационные требования</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00980E00" w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00980E00" w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>высшее и (или) послевузовское педагогическое или иное профессиональное образование по соответствующему профилю без предъявления требований к стажу работы или документ, подтверждающий педагогическую переподготовку или техническое и профессиональное образование по соответствующему профилю, стаж педагогической работы в дошкольных организациях: для городской местности - не менее 3 лет, для сельской местности - не менее 1 года;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и (или) для педагога – мастера при наличии высшего и (или) послевузовского педагогического образования стаж педагогической работы в дошкольных организациях: для городской местности - не менее 5 лет, для сельской местности - не менее 3 лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и (или) для педагога-модератора, педагога-эксперта, педагога-исследователя при наличии технического и профессионального образования по соответствующему профилю стаж педагогической работы в дошкольных организациях: для городской местности - не менее 5 лет, для сельской местности - не менее 3 лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Требования к квалификации с определением профессиональных компетенций:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="003D4C0B" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D4C0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) "педагог" (без категории):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должен отвечать общим требованиям, предъявляемым методисту </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДО</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>знать</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содержание и структуру Типового учебного плана, Типовой учебной программы, владеть методикой дошкольного воспитания и обучения, планировать и организовывать воспитательно-образовательный процесс с учетом психолого-возрастных особенностей детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разрабатывать годовой план и организовывать методическую работу </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ДО;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проводить мониторинг качества развития умений и навыков детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организовывать мероприятия на уровне организации образования; владеть информационно-коммуникативной компетентностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="003D4C0B" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D4C0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>должен отвечать общим требованиям, предъявляемым к квалификации "педагог" без категории:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>владеть методикой дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>разрабатывать годовой план и циклограмму;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>применять инновационные методики и технологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организовывать работу методических объединений, подготовку и проведение семинаров, конференций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оказывать методическую помощь педагогам по применению инновационных технологий в практике;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>повышать свою профессиональную квалификацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>владеть информационно-коммуникативной компетентностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="003D4C0B" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D4C0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) "педагог-эксперт":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>должен отвечать общим требованиям, предъявляемым квалификации "педагог-модератор":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>составлять годовой план и циклограммы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>владеть навыками анализа организации образовательного процесса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивать участие воспитателей в районных, городских профессиональных конкурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организовывать работу методических объединений, педагогических советов, семинаров, конференции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организовывать повышение квалификации педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обобщать собственный и опыт педагогов организации на уровне района/города, владеть информационно-коммуникативной компетентностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="003D4C0B" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D4C0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) "педагог-исследователь":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>должен отвечать общим требованиям, предъявляемым к квалификации "педагог-эксперт", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>участвовать в деятельности районных, городских методических объединений, семинаров, конференций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>развивать исследовательскую компетентность педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивать участие педагогов в городских, областных конкурсах; представлять опыт методической работы на районном, городском и областном уровнях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>практиковать наставничество;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>владеть навыками публичных выступлений и взаимодействия с аудиторией;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществлять творческий поиск применения современных методик воспитания и обучения детей дошкольного возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иметь методические разработки по дошкольному воспитанию и обучению, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>получивших</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одобрение на областном учебно-методическом совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="003D4C0B" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243" w:rsidRPr="003D4C0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003D4C0B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) "педагог-мастер":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>должен отвечать общим требованиям, предъявляемым к квалификации "педагог-исследователь", а также:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>участвовать в деятельности методических семинаров и конференций республиканского и международного уровней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>владеть умениями и навыками разработки учебных программ, методик обучения, воспитания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивать участие воспитателей в областных, республиканских конкурсах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>практиковать наставничество и конструктивно определять стратегию развития в педагогическом сообществе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иметь методические материалы, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>получивших</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> одобрение на областном учебно-методическом совете или Республиканском учебно-методическом совете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивать развитие навыков научного проектирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00980E00" w:rsidRPr="00980E00" w:rsidRDefault="00980E00" w:rsidP="00980E00">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00980E00">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществлять наставничество и планирует развитие сети профессионального сообщества на уровне области, являться участником республиканских и международных конкурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="001C64E9" w:rsidP="0026585A">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Должностные обязанности:</w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E51243" w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>Организует методическое обеспечение деятельности организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0026585A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Составляет учебные, учебно-тематические планы и программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0026585A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Участвует в выборе (разработке) образовательных программ для детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="0026585A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Составляет сетку занятий по возрастным группам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0026585A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оказывает помощь в определении содержания, форм, методов и средств обучения и воспитания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0026585A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Организует разработку, рецензирование и подготовку к утверждению учебно-методической документации, пособий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0026585A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обеспечивает выявление, изучение, распространение и внедрение инновационного педагогического опыта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0026585A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Организует комплектование групп учебными пособиями, играми, игрушками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0026585A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Анализирует состояние учебно-методической и воспитательной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0026585A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Проводит для воспитателей занятия, мастер-классы, семинары, индивидуальные и групповые консультации, выставки, конкурсы, организует работу творческих групп.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0026585A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Формирует банк данных учебно-педагогической и методической литературы, своевременно оформляет учетную и отчетную документацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="0026585A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Координирует взаимодействие воспитателей, психолога, логопеда, музыкального руководителя, других специалистов организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00737876">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Координирует деятельность службы психолого-педагогического сопровождения детей с особыми образовательными потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00737876">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вносит рекомендации по подбору кадров на должности воспитателей, их помощников и их поощрении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E51243" w:rsidRPr="00E51243" w:rsidRDefault="00E51243" w:rsidP="00E51243">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00737876">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Координирует работу по повышению квалификации и по присвоению (подтверждению) квалификационных категорий, аттестации педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="00E51243" w:rsidP="00737876">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidR="00737876">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E51243">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Внедряет концепцию "Образование, основанное на ценностях" в организации с участием всех субъектов образовательного процесса, в том числе семьи детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737876" w:rsidRPr="00737876" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Должен знать:</w:t>
+      </w:r>
+      <w:r>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:anchor="z67" w:history="1">
+        <w:r w:rsidR="00737876" w:rsidRPr="00737876">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>Конституцию</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00737876" w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t> Республики Казахстан, законы Республики Казахстан "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z2" w:history="1">
+        <w:r w:rsidR="00737876" w:rsidRPr="00737876">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>Об образовании</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00737876" w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z4" w:history="1">
+        <w:r w:rsidR="00737876" w:rsidRPr="00737876">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>О статусе педагога</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00737876" w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z33" w:history="1">
+        <w:r w:rsidR="00737876" w:rsidRPr="00737876">
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+          </w:rPr>
+          <w:t>О противодействии коррупции</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00737876" w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>" и другие нормативные правовые акты, определяющие направления и перспективы развития образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737876" w:rsidRPr="00737876" w:rsidRDefault="00737876" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>государственные общеобязательные стандарты дошкольного воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737876" w:rsidRPr="00737876" w:rsidRDefault="00737876" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>принципы дидактики, основы педагогики, психологии, общие и частные методики воспитания и обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737876" w:rsidRPr="00737876" w:rsidRDefault="00737876" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>основы законодательства о труде, правила по безопасности и охране труда, противопожарной защиты, санитарные правила и нормы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="00737876" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00737876">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+        </w:rPr>
+        <w:t>принципы систематизации методических и информационных материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D6702" w:rsidRPr="00050CB6" w:rsidRDefault="001D6702" w:rsidP="001D6702">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заработная плата </w:t>
+      </w:r>
+      <w:r w:rsidR="00737876">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>методиста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>среднее-специальное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1610E">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1610E">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13101</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001D6702" w:rsidRPr="008F5FA7" w:rsidRDefault="001D6702" w:rsidP="001D6702">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заработная плата </w:t>
+      </w:r>
+      <w:r w:rsidR="00737876">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>методиста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>высшее образование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 9</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1610E">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>–11</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1610E">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9914</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00050CB6">
+        <w:rPr>
+          <w:rStyle w:val="FontStyle11"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тенге (без квалификационной категории (педагог-модератор, педагог-эксперт, педагог-исследователь, педагог-мастер).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
-        <w:t>0</w:t>
-[...11 lines deleted...]
-        <w:t>0</w:t>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>Сроки подачи и место приема заявок на участие в конкурсе</w:t>
       </w:r>
       <w:r>
-        <w:t>3</w:t>
-[...4 lines deleted...]
-      <w:r w:rsidR="001C64E9">
+        <w:t>: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t>В течение 7</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>12</w:t>
-[...15 lines deleted...]
-      </w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рабочих дней со дня опубликования объявления </w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...42 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRPr="008B4EB9" w:rsidRDefault="003B2574" w:rsidP="001C64E9">
+        <w:t xml:space="preserve">на Интернет-ресурсе и (или) официальных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>аккаунтах</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> социальны</w:t>
+      </w:r>
+      <w:r w:rsidR="006D43BE">
+        <w:t>х сетей организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Прием документов на занятие вакантной должност</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t>и осуществляет </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4C0B" w:rsidRPr="00E32DE3">
         <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve">КГКП </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4C0B" w:rsidRPr="00E32DE3">
+        <w:t xml:space="preserve"> «Ясли - сад № 126 города  Павлодара -  Центр эстетического развития»</w:t>
+      </w:r>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve">улица </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4C0B">
+        <w:t>Майры</w:t>
+      </w:r>
+      <w:r w:rsidR="00737876">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="003D4C0B">
+        <w:t>27</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00D3649F" w:rsidRPr="007B3271">
-[...9089 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="001C64E9">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009144D3">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
+        </w:rPr>
+        <w:t>Перечень документов, необходимых для участия в конкурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержденными Типовыми квалификационными характеристиками педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737876" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z3" w:history="1">
+        <w:r>
+          <w:rPr>
+            <w:rStyle w:val="a5"/>
+          </w:rPr>
+          <w:t>приказом</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:t> исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № Қ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>Р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>7) справку с психоневрологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737876" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога-мастера (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00737876">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>10) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность воспитателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-      </w:r>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
+        <w:t>Услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> отказывает в оказании государственной услуги, в</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:r>
+        <w:t>лучаях установления недостоверности документов, представленных</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007B3271" w:rsidRPr="007B3271">
-[...18 lines deleted...]
-    <w:p w:rsidR="001C64E9" w:rsidRPr="009144D3" w:rsidRDefault="003D06EF" w:rsidP="001C64E9">
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> для получения государственной услуги, и (или)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>данных (сведений), содержащихся в них, необходимых для оказания</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidRDefault="001C64E9" w:rsidP="00D3649F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="009144D3">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="001C64E9" w:rsidRPr="009144D3">
+        </w:rPr>
+        <w:t>Контактные телефоны и электронные адреса для уточнения информации:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3649F" w:rsidRPr="00D3649F">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:lang w:val="kk-KZ"/>
-[...407 lines deleted...]
-          <w:rStyle w:val="a4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...103 lines deleted...]
-      <w:r w:rsidR="001C64E9">
+      <w:r>
         <w:t>8(7182</w:t>
       </w:r>
-      <w:r w:rsidR="001C64E9" w:rsidRPr="00244DA8">
+      <w:r w:rsidRPr="00BD1601">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
-        <w:t>) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B3271">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a4"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4C0B">
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>52-60-93</w:t>
       </w:r>
-      <w:r w:rsidR="001C64E9">
+      <w:r>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="001C64E9">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a4"/>
         </w:rPr>
-        <w:t>электрон</w:t>
-[...25 lines deleted...]
-      </w:hyperlink>
+        <w:t>электронный адрес </w:t>
+      </w:r>
+      <w:r w:rsidR="003D4C0B" w:rsidRPr="00E32DE3">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica"/>
+          <w:color w:val="87898F"/>
+          <w:sz w:val="23"/>
+          <w:szCs w:val="23"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ds126@bk.ru</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="001C64E9" w:rsidRPr="00D3649F" w:rsidSect="00D3649F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="851" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Helvetica">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:notTrueType/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...95 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="001C64E9"/>
-    <w:rsid w:val="00001383"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000B08CD"/>
+    <w:rsid w:val="000639C7"/>
     <w:rsid w:val="000C4DB4"/>
-    <w:rsid w:val="001148EF"/>
+    <w:rsid w:val="000E39CF"/>
+    <w:rsid w:val="001105EA"/>
     <w:rsid w:val="00124F76"/>
     <w:rsid w:val="001C64E9"/>
-    <w:rsid w:val="00244DA8"/>
-[...5 lines deleted...]
-    <w:rsid w:val="004E5358"/>
+    <w:rsid w:val="001D6702"/>
+    <w:rsid w:val="0026585A"/>
+    <w:rsid w:val="00391982"/>
+    <w:rsid w:val="003D4C0B"/>
+    <w:rsid w:val="004D3D24"/>
+    <w:rsid w:val="00536973"/>
+    <w:rsid w:val="0055752A"/>
     <w:rsid w:val="0058192E"/>
-    <w:rsid w:val="0058555C"/>
-[...3 lines deleted...]
-    <w:rsid w:val="007F305E"/>
+    <w:rsid w:val="005D0D40"/>
+    <w:rsid w:val="006203EC"/>
+    <w:rsid w:val="006D43BE"/>
+    <w:rsid w:val="00737876"/>
     <w:rsid w:val="007F60A1"/>
-    <w:rsid w:val="008A7859"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00AE54C5"/>
+    <w:rsid w:val="008A23B8"/>
+    <w:rsid w:val="00967778"/>
+    <w:rsid w:val="00980E00"/>
+    <w:rsid w:val="00A35E4F"/>
+    <w:rsid w:val="00BD1601"/>
+    <w:rsid w:val="00C61935"/>
+    <w:rsid w:val="00C61FEE"/>
+    <w:rsid w:val="00D1610E"/>
     <w:rsid w:val="00D3649F"/>
-    <w:rsid w:val="00D66E12"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FE3A3D"/>
+    <w:rsid w:val="00E32DE3"/>
+    <w:rsid w:val="00E51243"/>
+    <w:rsid w:val="00F27268"/>
+    <w:rsid w:val="00F35B13"/>
+    <w:rsid w:val="00F63385"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6146"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -10666,148 +4403,160 @@
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="001C64E9"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001C64E9"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FontStyle11">
     <w:name w:val="Font Style11"/>
-    <w:rsid w:val="00460AA6"/>
+    <w:rsid w:val="001D6702"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00460AA6"/>
+    <w:rsid w:val="00F27268"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00980E00"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
+    <w:div w:id="36859753">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="502938136">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="601836139">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="911157249">
+    <w:div w:id="955450914">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1289824893">
-[...12 lines deleted...]
-    <w:div w:id="1684360522">
+    <w:div w:id="1654063929">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ds126@bk.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1500000410" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/K950001000_" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -11049,71 +4798,87 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48A3C09C-D20B-4105-9566-CFFCE4823C95}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1496</Words>
-  <Characters>8530</Characters>
+  <Words>1551</Words>
+  <Characters>8846</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
+  <Lines>73</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>office 2007 rus ent:</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10006</CharactersWithSpaces>
+  <CharactersWithSpaces>10377</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>