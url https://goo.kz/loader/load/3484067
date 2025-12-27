--- v0 (2025-12-05)
+++ v1 (2025-12-27)
@@ -1,1972 +1,1869 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="59BA8290" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="30C2D433" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C"/>
+    <w:p w14:paraId="3D538678" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Объявление о проведении конкурса на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="485A82C2" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГУ «Средняя общеобразовательная школа № 34 инновационного типа города Павлодара» </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отдела образования города Павлодара, управления образования Павлодарской </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>области</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Павлодар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ул Лермонтова </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">93/1, 140000, приемная-7 (718) 2 621007, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_34@</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>list</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53572C29" w14:textId="1AEEDBC2" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Учитель информатики -20 часов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46444">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (1-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>е классы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46444">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, 4 учителя начальных классов (1«З»,2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46444">
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Е</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– по 16 часов, постоянная работа, нормальные условия труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5245F902" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:ind w:firstLine="708"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Учитель выполняет следующие должност</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ные обязанности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="616EB2F1" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...37 lines deleted...]
-    <w:p w14:paraId="18D5CA9F" w14:textId="59632A3B" w:rsidR="007C3A05" w:rsidRPr="00E8179D" w:rsidRDefault="00E8179D" w:rsidP="00E8179D">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>1. Создает оптимальные условия для организации учебно-воспитательного процесса в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>школе. Обеспечивает выполнении Закона о всеобщем среднем образовании.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ED3B2FF" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...55 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>2. Осуществляет обучение и воспитание обучающихся с учетом специфик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E8179D">
-[...21 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>преподаваемого предм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ета, проводит занятия в закрепленных за ним по распределению учебной нагрузки классах, обеспечивает во время занятий надлежащий порядок и дисциплину.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A86CC9C" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>3. Реализует применяемые в школе образовательные программы в соответствии с учебным планом, собственными п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>оурочными планами и расписанием занятий;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E8179D">
-[...63 lines deleted...]
-    <w:p w14:paraId="5CCAFA05" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> использует при этом разнообразные приемы, методы и средства обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30644CC6" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...34 lines deleted...]
-    <w:p w14:paraId="71E67DDC" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4. Обеспечивает уровень подготовки обучающихся, соответствующий требованиям государственного образовательного стандарта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E20214" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...25 lines deleted...]
-    <w:p w14:paraId="32775E47" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5. Вносит предложения п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>о совершенствованию  образовательного процесса, участвует в работе Педагогического совета  школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03766AF2" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...25 lines deleted...]
-    <w:p w14:paraId="28689F4A" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6. Выполняет правила и нормы охраны труда, техники безопасности и противопожарной защиты, обеспечивает охрану жизни и здоровья обучающихся в период образовате</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>льного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70F189CC" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="50B39706" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>7. Оперативно извещает руководство школы о каждом несчастном случае, принимает меры по оказанию первой доврачебной  помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D4046AD" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...25 lines deleted...]
-    <w:p w14:paraId="14B5A36A" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>8. Осуществляет контроль за соблюдением правил (инструкций) по охране труда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25E44686" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:numPr>
-[...3 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:left="426" w:hanging="426"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...23 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>9. Ведет в установленном порядке класс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ную документацию, осуществляет контроль посещаемости и успеваемости обучающихся, своевременно представляет администрации школы отчетные данные.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417236E8" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...262 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Соблюдает этические нормы поведения в школе, быту, общественных местах, соответствующие </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>общественному положению учителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55B12CE9" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20 часов, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0914BD31" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...28 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>квалификационные требования, предъявляемые к кандидату</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, утвержденные  Типовыми квалификационными характеристиками педагогов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BAAAC68" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. срок приема документов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46444">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с 14.03.2022 по 25.03.2022</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E46444">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="576F03ED" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
-[...221 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    <w:p w14:paraId="5DA5070B" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. перечень </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F0C152D" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1) заявление об участии в конкурсе с указанием перечня прилагаемых документов по форме согласно приложению 10 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D953392" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2) документ, удостоверяющий личность либо электронный документ из сервиса цифровых документов (для идентификации)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FE821CF" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>3) заполненный личный листок по учету кадров (с указанием адреса фактического места жительства и контактных телефонов – при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1765DDC4" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4) копии документов об образовании в соответствии с предъявляемыми к должности квалификационными требованиями, утвержден</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ными Типовы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> квалификационны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характеристик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F95A55" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5) копию документа, подтверждающую трудовую деятельность (при наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E0B3636" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6) справку о состоянии здоровья по форме, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан от 30 октября 2020 года № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>5)</w:t>
-[...290 lines deleted...]
-    <w:p w14:paraId="22ECC546" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+        <w:t>ҚР ДСМ-175/2020 «Об утверждении форм учетной документации в области здравоохранения» (зарегистрирован в Реестре государственной  регистрации  нормативных  правовых  актов  под № 21579);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F2B8C75" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>7) справку с психоневрологической</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B85259" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8) справку с наркологической организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3C0542" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9) сертификат Национального квалификационного тестирования (далее - НКТ) или удостоверение о наличии квалификационной категории педагога-модератора, педагога-эксперта, педагога-исследователя, педагога</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-мастера (при наличии); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FA2A885" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) заполненный Оценочный лист кандидата на вакантную или временно вакантную должность педагога по форме согласно приложению 11.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E27AD63" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+        <w:t>Приложение 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03339C37" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">           </w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Оценочный лист кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DFC9729" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                   (фамилия, имя, отчество (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9287" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="782"/>
         <w:gridCol w:w="3544"/>
         <w:gridCol w:w="4961"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C3A05" w14:paraId="36607659" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="6FFBA98B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="371"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7058D42F" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="0E3FEE0B" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AD11366" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="459BE700" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:firstLine="850"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Критерийлер</w:t>
+              <w:t>Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61E20180" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="08F9BE06" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Растау құжаты</w:t>
+              <w:t xml:space="preserve">Подтверждающий документ </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w14:paraId="2CCC047D" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="1A7A1F58" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="308"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DA90EEC" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="24A430A2" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="49AE3E5D" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="49EA897F" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Білім деңгейі</w:t>
+              <w:t>Уровень образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C9B4C54" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="45A9B463" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Білім туралы диплом</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w14:paraId="54CAAC52" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="0977EAB5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="29D4FE50" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="5A114397" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6B2D00CD" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="635AE2C7" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:ind w:left="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3884AC16" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="30BACDDA" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-              <w:t>Білім туралы диплом</w:t>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w14:paraId="1DF7C820" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="120745FF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="475"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7E41A7F1" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="5873D24E" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="37D4C6CE" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="6E57EF26" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:ind w:left="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Национальное</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="2"/>
+                <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Ұлттық біліктілік тестілеу</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>квалификационное тестирование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="78DBA938" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="3E7E6576" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Сертификат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w14:paraId="634731FB" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="089C36FD" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="45C533FD" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="3C151138" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1977,174 +1874,140 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39684BE0" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="0F42530F" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...4 lines deleted...]
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              <w:ind w:left="72"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Біліктілік/санат.</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Квалификация/Категория. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7133977B" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="7E792563" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...33 lines deleted...]
-              <w:t xml:space="preserve">басқа құжат </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Удостоверение, иной документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w14:paraId="0FB59751" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="77090E0B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="547"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3D556464" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="6BF62A4D" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2155,3180 +2018,2369 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FF933FC" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="5DC1B41F" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-              <w:t>калық қызмет өтілі</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Стаж педагогической деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="664C1459" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="6B27F5AE" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:color w:val="000000"/>
-[...15 lines deleted...]
-              <w:t xml:space="preserve">еңбек кітапшасы/еңбек қызметін алмастыратын құжат </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">трудовая книжка/документ, заменяющий </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w:rsidRPr="00E8179D" w14:paraId="55606AAD" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="69AC272B" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="529"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="447AB101" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="316CA353" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31E53E25" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="2FC26D36" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t>Әкімшілік және әдістемелік қызметтегі жұмыс тәжірибесі</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Опыт административной и методической деятельности </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="428DCF8F" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="50E48416" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-              <w:t>еңбек кітапшасы/еңбек қызметін алмастыратын құжат</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>трудовая книжка/документ, заменяющий трудовую деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w14:paraId="42B0B305" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="5D2FD86C" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="537"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EE964DB" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="0C677B09" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0ACF28FD" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="78E7B6A6" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Жұмысқа алғаш рет орналасқан     педагогтер үшін    </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Для педагогов, впервые поступающих на работу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4864161A" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="6C56E8DA" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение к диплому об образовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w14:paraId="4853F4BE" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="60458269" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1028"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FD09CEA" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="0F8E905D" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5120652B" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="6B44ED30" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Бұрынғы жұмыс орнынан ұсыныс хат (жұмыс істесе)  </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Рекомендательное письмо с предыдущего места работы (при осуществлении трудовой деятельности)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62D60A3F" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="4E4C4D7D" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">хат </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>письмо</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w14:paraId="00F100D5" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="06A35418" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1284"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="57E0FF67" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="65A8D35A" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6DB2FF36" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="18C12267" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Кәсіби жетістіктердің көрсеткіштері</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>Показатели профессиональных достижений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="06F5B0EF" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="445182D0" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="1A916D1C" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- дипломы, грамоты победителей олимпиад и конкурсов, научных проектов обучающихся;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="061444A6" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...21 lines deleted...]
-          <w:p w14:paraId="58138C0F" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- дипломы, грамоты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>победителей олимпиад и конкурсов учителя;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="529A5B09" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">- </w:t>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">мемлекеттік марапаттар </w:t>
+              <w:t>- государственная награда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w14:paraId="1476B127" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="6380741D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="393"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="38B995A4" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="42DDDECE" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="42AE7924" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="54B9669E" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Әдістемелік қызмет </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Методическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3A6A20BC" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
-[...5 lines deleted...]
-              </w:numPr>
+          <w:p w14:paraId="67A296CF" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
-[...62 lines deleted...]
-              <w:t xml:space="preserve"> мен басылымдары </w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-авторские работы и публикации</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w14:paraId="52BAC286" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="2159EE73" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="613"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2876EB61" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="51F37279" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7530A347" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="037B620E" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
-              <w:jc w:val="both"/>
+              <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...37 lines deleted...]
-              <w:t>қызмет</w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Общественно-педагогическая деятельность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="65F4E017" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="2F6D5B40" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...25 lines deleted...]
-          <w:p w14:paraId="7E45B196" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- лидерство</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11526784" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...22 lines deleted...]
-              <w:t xml:space="preserve">көптілділікті жүзеге асыру </w:t>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>- реализация полиязычия</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C3A05" w14:paraId="74FF584E" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="36036B9D" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="1790"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61C57268" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="121D6DCC" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:ind w:right="72" w:firstLine="202"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6EC2F6EA" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="0E09F18C" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
+              <w:ind w:left="72"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+                <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:spacing w:val="2"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Курс</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">тық дайындық </w:t>
+              <w:t>Курсовая подготовка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4961" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="2DA2BF"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="44" w:type="dxa"/>
               <w:left w:w="73" w:type="dxa"/>
               <w:bottom w:w="44" w:type="dxa"/>
               <w:right w:w="73" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="488767DE" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="2E843172" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>- пән бойынша дайындық сертификаттары;</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0DA8890B" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:kern w:val="24"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сертификаты предметной подготовки;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2069B4FD" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...15 lines deleted...]
-          <w:p w14:paraId="159E12DC" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- сертификат на цифровую грамотность, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="125107D5" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">КАЗТЕСТ, </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6C464DAC" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="49A63984" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">IELTS; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="601EB1D3" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="08F94D34" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">TOEFL; </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1498CCB0" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="5F138BF8" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>DELF;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44F13808" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="0BED9F42" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:spacing w:after="0" w:line="256" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="24"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t>Goethe Zertifikat, бағдарлама бойынша оқыту «Python</w:t>
-[...106 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">Goethe Zertifikat, обучение по программам «Основы программирования в Python», «Обучение работе с Microsoft» </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="02EB9A88" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="007C3A05">
+    <w:p w14:paraId="3C442833" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DC6EEEB" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="2393FFFE" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>риложение 11</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73C85E4C" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7FD069AC" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+        </w:rPr>
+        <w:t xml:space="preserve">Оценочный лист </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>кандидата на вакантную или временно вакантную должность педагога</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68D67AE6" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="7972D761" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                  (фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0735BBF9" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="auto"/>
         </w:pBdr>
-        <w:jc w:val="center"/>
-[...48 lines deleted...]
-        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a5"/>
+        <w:tblStyle w:val="a7"/>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="190"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="799"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3280"/>
+        <w:gridCol w:w="796"/>
+        <w:gridCol w:w="3309"/>
+        <w:gridCol w:w="2162"/>
+        <w:gridCol w:w="3304"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C3A05" w14:paraId="55A490F2" w14:textId="77777777">
+      <w:tr w:rsidR="00183F4C" w14:paraId="64AE1ED2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="817" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14D671C5" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="337900F2" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01D74EF6" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="44261450" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Критерийлер </w:t>
+              <w:t>критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BFCF647" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="03E61716" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Растау құжаты </w:t>
+              <w:t>подтверждающий документ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7280E380" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="00E8179D">
+          <w:p w14:paraId="2D104830" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">Балл саны (1-20) </w:t>
-[...424 lines deleted...]
-            <w:pPr>
+              <w:t>количество баллов</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t xml:space="preserve"> (от 1-20)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00183F4C" w14:paraId="0DC932CD" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E13FC6" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A584E79" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3355" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C91DAA3" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="007C3A05">
+          <w:p w14:paraId="78C72CA1" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Уровень образования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0810EE" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом об образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7E386E" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Техническое и профессиональное-1 балл;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01478FC2" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее очное-5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3162B701" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Высшее заочное/ дистанционное-2 балла;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33137DAD" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Диплом о высшем образованиии с отличием-7 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00183F4C" w14:paraId="1DA6E715" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AAE8F3D" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3355" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BA1887" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Ученая/академическая степень</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4BAA91" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Диплом об </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>образовании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34DB4701" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Магистр или специалист с высшим образованием-5 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B3FD265" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>PHD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> –доктор-10 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A774F26" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Доктор наук-10 баллов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E243235" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Кандидат наук-10 баллов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00183F4C" w14:paraId="38879CB8" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="817" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26FBE394" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2000" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="527D61EE" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="007C3A05">
+            <w:tcW w:w="3355" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28565B2A" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3369" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2F22D2AA" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="007C3A05">
+            <w:tcW w:w="2000" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F42F28" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C1BD4B" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0E863F77" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="007C3A05">
-[...13 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="45941AB5" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DD15FC1" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00E46444">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="00882561" w14:textId="77777777" w:rsidR="007C3A05" w:rsidRDefault="007C3A05">
+        </w:rPr>
+        <w:t xml:space="preserve">Отсутствие одного из документов, указанных в пункте 107 настоящих Правил, является основанием для возврата документов кандидату </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44534C53" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AA3E47E" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="007C3A05">
+    <w:p w14:paraId="0C819589" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6252617D" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D72E582" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0BDB71B0" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CA52F05" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6809DAF6" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D21EADA" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="793BA514" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0038E216" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2146162C" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18CD67F6" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B19FF4B" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F639931" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AF8C870" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="752E5025" w14:textId="77777777" w:rsidR="00183F4C" w:rsidRDefault="00183F4C">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00183F4C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:font w:name="Times New Roman">
-[...26 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:altName w:val="Tahoma"/>
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...626 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="007C3A05"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E8179D"/>
+    <w:rsidRoot w:val="00183F4C"/>
+    <w:rsid w:val="00183F4C"/>
+    <w:rsid w:val="00E46444"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1F26D231"/>
-  <w15:docId w15:val="{C4F620A4-F157-4326-A876-D09BB45C1417}"/>
+  <w14:docId w14:val="108CC1BF"/>
+  <w15:docId w15:val="{72EFC2B0-435A-45A5-BB47-20206AB900CF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="SimSun"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5697,105 +4749,132 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="a3">
-    <w:name w:val="Hyperlink"/>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="a"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:color w:val="0563C1"/>
-      <w:u w:val="single"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="1">
-[...18 lines deleted...]
-  <w:style w:type="table" w:styleId="a5">
+  <w:style w:type="table" w:styleId="a7">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:school_34@list.ru" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -6043,51 +5122,52 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5057</Characters>
+  <Pages>1</Pages>
+  <Words>903</Words>
+  <Characters>5151</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>42</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5933</CharactersWithSpaces>
+  <CharactersWithSpaces>6042</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>34 школа</dc:creator>
+  <dc:creator>Uchitel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>