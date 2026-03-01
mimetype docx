--- v0 (2025-12-06)
+++ v1 (2026-03-01)
@@ -1,18914 +1,2048 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00E95A53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КОНКУРС ӨТКІЗУ ТУРАЛЫ ХАБАРЛАНДЫРУ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>БОС ОРЫНДАРҒА ЖӘНЕ УАҚЫТША БОС</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ОРЫНДАРҒА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПЕДАГОГИКАЛЫҚ ҚЫЗМЕТКЕРЛЕРДІҢ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD1C69" w:rsidRPr="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="00DD1C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Павлодар облысының білім беру басқармасы, Павлодар қаласы білім беру бөлімінің «Павлодар қаласының № 2 сәбилер бақшасы» КМҚК бос орындарға және уақытша бос орындарға конкурс өткізу туралы жариялайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD1C69" w:rsidRPr="00A4485E" w:rsidRDefault="00DD1C69" w:rsidP="00DD1C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a3"/>
+        <w:tblW w:w="10796" w:type="dxa"/>
+        <w:tblInd w:w="-885" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="563"/>
+        <w:gridCol w:w="1747"/>
+        <w:gridCol w:w="2551"/>
+        <w:gridCol w:w="1014"/>
+        <w:gridCol w:w="1918"/>
+        <w:gridCol w:w="3003"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidTr="00B96325">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>бос лауазым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>жүктеме көлемі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1014" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>оқыту тілі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1918" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>сәбилер бақшасының</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мекенжайы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3003" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>байланыс</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>телефондары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>электрондық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>мекенжайлары</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidTr="00B96325">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="563" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1747" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>музыкалық жетекшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1,5 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>мөлшерлемесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1014" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>орыс, қазақ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1918" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Павлодар қаласы, </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD1C69" w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Камзина 360/1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3003" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00DD1C69" w:rsidRPr="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8(7182)-57-82-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="00DD1C69">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>email</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ys_2@mail.ru</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00FF06CF" w:rsidP="00FF06CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F22C68" w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа педагогтердің үлгілік біліктілік сипаттамаларына сәйкес келетін және бекітілген тізбеге сәйкес құжаттарды ұсынған педагогтер қатыса алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00FF06CF" w:rsidP="00FF06CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F22C68" w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Біліктілік талаптарымен және конкурсқа қатысу үшін қажетті құжаттар тізбесімен сіз білім беру ұйымының сайтында таныса аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00FF06CF" w:rsidP="00FF06CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00F22C68" w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Конкурсқа қатысуға құжаттарды қабылдау конкурс өткізу туралы хабарландыру жарияланған соңғы күннен бастап жеті жұмыс күні ішінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DD1C69" w:rsidRPr="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="00FF06CF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2022 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1C69" w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00A7739A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1C69" w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәуірден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1C69" w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәуір аралығында  құжаттарды қабылдау мерзімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRPr="00DD1C69" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRDefault="00F22C68" w:rsidP="00DD1C69">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRDefault="00F22C68" w:rsidP="00E95A53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRDefault="00F22C68" w:rsidP="00E95A53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRDefault="00F22C68" w:rsidP="00E95A53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRDefault="00F22C68" w:rsidP="00E95A53">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...18 lines deleted...]
-        <w:t>КГКП « Ясли – сад  №2 города Павлодара» образования города Павлодара, управления образования Павлодарской области объявляет конкурс на вакантные и временно вакантные места:</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRDefault="00F22C68" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRDefault="00F22C68" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRDefault="00F22C68" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRDefault="00F22C68" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F22C68" w:rsidRDefault="00F22C68" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E95A53" w:rsidRDefault="00E95A53" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ОБЪЯВЛЕНИЕ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E95A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О ПРОВЕДЕНИИ КОНКУРСА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E91AC6" w:rsidRDefault="00E95A53" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E95A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> НА ВАКАНТНЫЕ </w:t>
+      </w:r>
+      <w:r w:rsidR="00467D70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">И ВРЕМЕННО ВАКАНТНЫЕ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E95A53">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>МЕСТА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB4994" w:rsidRDefault="00E91AC6" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ПЕДАГОГИЧЕСК</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Х РАБОТНИКОВ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F42DDE" w:rsidRDefault="00F42DDE" w:rsidP="00E95A53">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E95A53" w:rsidRDefault="005F249A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГКП « Ясли – сад  №2</w:t>
+      </w:r>
+      <w:r w:rsidR="002B31B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> города Павлодара» образования города Павлодара, управления образования Павлодарской области о</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3B30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бъявляет конкурс на вакантные </w:t>
+      </w:r>
+      <w:r w:rsidR="00467D70">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и временно вакантные </w:t>
+      </w:r>
+      <w:r w:rsidR="002B31B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>места:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a9"/>
+        <w:tblStyle w:val="a3"/>
         <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="-601" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="639"/>
         <w:gridCol w:w="1676"/>
         <w:gridCol w:w="1520"/>
         <w:gridCol w:w="1527"/>
         <w:gridCol w:w="1807"/>
         <w:gridCol w:w="3003"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0024415D">
+      <w:tr w:rsidR="00303160" w:rsidRPr="00303160" w:rsidTr="00D720D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Вакантная должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Объем нагрузки</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1527" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Язык обучения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1807" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-              <w:t>Адрес детского сада</w:t>
+            <w:r w:rsidRPr="00303160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адрес </w:t>
+            </w:r>
+            <w:r w:rsidR="0002193D">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>детского сада</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="002B31B4" w:rsidRPr="00303160" w:rsidRDefault="002B31B4" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Контакты, электронный адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidTr="0024415D">
+      <w:tr w:rsidR="00DD1C69" w:rsidRPr="005F249A" w:rsidTr="00D720D2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="639" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="00DD1C69" w:rsidRPr="00303160" w:rsidRDefault="00DD1C69" w:rsidP="002B31B4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r w:rsidRPr="00303160">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1676" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="00DD1C69" w:rsidRPr="00303160" w:rsidRDefault="00DD1C69" w:rsidP="00303160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Музыкальный руководитель</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1520" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="00DD1C69" w:rsidRPr="00303160" w:rsidRDefault="00DD1C69" w:rsidP="00303160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...5 lines deleted...]
-              <w:t>1,5 ставка</w:t>
+            <w:r w:rsidRPr="00303160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00303160">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ставка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1527" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="007C30E7" w:rsidP="00682727">
+          <w:p w:rsidR="00DD1C69" w:rsidRPr="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="00303160">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>р</w:t>
             </w:r>
-            <w:r w:rsidR="0024415D" w:rsidRPr="00626354">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>усский</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>, казахский</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1807" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="002D3DB4">
+          <w:p w:rsidR="00DD1C69" w:rsidRPr="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="00DD1C69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">г. Павлодар, </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00626354">
+              <w:t xml:space="preserve">г. Павлодар, ул. </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...33 lines deleted...]
-              <w:t xml:space="preserve"> 360/1</w:t>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>Камзина 360/1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3003" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="0024415D" w:rsidRDefault="0024415D" w:rsidP="00682727">
+          <w:p w:rsidR="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="002D6147">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>8(7182)-57-82-22</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00DD1C69" w:rsidRPr="00DD1C69" w:rsidRDefault="00DD1C69" w:rsidP="002D6147">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-              </w:rPr>
-[...9 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00626354">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>email</w:t>
             </w:r>
-            <w:r w:rsidRPr="00626354">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidR="002D3DB4">
-              <w:t xml:space="preserve"> ys_2@mail.ru</w:t>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD1C69">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>ys_2@mail.ru</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w:rsidR="002B31B4" w:rsidRPr="00044301" w:rsidRDefault="002B31B4">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00044301" w:rsidRPr="00044301" w:rsidRDefault="00044301" w:rsidP="00044301">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044301">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>В конкурсе могут участвовать педагоги, соответствующие Типовым квалификационным характеристикам педагогов и предоставившие документы согласно утвержденному перечню.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00F42DDE" w:rsidRDefault="00F42DDE" w:rsidP="00044301">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044301">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С квалификационными  требованиями и перечнем  необходимых документов для участия в конкурсе вы можете ознакомиться на сайте организации образования.</w:t>
+      </w:r>
+      <w:r w:rsidR="0067331F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006252D8" w:rsidRPr="006252D8" w:rsidRDefault="006252D8" w:rsidP="006252D8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...7 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006252D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Прием документов на участие в конкурсе производится в течение семи рабочих дней со дня последней даты опубликования объявления о проведении конкурса. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidRDefault="0024415D" w:rsidP="0024415D">
+    <w:p w:rsidR="00155CFE" w:rsidRDefault="00C02905" w:rsidP="006252D8">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Срок приема документов с </w:t>
       </w:r>
-      <w:r w:rsidR="002D3DB4">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">01 апреля </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> по </w:t>
       </w:r>
-      <w:r w:rsidR="002D3DB4">
-[...168 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidR="00DD1C69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> апреля </w:t>
+      </w:r>
+      <w:r w:rsidR="006252D8" w:rsidRPr="006252D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2022 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155CFE" w:rsidRDefault="00155CFE" w:rsidP="00155CFE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006252D8" w:rsidRDefault="00155CFE" w:rsidP="00155CFE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Ясли-сад</w:t>
-[...2797 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155CFE" w:rsidRDefault="00155CFE" w:rsidP="00155CFE">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="9981"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="45" w:line="271" w:lineRule="auto"/>
-[...142 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155CFE" w:rsidRDefault="00155CFE" w:rsidP="00155CFE">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="10097"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="4"/>
-[...28 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155CFE" w:rsidRDefault="00155CFE" w:rsidP="00155CFE">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="10097"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="4"/>
-[...578 lines deleted...]
-        <w:pStyle w:val="a7"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155CFE" w:rsidRDefault="00155CFE" w:rsidP="00155CFE">
+      <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="10097"/>
+          <w:tab w:val="left" w:pos="1560"/>
         </w:tabs>
-        <w:spacing w:before="4"/>
-[...14022 lines deleted...]
-    <w:sectPr w:rsidR="0024415D" w:rsidRPr="00626354" w:rsidSect="005B5D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155CFE" w:rsidRPr="00155CFE" w:rsidRDefault="00155CFE" w:rsidP="00155CFE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00155CFE" w:rsidRPr="00155CFE" w:rsidSect="00FB4994">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="709" w:right="566" w:bottom="851" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Times New Roman">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Century Gothic">
-    <w:panose1 w:val="020B0502020202020204"/>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-[...348 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="75"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0024415D"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00D571CF"/>
+    <w:rsidRoot w:val="00E95A53"/>
+    <w:rsid w:val="0002193D"/>
+    <w:rsid w:val="00044301"/>
+    <w:rsid w:val="00051EE7"/>
+    <w:rsid w:val="000829AC"/>
+    <w:rsid w:val="000C2F05"/>
+    <w:rsid w:val="000D0765"/>
+    <w:rsid w:val="000F1C47"/>
+    <w:rsid w:val="00155CFE"/>
+    <w:rsid w:val="001C757F"/>
+    <w:rsid w:val="0023732D"/>
+    <w:rsid w:val="002B31B4"/>
+    <w:rsid w:val="00303160"/>
+    <w:rsid w:val="003F3B73"/>
+    <w:rsid w:val="00423D4C"/>
+    <w:rsid w:val="00467D70"/>
+    <w:rsid w:val="004D3B30"/>
+    <w:rsid w:val="00511486"/>
+    <w:rsid w:val="005D3D5F"/>
+    <w:rsid w:val="005F249A"/>
+    <w:rsid w:val="006252D8"/>
+    <w:rsid w:val="0067331F"/>
+    <w:rsid w:val="007835C5"/>
+    <w:rsid w:val="008B1DD9"/>
+    <w:rsid w:val="008D3350"/>
+    <w:rsid w:val="009F52DB"/>
+    <w:rsid w:val="00A7739A"/>
+    <w:rsid w:val="00AD02F2"/>
+    <w:rsid w:val="00B32EE3"/>
+    <w:rsid w:val="00C02905"/>
+    <w:rsid w:val="00C60A68"/>
+    <w:rsid w:val="00C84DD0"/>
+    <w:rsid w:val="00CA3098"/>
+    <w:rsid w:val="00D4791D"/>
+    <w:rsid w:val="00D720D2"/>
+    <w:rsid w:val="00DD1C69"/>
+    <w:rsid w:val="00E85BB9"/>
+    <w:rsid w:val="00E91AC6"/>
+    <w:rsid w:val="00E95A53"/>
+    <w:rsid w:val="00EE39B3"/>
+    <w:rsid w:val="00F22C68"/>
+    <w:rsid w:val="00F3583E"/>
+    <w:rsid w:val="00F42DDE"/>
+    <w:rsid w:val="00F77389"/>
+    <w:rsid w:val="00FB4994"/>
+    <w:rsid w:val="00FE7EF5"/>
+    <w:rsid w:val="00FF06CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1039"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Body Text" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
@@ -18984,244 +2118,115 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0024415D"/>
+    <w:rsid w:val="00FB4994"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...52 lines deleted...]
-    <w:rsid w:val="0024415D"/>
+  <w:style w:type="table" w:styleId="a3">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="002B31B4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...89 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00303160"/>
+    <w:rPr>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
@@ -19375,55 +2380,57 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://adilet.zan.kz/rus/docs/V2000021579" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -19669,55 +2676,67 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>14939</Characters>
+  <Pages>2</Pages>
+  <Words>312</Words>
+  <Characters>1781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>35</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17524</CharactersWithSpaces>
+  <CharactersWithSpaces>2089</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>ПК 56 - 4</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>