--- v0 (2025-12-16)
+++ v1 (2025-12-19)
@@ -1,22403 +1,21828 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w14:paraId="e6ce3bb" w14:textId="e6ce3bb">
-[...17 lines deleted...]
-      <w:r>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="0" name="" descr=""/>
+            <wp:docPr id="1" name=""/>
             <wp:cNvGraphicFramePr>
-              <a:graphicFrameLocks noChangeAspect="true"/>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
-            <a:graphic>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
-                <pic:pic>
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3"/>
+                    <a:blip r:embed="rId4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r>
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...47 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Казахстан от 18 марта 2008 года № 125. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Зарегистрирован в Министерстве юстиции Республики Казахстан 21 апреля 2008 года № 5191.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Сноска. Заголовок в редакции приказа Министра образования и науки РК от 25.09.2018 № 494 (вводится в действие по истечени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с подпунктом 19 статьи 5 Закона Республики Казахстан от 27 июля 2007 года "Об образовании" </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Утвердить прилагаемые:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) Типовые прави</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ла проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования, согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1 к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Типовые правила проведения текущего контроля успеваемости, промежуточной итоговой аттестации обучающихся в организациях технического и профессионального, послесреднего образования, согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2 к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) исключен приказом Министра образования и науки РК от 25.09.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>№ 494</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">Қолданушылардың назарына!!! </w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Пункт 1 в редакции приказа Министра образования и науки</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> РК от 04.04.2012 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 142</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); внесены изменения на казахском языке, текст на русском языке не меняется приказом Министра образования и науки РК от 30.01.2017</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 25.09.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 494</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...418 lines deleted...]
-    <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">епартаменту высшего и послевузовского образования (Омирбаеву С.М.): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z7"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) обеспечить в установленном порядке государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z8"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) после прохождения государственной регистра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ции опубликовать настоящий приказ в средствах массовой информации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z9"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Признать утратившим силу приказ Министра образования и науки Республики Казахстан от 7 сентября 2006 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 481 "Об утверждении Правил проведения текущего контроля успеваемости, п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ромежуточной и итоговой государственной аттестации обучающихся в организациях образования" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4394). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z10"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Контроль за исполнением настоящего приказа возложить на в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ице-министра Шамшидинову К.Н. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z11"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня их первого официального опубликования. </w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="2926"/>
+        <w:gridCol w:w="6851"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="3590" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="8710" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...1 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...27 lines deleted...]
-</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ж. Туймебаев</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5989"/>
+        <w:gridCol w:w="3788"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="007340B5" w:rsidRPr="00FE621F">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-              <w:t>Қазақстан Республикасы</w:t>
+            <w:r w:rsidRPr="00FE621F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE621F">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FE621F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к приказу Министра образования</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE621F">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FE621F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и науки Республики </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE621F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00FE621F">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00FE621F">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 18 марта 2008 года № 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+    </w:tbl>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Правый верхний угол в редакции приказа Министра образования и науки РК от 25.09.2018 № 494 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z12"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>иповые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализующих общеобразовательные учебные программы начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноск</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а. Типовые правила в редакции приказа Министра образования и науки РК от 06.06.2017 № 265 (порядок введения в действие см. п.4); с изменением, внесенным приказом Министра образования и науки РК от 14.06.2018 № 272 (вводится в действие по истечении десяти к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алендарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z407"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z408"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Настоящие Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях образования, реализую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>щих общеобразовательные учебные программы начального, основного среднего, общего среднего образования  (далее - Правила) разработаны в соответствии с подпунктом 19) статьи 5  Закона Республики Казахстан от 27 июля 2007 года "Об образовании" и определяют по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рядок проведения текущего контроля успеваемости, промежуточной и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>итоговой аттестации обучающихся, независимо от форм собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z409"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. В настоящих Правилах используются следующие определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z1079"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) оценивание – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>процесс соотнесения реально достигнутых обучающимися результатов обучения с ожидаемыми результатами обучения на основе выработанных критериев;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z1080"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) критерии оценивания – признаки, на основании которых производится оценка учебных достижений обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z1081"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) текущий контроль успеваемости обучающихся – это систематическая проверка знаний обучающихся, проводимая педагогом на текущих занятиях, в соответствии с общеобразовательной учебной программой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z1082"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) промежуточная аттестация обучающихся – процед</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ура, проводимая с целью оценки качества освоения обучающимися содержания части или всего объема одной учебной дисциплины после завершения ее изучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z1083"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) итоговая аттестация обучающихся – процедура, проводимая с целью определения степени освоения обу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>чающимися объема учебных дисциплин, предусмотренных государственным общеобязательным стандартом соответствующего уровня образования, утвержденным</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказом Министра образования и науки Республики Казахстан от 31 октября 2018 года №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>604 (зарегистрирован в Ре</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>естре государственной регистрации нормативных правовых актов под № 17669)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее - ГОСО);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z1084"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) суммативное оценивание – вид оценивания, которое проводится по завершении определенного учебного периода (четверть, учебный год), а также изучения разделов (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>сквозных тем) в соответствии с учебной программой;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z1085"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) модерация – процесс обсуждения работ обучающихся по суммативному оцениванию за четверть с целью стандартизации выставления баллов для обеспечения объективности и прозрачности оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z1086"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ожидаемые результаты обучения – совокупность компетенций, выражающих, что именно обучающийся будет знать, понимать, демонстрировать по завершении процесса обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z1087"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) формативное оценивание – вид оценивания, которое проводится в ходе повседневной ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>боты в классе, является текущим показателем успеваемости обучающихся, обеспечивает оперативную взаимосвязь между обучающимся и учителем в ходе обучения, обратную связь между учеником и педагогом и позволяет совершенствовать образовательный процесс.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">носка. Пункт 2 - в редакции приказа Министра образования и науки РК от 28.08.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 373</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z419"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 2. Порядок проведения текущего контроля успеваемости, промежуточной аттестации обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Глава 2 исключена приказом Министра образования и науки РК от 21.10.2020 № 453 (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z434"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 3. Порядок проведения текущего контроля успеваемости обучающихся по обновленному содер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>жанию среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z435"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. Оценка учебных достижений обучающихся осуществляется в форме формативного и суммативного оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z436"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Формативное оценивание, в том числе домашней работы, проводится для мониторинга достижений обучающимися целе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>й обучения и дальнейшего выстраивания дифференцированной работы на уроке и осуществляется через рекомендации педагога в письменной форме (в тетрадях или дневниках) или устно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случаях ограничительных мер соответствующих государственных органов, в то</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">м числе карантина, чрезвычайных ситуаций социального, природного и техногенного характера учебные достижения обучающихся оцениваются формативно с выставлением баллов. Оценивание учебных достижений обучающихся 2-11 (12) классов осуществляется в пределах от </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>одного до 10 баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 13 - в редакции приказа Министра образования и науки РК от 21.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 453</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z895"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13-1. При формативном оценивании на уроке учитель осуществляет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обратную связь. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог самостоятельно определяет количество обучающихся, форму и частоту предоставления обратной связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Типовые правила дополнены пунктом 13-1 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ввод</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фициального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z896"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13-2. Результаты формативного оценивания не требуют распечатывания и дальнейшего хранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Предоставление результатов формативного оценивания осуществляется в выполненных работах обучающихся и/или в электронных журн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>алах через комментарии учителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Типовые правила дополнены пунктом 13-2 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">публикования); в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z437"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>14. Текущий контроль успеваемости обучающихся проводит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ся педагогами в форме суммативного оценивания для определения и фиксирования уровня усвоения содержания учебного материала по завершении изучения разделов (сквозных тем), четверти.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случаях ограничительных мер соответствующих государственных органов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в том числе карантина, чрезвычайных ситуаций социального, природного и техногенного характера и при обучении в дистанционной форме суммативное оценивание проводится во 2-11 (12) классах. При этом по всем предметам проводится не более одного суммативного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оценивания за раздел/сквозную тему (далее – СОР).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В 1-ом классе учебные достижения обучающихся не оцениваются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 14 - в редакции приказа Министра образования и науки РК от 28.08.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 373</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого офи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>циального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z897"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14-1. По результатам формативного оценивания, СОР и суммативного оценивания за четверть (далее – СОЧ) обучающимся выставляются баллы, которые учитываются при оценивании учебных достижений за четверть.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Типовые </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">правила дополнены пунктом 14-1 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и науки РК от 28.08.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 373</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z898"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14-2. Форма (контрольная, практическая или творческая работа, проект, эссе), урок проведения СОР и время на выполнение СОР устанавливаются педагогом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Максимальный балл за СОР должен составлять не менее 7 и не более 15 баллов в 1-4 классах, не менее 7 и не более 20 баллов в 5-11(12) классах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Типовые правила дополнены пунктом 14-2 в соответствии с приказом Министра обр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа и.о. Министра образования и науки РК от 28.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z899"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14-3. При выставлении итогового балла за СОР и суммативные работы за четверть (далее - СОЧ) не учитываются помарки, а также качество оформления условий учебных заданий и задач.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Сноска. Типовые правила дополнены пунктом 14-3 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z900"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-4. При учебной нагрузке 1 час в неделю СОР проводится не более двух раз в четверти с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>объединением разделов, итоговая оценка выставляется за полугодие.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Типовые правила дополнены пунктом 14-4 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сле дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z901"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14-5. СОР проводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не более трех раз в четверти. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Разделы/сквозные темы объединяются с учетом специфики тем и количества целей обучения при изучении четырех и более разделов/сквозных тем в четверти. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Разрешается его проведение в два этапа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Типовые правила дополн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ены пунктом 14-5 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z902"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      14-6. Допускается проведение СОЧ не более трех в один день с учетом уровня сложности учебных предметов. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">СОЧ не проводятся </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>в последний день завершения четверти. Одновременно СОР и СОЧ по одному учебному предмету не проводятся в один день.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Типовые правила дополнены пунктом 14-6 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его пер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z903"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14-7. При оценивании обучающихся на дому учитель разрабатывает дифференцированные и/или индивидуальные задания с учетом учебной нагрузки обучающегося на дому и изученного им учебного материала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Типовые</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правила дополнены пунктом 14-7 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z904"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14-8. При оценивании обучающихс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я с особыми образовательными потребностями учитель использует дифференцированные и/или индивидуальные задания, а также вносит изменения в критерии оценивания с учетом особенностей обучающегося, в том числе при реализации индивидуальных учебных программ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    Сноска. Типовые правила дополнены пунктом 14-8 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z1074"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14-9. В условиях карантина, чрезвычайных ситуаций социального, природного и техногенного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характера по предметам с учебной нагрузкой в два и более часов в неделю за четверть проводится один СОР, в конце четверти СОЧ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Типовые правила дополнены пунктом 14-9 в соответствии с приказом Министра образования и науки РК от 17.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>49</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">действие со дня официального опубликования); в редакции приказа и.о. Министра образования и науки РК от 28.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z438"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>15. По предметам "Самопознание", "Художестве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нный труд", "Музыка", "Физическая культура", "Основы предпринимательства и бизнеса", "Графика и проектирование", "Начальная военная и технологическая подготовка", "Общество и религия", "Информационно-коммуникационные технологии" в начальной школе суммативн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ое оценивание не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В конце четверти/полугодия и учебного года по предметам "Физическая культура", "Основы предпринимательства и бизнеса", "Графика и проектирование", "Начальная военная и технологическая подготовка", "Самопознание", "Художес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>твенный труд", "Музыка", "Общество и религия", "Информационно-коммуникационные технологии" в начальной школе выставляется "зачет" ("незачет").</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 15 в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z1039"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      15-1. В 10-11-х классах при выборе предметов углубленного и стандартного уровня инвариантного компонента по данным предметам проводится суммативное оценивание,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кроме учебных предметов "Основы предпринимательства и бизнеса", "Графика и проектирование".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>По учебным предметам 10-11-го класса, выбранных за счет часов вариативного компонента, суммативное оценивание не проводится, в конце учебного года выставляет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ся "зачет" ("незачет").</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Правила дополнены пунктом 15-1 в соответствии с приказом Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z1040"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      15-2. В случае выбора Типовых учебных планов с сокращенной учебной нагрузкой количество СОР проводится согласно пунктам 14-4.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>По учебным предметам 7-9 классов выбранного за счет вариативного компонента (предметы по выбору из инвариантного комп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>онента) суммативное оценивание не проводится, в конце учебного года выставляется "зачет" ("незачет").</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Правила дополнены пунктом 15-2 в соответствии с приказом Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z439"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>16. Задания суммативного оценивания выполняются обучающимися и содержат пройденный ими материал в соответствии с Типовыми учебными програм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>мами по общеобразовательным предметам, утвержденными приказом Министра образования и науки Республики Казахстан от 3 апреля 2013 года № 115 "Об утверждении типовых учебных программ по общеобразовательным предметам, курсам по выбору и факультативам для обще</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательных организаций" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 8424).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z440"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Задания формативного и суммативного оценивания составляются педагогами самостоятельно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z441"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 18. Суммативное оценив</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ание по языковым предметам проводится по четырем видам речевой деятельности (аудирование (слушание), говорение, чтение, письмо). Оценивание навыков аудирования (слушания) и говорения проводится на уроках в течение недели, на которую запланировано проведени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е суммативного оценивания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z442"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 19. В случае возникновения спорных вопросов для обеспечения объективности оценивания результатов обучения, обучающихся по учебным предметам, по которым СОЧ проводится в письменной форме и/или по решению педагогического сов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ета педагогами проводится модерация в сроки не позднее одного дня до выставления оценок за СОЧ. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случаях проведения модерации суммативные работы обучающихся за четверть, баллы которых подлежат изменению, перепроверяются. Балл за суммативную работу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за четверть по итогам модерации изменяется как в сторону увеличения, так и в сторону уменьшения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 19 - в редакции приказа Министра образования и науки РК от 28.08.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 373</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ния).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z444"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Обучающиеся, отсутствовавшие в день проведения суммативного оценивания по объективным причинам (по состоянию здоровья, в случае смерти близких родственников, в связи с участием в соревнованиях, конференциях, олимпиадах и конкурсах научных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проектов всех уровней, в связи с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>неблагоприятными метеоусловиями), проходят суммативное оценивание по индивидуальному графику.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случаях несдачи суммативной работы до окончания текущей четверти/полугодия обучающемуся выставляется в электронном журнал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е отметка "Временно не аттестован" до получения положительной оценки суммативной работы. По итогам сдачи суммативной работы выставляется четвертная/полугодовая оценка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Сноска. Пункт 20 - в редакции приказа Министра образования и науки РК от 28.08.202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">0 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 373</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z1075"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-1. В случаях карантина, чрезвычайных ситуаций социального, природного и техногенного характера СОР и СОЧ организуется путем дистанционного обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20-1 - в редакции приказа Министра образования и науки РК от 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z445"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>21. При отсутствии результатов суммативного оценивания за раз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дел (сквозную тему) и четверть обучающийся является временно не аттестованным. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z446"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 22. Суммативные работы, обучающихся за текущий учебный год хранятся в школе до конца данного учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 22 - в редакции приказа Министра образования и науки РК от 28.08.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 373</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z447"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>23. Результаты суммативного оценивания обучающихся в виде баллов выставляются в жур</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нал (бумажный/электронный) и переводятся в четвертную и годовую оценки по шкале перевода баллов согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 в редакции приказа Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z448"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>24. Информация по итогам суммативного оценивания предоставляется обучающимся, родителям или законным представителям ребенка в бумажном или электронном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 24 в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z450"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>25. Четвертная оценка выставляется на основании р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>езультатов формативного оценивания, СОР и СОЧ в процентном соотношении 50% на 50%.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При учебной нагрузке 1 час в неделю оценка за полугодие выставляется по результатам формативного оценивания и СОР.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случаях ограничительных мер соответствующих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>государственных органов, в том числе карантина, чрезвычайных ситуаций социального, природного и техногенного характера четвертная оценка выставляется с учетом формативного оценивания, результатов одного СОР и СОЧ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Пункт 25 - в редакции приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а Министра образования и науки РК от 21.10.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 453</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z451"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>26. В 1 классе годовая оценка не выставляется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающиеся 1 класса не оставляются на повторный год обучения, за исключе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нием обучающихся, которым рекомендован повторный год обучения на основании заключения психолого-медико-педагогической консультации по согласованию с родителями или законными представителями ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Пункт 26 - в редакции приказа Министра обра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зования и науки РК от 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z453"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>27. Годовая оценка по учебным предметам обучающимся 2-11 (12) классов выставляется как среднее арифметическое значение суммы четвертных оцено</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к с округлением к ближайшему целому, и является итоговой оценкой.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Промежуточная аттестация по итогам учебного года не проводится.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 27 в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по ис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>течении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z455"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>28. Для обучающихся 2-8 (9) и 10 (11) классов, имеющих годовую оценку "2" по одному или двум предметам, организуется суммативное оценивание за учебный год, включающее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> содержание материала за учебный год, которое проводится согласно графику, составленному школой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z24"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Итоговая оценка выставляется как среднее арифметическое значение годовой оценки и оценки за суммативное оценивание за учебный год с округлением к ближай</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шему целому. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z25"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающиеся 2-8 (9) и 10 (11) классов, имеющие годовую оценку "2" по трем и более предметам, оставляются на повторный год обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При получении оценок "3", "4", "5" обучающиеся 2-8 (9) и 10 (11) классов переводятся в следующий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>класс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 28 в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z458"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>29. Обучающиеся 2-8 (9) и 10 (11) клас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сов, повторно получившие оценку "2", по одному или двум учебным предметам, подлежат дополнительному суммативному оцениванию за учебный год по данным предметам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Итоговая оценка выставляется как среднее арифметическое значение годовой оценки и оценки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>за дополнительное суммативное оценивание с округлением к ближайшему целому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Дополнительное суммативное оценивание проводится до начала нового учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае получения за дополнительное суммативное оценивание оценки "2" обучающиеся оста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вляются на повторное обучение.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 29 в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z461"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>30. Пересмотр ч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>етвертных, годовых и итоговых оценок не допускается.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z462"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. При переводе обучающегося из одной школы в другую в течение учебного года результаты его суммативного оценивания оформляются выпиской из электронного (бумажного) журнала, заверяются подписью д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">иректора, печатью школы и выдаются вместе с личным делом обучающегося. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае перевода, обучающегося из школы, где ранее не изучался какой-либо предмет, в графу "Оценка за четверть" вносится "Не изучался". Годовая оценка по учебному предмету </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающемуся выставляется как среднее арифметическое значение суммы четвертных оценок, полученных далее в текущем учебном году при изучении данного предмета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 31 - в редакции приказа Министра образования и науки РК от 28.08.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 373</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>водится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32. Исключен приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z464"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок проведения итоговой аттестации обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z465"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Освоение общеобразовательных учебных программ основного среднего, общего среднего образования завершается обязательной итоговой аттестацией обучающихся и проводится в форме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z466"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) ит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оговых выпускных экзаменов для обучающихся 9 (10) класса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z467"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) государственных выпускных экзаменов для обучающихся 11 (12) класса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z468"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. Итоговая аттестация обучающихся 1-8 (9), 10 (11) классов не предусмотрена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z469"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35. К итоговой аттестации допу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>скаются обучающиеся 9 (10), 11 (12) классов, освоившие типовые общеобразовательные учебные программы в соответствии с требованиями ГОСО.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z470"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. Обучающиеся 9 (10) класса, освоившие общеобразовательные учебные программы основного среднего образования, сд</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ают четыре экзамена, один из них по выбору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z471"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37. Итоговая аттестация для обучающихся 9 (10) класса проводится в следующих формах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) письменного экзамена по казахскому языку /русскому языку и родному языку для школ с уйгурским/таджикским/узбекск</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>им языком обучения (язык обучения) в форме эссе, для обучающихся школ с углубленным изучением предметов гуманитарного цикла – письменной работы (статья, рассказ, эссе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) письменного экзамена по математике (алгебре); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) письменного экзамена </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>по казахскому языку и литературе в классах с русским/ узбекским/ уйгурским/ таджикским языком обучения и письменного экзамена по русскому языку и литературе в классах с казахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) письменного экзамена по предмету по выбору (Физика,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Химия, Биология, География, Геометрия, История Казахстана, Всемирная история, Литература (по языку обучения), Иностранный язык (английский/ французский/немецкий), Информатика).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Пункт 37 - в редакции приказа Министра образования и науки РК от</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28.08.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 373</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z476"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>38. Обучающиеся 11 (12) класса, освоившие общеобразовательные учебные программы общего среднего образования, сдают итоговую аттестацию в виде пяти экзаменов, один</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из них по выбору.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z477"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39. Итоговая аттестация для обучающихся 11 (12) класса проводится в следующих формах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) письменного экзамена по казахскому языку /русскому языку и родному языку для школ с уйгурским/ таджикским/ узбекским языком обучения (яз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ык обучения) в форме эссе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) письменного экзамена по алгебре и началам анализа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) тестирования по истории Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) тестирования по казахскому языку в школах с русским/ узбекским/ уйгурским / таджикским языком обучения и тестирован</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ия по русскому языку в школах с казахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) тестирования по предмету по выбору (Физика, Химия, Биология, География, Геометрия, Всемирная история, Основы права, Литература, Иностранный язык (английский/французский/немецкий), Информат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ика).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 39 - в редакции приказа Министра образования и науки РК от 28.08.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 373</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z905"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      39-1. Итоговая аттестация для обучающихся 11 класса специализированных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>музыкальных школ-интернатов проводится в форме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z906"/>
+      <w:bookmarkEnd w:id="71"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) письменного экзамена по родному языку и литературе (язык обучения) в форме эссе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z907"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) письменного экзамена по алгебре и началам анализа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Типовые правила дополнены пунктом 39-1 в соо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тветствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z908"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      39-2. Итоговая аттестация для обучающихся 12 класса специализированн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ых музыкальных школ-интернатов проводится в форме:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) тестирования по истории Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) тестирования по казахскому языку в школах с русским языком обучения и тестирования по русскому языку в школах с казахским языком обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тестирования по предмету по выбору обучающегося (физика, химия, биология, география, геометрия, всемирная история, основы права, литература, иностранный язык (английский, французский, немецкий), информатика).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сноска. Типовые правила дополнены пунктом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39-2 в соответствии с приказом Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); в редакции приказа и.о. Министра образования и науки РК от 28.04</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z483"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">40. Материалы экзаменационных работ (задания и схемы выставления баллов) для обучающихся 9 (10) класса готовятся управлениями образования областей, городов Нур-Султан, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Алматы и Шымкент (далее – управления образования), для обучающихся 9 (10) класса республиканских школ и для обучающихся 11 (12) класса школ – Министерством образования и науки Республики Казахстан (далее - Министерство).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Содержание итоговой аттестаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и и ожидаемые результаты регламентируются спецификацией в разрезе каждого предмета и языка обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 40 в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней пос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ле дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z484"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>41. Для обучающихся 9 (10) и 11 (12) классов, имеющим годовые неудовлетворительные оценки по одному и двум предметам (по которым не проводится итоговая аттестация), до начала итоговой аттестации прово</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дится дополнительное суммативное оценивание за учебный год по данным предметам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При получении оценок "3", "4", "5" за дополнительное суммативное оценивание за учебный год итоговая оценка выставляется как среднее арифметическое значение годовой оцен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ки и оценки за суммативное оценивание за учебный год с округлением к ближайшему целому. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При получении оценки "2" за дополнительное суммативное оценивание за учебный год обучающиеся 9 (10) класса не допускаются к итоговой аттестации, остаются на повт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>орный год обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При получении оценки "2" за дополнительное суммативное оценивание за учебный год обучающиеся 11 (12) класса не допускаются к итоговой аттестации и получают справку в соответствии с формой, утвержденной приказом Министра образован</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ия и науки Республики Казахстан от 12 июня 2009 года № 289 "Об утверждении формы справки, выдаваемой лицам, не завершившим образование" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под № 5717) (далее – приказом № 289</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При получении оценки "2" по трем и более предметам, обучающиеся 9 (10) не допускаются к итоговой аттестации и остаются на повторный год обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При получении оценки "2" по трем и более предметам, обучающиеся 11 (12) классов не допускаются </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>к итоговой аттестации и получают справку в соответствии с формой, утвержденной приказом № 289.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 41 - в редакции приказа Министра образования и науки РК от 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликовани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z1256"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       41-1. Для обучающихся 9 (10) и 11 (12) классов, имеющим годовые неудовлетворительные оценки по одному и двум предметам (по которым проводится итоговая аттестация), до начало итоговой аттестации проводится дополнительное суммативное оценивание з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а учебный год по данным предметам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При получении оценок "3", "4", "5" за дополнительное суммативное оценивание за учебный год итоговая оценка выставляется на основании результатов экзамена (по пятибальной шкале) и оценки за дополнительное суммативно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е оценивание за учебный год (по пятибальной шкале) в процентном соотношении 30 на 70. Округление итоговой оценки проводится к ближайшему целому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При получении оценки "2" за дополнительное суммативное оценивание за учебный год обучающиеся 9 (10) класс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>а не допускаются к итоговой аттестации, остаются на повторный год обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При получении оценки "2" за дополнительное суммативное оценивание за учебный год обучающиеся 11 (12) класса не допускаются к итоговой аттестации и получают справку в соответ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ствии с формой, утвержденной приказом № 289.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Типовые правила дополнены пунктом 41-1 в соответствии с приказом Министра образования и науки РК от 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z485"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">42. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Освобождение обучающихся от учебных предметов "Технология", (Художественный труд), "Начальная военная подготовка" ("Начальная военная и технологическая подготовка") и "Физическая культура", в порядке, установленном законодательством Республики Казахстан, н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>е влияет на успеваемость, допуск к итоговой аттестации, перевод в следующие классы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 42 в редакции приказа Министра образования и науки РК от 09.02.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z486"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>43. Выпускникам 9 (10) класса, имеющим оценки "5" по изученным предметам, подлежащим включению в приложение к аттестату об основном среднем образовании, выдается аттестат с отличием об основном среднем образовании в со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ответствии с формой, утвержденной приказом Министра образования и науки Республики Казахстан от 28 января 2015 года № 39 "Об утверждении видов и форм документов об образовании государственного образца и Правила их выдачи" (зарегистрированный в Реестре госу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>дарственной регистрации нормативных правовых актов под № 10348) (далее – приказ № 39).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z487"/>
+      <w:bookmarkEnd w:id="79"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 44. Выпускникам 11 (12) классов, имеющим оценки "5" по изученным предметам, подлежащим включению в приложение к аттестату об общем среднем образовании и годовые, и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тоговые оценки "5", выдается аттестат об общем среднем образовании с отличием, утвержденный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 44 - в редакции приказа Министра образования и науки РК от 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z488"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">45. Выпускникам 11 (12) класса, показавшим примерное поведение и имеющим годовые и итоговые оценки "5" по всем предметам в период учебы с 5 по 11 (12) классы и прошедшим итоговую аттестацию по завершении общего среднего образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>на оценку "5", выдается аттестат об общем среднем образовании "Алтын белгі" в соответствии с формой, утвержденной приказом № 39, и знак "Алтын белгі".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z489"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 46. Выпускникам по образовательным программам автономной организации образования "Назарбаев Интелл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ектуальные школы" (далее – выпускники АОО "НИШ"), являющейся экспериментальной площадкой, выдаются сертификаты единого национального тестирования (далее - ЕНТ) на основании перевода баллов внешнего оценивания результатов обучения выпускников АОО "НИШ" в ба</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ллы сертификата ЕНТ в соответствии со шкалой перевода баллов внешнего оценивания результатов обучения выпускников АОО "НИШ" в баллы сертификата ЕНТ согласно приложению </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 46 - в редакции приказа и.о. Министра образо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вания и науки РК от 28.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z490"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>47. По результатам итоговой аттестации:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z1257"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) обучающиеся 9 (10) и 11 (12) классов при получении неудовлетворительных оценок по одному или </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">двум предметам допускаются к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>прохождению в школе повторной итоговой аттестации по данным учебным предметам в форме экзамена;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z1258"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) обучающиеся 9 (10) класса при получении неудовлетворительных оценок по трем и более предметам остаются на повторный год об</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>учения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z1259"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) обучающимся 11 (12) класса при получении неудовлетворительных оценок по трем и более предметам выдается справка, выдаваемая лицам, не завершившим образование, в соответствии с формой, утвержденной приказом № 289.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> По окончании следую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>щего учебного года обучающиеся, получившие справку, выдаваемую лицам, не завершившим образование, в соответствии с формой, утвержденной приказом № 289, проходят в школе повторную итоговую аттестацию по соответствующим учебным предметам в форме экзамена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 47 - в редакции приказа Министра образования и науки РК от 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z495"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">48. Сроки повторных итоговых аттестации устанавливают управления образования, а также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>районные и городские отделы образования по согласованию с управлениями образования, для обучающихся республиканских школ – Министерство.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z496"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 49. Экзаменационные материалы повторной итоговой аттестации разрабатываются школами самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>имся 9 (10) класса, сдавшим повторную итоговую аттестацию, выдается аттестат об основном среднем образовании, утвержденный</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающимся 11 (12) класса, сдавшим повторную итоговую аттестацию, выдается аттестат об общем среднем образовани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и, утвержденный приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающиеся 9 (10) классов, получившие неудовлетворительную оценку при повторной итоговой аттестации, остаются на повторный год обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Обучающиеся 11 (12) классов, получившие неудовлетворительную оценку при пов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>торной итоговой аттестации, получают справку, выдаваемую лицам, не завершившим образование, в соответствии с формой, утвержденной приказом № 289.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 49 в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в дейс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>твие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z499"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>50. Обучающиеся 9 (10) и 11 (12) классов освобождаются от итоговой аттестации приказами руководителей управлений образования, обучающиеся республиканских шк</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ол – приказом Министра образования и науки Республики Казахстан (далее – Министр) в следующих случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z500"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z501"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) инвалиды І-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> группы, инвалиды детства, дети-инвалиды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z502"/>
+      <w:bookmarkEnd w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) участники летних учебно-тренировочных сборов, ка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ндидаты в сборную команду Республики Казахстан для участия в международных олимпиадах (соревнованиях);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z503"/>
+      <w:bookmarkEnd w:id="92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) смерти близких родственников (родители, дети, усыновители, усыновленые полнородные и неполнородные братья и сестры, дедушка, бабушка);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>чрезвычайных ситуаций социального, природного и техногенного характера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z1076"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>50-1. В случаях объявления чрезвычайных ситуаций социального, природного и техногенного характера итоговая аттестация проводится на основании годовой оценки текущего учебного год</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Типовые правила дополнены пунктом 50-1 в соответствии с приказом Министра образования и науки РК от 17.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня официального опубликования); в редакции приказа и.о. Министра образования и науки РК от 28.04.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z1233"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       50-2. В случаях объявления ограничительных мер, в том числе карантина в течение учебного года (в период одной или нескольких четвертей) итоговая аттестация проводится в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующих формах: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z1234"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>для обучающихся 9 (10) класса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z1235"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) письменный экзамен по казахскому/русскому/уйгурскому/ таджикскому/ узбекскому языку (язык обучения) в форме эссе, для школ с углубленным изучением предметов гуманитарного цикла – письменная </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>работа (статья, рассказ, эссе);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z1236"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) письменный экзамен (контрольная работа) по математике (алгебре); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z1237"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) письменный экзамен (работа с текстом, выполнение заданий по тексту) по казахскому языку и литературе в классах с русским/ узбекским/ уйгурс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ким/ таджикским языком обучения и письменный экзамен (работа с текстом, выполнение заданий по тексту) по русскому языку и литературе в классах с казахским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z1238"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для обучающихся 11 (12) класса:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z1239"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) письменный экзамен по казахскому/ рус</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>скому/ уйгурскому/ таджикскому/ узбекскому языку (язык обучения) в форме эссе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRPr="00FE621F" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z1240"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) письменный экзамен (контрольная работа) по алгебре и началам анализа;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z1241"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE621F">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3) тестирование по истории Казахстана;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z1242"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) тестирование по казахскому языку в школах с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>русским/ узбекским/ уйгурским / таджикским языком обучения и тестирования по русскому языку в школах с казахским языком обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Типовые правила дополнены пунктом 50-2 в соответствии с приказом и.о. Министра образования и науки РК от 28.04.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z505"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      51. Приказы об освобождении обучающихся от итоговой аттестации издаются на основании следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z1261"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) заключения врачебно-консультационной комиссии согласн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о форме № 026/у, утвержденной приказом исполняющего обязанности Министра здравоохранения Республики Казахстан от 30 октября 2020 года № ҚР ДСМ-175/2020 "Об утверждении форм учетной документации в области здравоохранения" (зарегистрированным в Реестре госуд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арственной регистрации нормативных правовых актов под № 21579) (далее – приказ № ҚР ДСМ-175/2020), для категории обучающихся указанных в подпункте 1) и 2) пункта 50 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z1262"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) выписки из решения педсовета и ходатайства школы, для категории </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся указанных в пункте 50 настоящих Правил;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z1263"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) подлинников и копий табелей успеваемости обучающихся (далее - табель) в соответствии с формой, утвержденной приказом Министра образования и науки Республики Казахстан от 6 апреля 2020 года № 130</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Об утверждении Перечня документов, обязательных для ведения педагогами организаций среднего, технического и профессионального, послесреднего образования, и их формы" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов под</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 20317), для категории обучающихся указанных в пункте 50 настоящих Правил. Подлинники табелей после сверки с его копиями возвращаются администрации школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z1264"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Документы, указанные в подпунктах 2) и 3) настоящего пункта, заверяются подписью руководителя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и печатью школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z1265"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Приказы об освобождении от итоговой аттестации обучающихся 9 (10) и 11 (12) классов, заболевшие COVID-19 в дни проведения экзаменов, издается на основании следующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z1266"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      1) справка с положительным результатом теста на </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>COVID-19 методом полимеразной цепной реакций (ПЦР);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z1267"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) справка выданная медицинской организацией, согласно форме № 027/у, утвержденной приказом № ҚР ДСМ-175/2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z1268"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Итоговая аттестация для обучающихся освобожденных от итоговой аттестации, провод</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ится на основании годовой оценки текущего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 51 - в редакции приказа Министра образования и науки РК от 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z510"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      52. Обучающийся 9 (10) и 11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (12) классов, заболевший в период итоговой аттестации, сдает пропущенные экзамены после выздоровления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Обучающиеся 9 (10) и 11 (12) классов, контактные с больным коронавирусной инфекцией в период итоговой аттестации, сдают итоговый выпускной экзамен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с применением дистанционных образовательных технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 52 - в редакции приказа Министра образования и науки РК от 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z1077"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       52-1. В случаях карантина,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чрезвычайных ситуаций социального, природного и техногенного характера дети, обучающися в форме экстерната в соответствии Правилами обучения в форме экстерната, утвержденными приказом Министра образования и науки Республики Казахстан от 22 января 2016 год</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а № 61 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13110) сдают итоговый выпускной экзамен в форме СОЧ путем дистанционного обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 52-1 - в редакции приказа Министра образования и науки РК </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      53. Досрочная итоговая аттестация выпускников 9 (10) и 11 (12) классов, допускается в случае выезда обучающихся за грани</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>цу для поступления на учебу или на постоянное место жительства при предъявлении подтверждающих документов и проводится в форме итоговых выпускных экзаменов или государственных выпускных экзаменов не ранее, чем за 2 месяца до окончания учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z1078"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>53-1. В случаях карантина, чрезвычайных ситуаций социального, природного и техногенного характера для выпускников 9 (10) и 11 (12) классов, выежающих за границу для поступления на учебу или на постоянное место жительство при предъявлении подтверждающих док</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ументов, организуются итоговые выпускные экзамены или государственные выпускные экзамены путем дистанционного обучения, не ранее, чем за 2 месяца до окончания учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 53-1 - в редакции приказа Министра образования и науки РК от 0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 207</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z512"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      54. Выпускники 11 (12) класса, выезжавшие на учебу за рубеж по линии международного обмена, и окончившие там образовательные</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учреждения, итоговую аттестацию за 11 (12) класс проходят в школах Республики Казахстан после окончании учебы за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      До начала итоговой аттестации решением школьной комиссии данные выпускники проходят аттестацию по предметам инвариантного компо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нента Типового учебного плана, утвержденного приказом Министра образования и науки Республики Казахстан от 8 ноября 2012 года № 500 "Об утверждении типовых учебных планов начального, основного среднего, общего среднего образования Республики Казахстан" (за</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>регистрированный в Реестре государственной регистрации нормативных правовых актов под № 8170) не изучавшимся за рубежом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сроки проведения итоговой аттестации устанавливаются решением педсовета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      После прохождения итоговой аттестации им выдается </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестат об общем среднем образовании, утвержденный приказом № 39, с учетом отметок по предметам, изучавшимся за рубежом, годовых и итоговых оценок, полученных в предыдущих классах в школах Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Выпускникам, выезжавшим на учебу за ру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>беж по линии международного обмена, и окончившим там образовательные учреждения, а также имеющим за время обучения в 10 (11) и 11 (12) классах в Республике Казахстан или за рубежом годовые, итоговые оценки и оценки по итоговой аттестации "5" по изученным п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>редметам, выдается аттестат об общем среднем образовании с отличием, утвержденный приказом № 39.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Выпускникам, выезжавшим на учебу за рубеж по линии международного обмена и окончившим там образовательные учреждения, а также имеющим годовые, итоговые о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ценки "5" по всем предметам в период учебы с 5 по 11 (12) классы в Республике Казахстан или за рубежом и прошедшим итоговую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>аттестацию на оценку "5", выдается аттестат об общем среднем образовании "Алтын белгі" в соответствии с формой, утвержденной приказо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м № 39, и знак "Алтын белгі".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 54 в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      54-1. В случаях </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>карантина, чрезвычайных ситуаций социального, природного и техногенного характера выпускники 11 (12) класса, выехавшие на учебу за рубеж по линии международного обмена и окончившие там образовательные учреждения, итоговую аттестацию за 11 (12) класс проход</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ят на основании текущих оценок в стране пребывания с учетом годовой оценки 10 (11) класса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Типовые правила дополнены пунктом 54-1 в соответствии с приказом Министра образования и науки РК от 17.04.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 149</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня официа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>льного опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z515"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      55. Подготовку экзаменационных материалов для выпускников 9 (10) и 11 (12) класса, выезжающих за границу для поступления на учебу или на постоянное место жительства и для выпускников 11 (12) класса, выезжающих на учебу за рубе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ж по линии международного обмена обучающимися осуществляет школа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z516"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      56. Обучающиеся на период их полного курса обучения по программам международного обмена, числятся в контингенте школ Республики Казахстан, в которых они обучались до выезда по линии ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ждународного обмена обучающимися.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z517"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      57. Вопрос о необходимости проведения итоговой аттестации обучающихся с особыми образовательными потребностями и обучающихся по индивидуальным учебным программам решается педагогическим советом в соответствии с индив</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>идуальными особенностями обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Экзаменационные материалы итоговой аттестации детей с особыми образовательными потребностями обучающихся в специальных организациях образования и специальных классах в общеобразовательных школах разрабатываются р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>айонными, городскими отделами образования или управлением образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 57 в редакции приказа Министра образования и науки РК от 14.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 272</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официальног</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z519"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      58. В 9 (10) классе на выполнение письменных работ отводится 2 астрономических часа, на математику (алгебру) (письменно) – 3 астрономических часа (в специализированных школах физико-математического направления – 4 часа).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Снос</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ка. Пункт 58 в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z520"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      59. В 11 (12) классе на эссе отводится 3 астрономических</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> часа, на алгебру и начала анализа – 5 астрономических часа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z521"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Для детей с особыми образовательными потребностями, которые проходят итоговую аттестацию, предоставляется дополнительное время при сдаче экзамена, согласно решения Экзаменационной комиссии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по итоговой аттестации обучающихся (далее – Комиссия) в соответствии с рекомендациями школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z522"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       60. Письменные экзамены проводятся в просторных классных помещениях (помещение в здании школы с большой вместимостью целого класса с рассадкой одна парта од</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ин обучающийся), где обучающиеся 9 (10) и 11 (12) класса садятся по одному. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Для выполнения письменных работ обучающимся выдается бумага со штампом школы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Обучающиеся, выполнившие работу, сдают ее Комиссии вместе с черновиками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающиеся, не закончившие работу в отведенное для экзамена время, сдают ее незаконченной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 60 - в редакции приказа и.о. Министра образования и науки РК от 28.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликова</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ния).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z525"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      61. В период проведения письменного экзамена (кроме диктанта) обучающемуся разрешается выйти на 5 минут из классного помещения. В этом случае он сдает работу Комиссии, на экзаменационной работе отмечается продолжительность отсутствия обучающег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ося на экзамене.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z526"/>
+      <w:bookmarkEnd w:id="125"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Для детей с особыми образовательными потребностями предоставляется более продолжительное время для перерыва.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z527"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      62. По окончании письменного экзамена и тестирования члены Комиссии проверяют работы обучающихся в здании школы, кроме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Непроверенные работы сдаются на хранение руководителю школы. При проверке ошибки подчеркиваются. В эссе, за курс общего среднего образования, количество ошибок ук</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азывается отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      На письменные работы по математике (алгебре), оцененные на "2" и "5", Комиссией школы даются рецензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В 9 (10) классе работы проверяются согласно схеме выставления баллов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Эссе в 11 (12) классе оценивается двумя оценк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ами, письменная экзаменационная работа по математике (алгебре) за курс основного и общего среднего образования – одной.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      По итогам эссе оценка за орфографию и грамматику выставляется по языковым предметам, оценка за содержание выставляется по литерату</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ре.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В случае выбора выпускниками литературы из перечня предметов по выбору для итоговой аттестации оценка выставляется только по данному предмету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 62 в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="128" w:name="z531"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      63. Письменные экзаменационные работы во всех классах школы начинаются в 9 часов 00 минут утра по местному времени. В исключительных случаях (при нал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ичии в школе большого числа обучающихся) для соблюдения пунктов настоящих Правил допускается проведение экзаменов в 2-3 потока.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="129" w:name="z532"/>
+      <w:bookmarkEnd w:id="128"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Пакеты с темами эссе вскрываются за 15 минут до начала экзамена в присутствии обучающихся и членов Комиссии школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="130" w:name="z533"/>
+      <w:bookmarkEnd w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Пакеты с материалами по математике в 9 и 11 классах вскрываются за 1 час до начала экзаменов в присутствии только членов Комиссии школы для проверки правильности условий предложенных заданий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      64. Исключен приказом и.о. Министра образования и науки РК</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 28.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="131" w:name="z535"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       65. Тестирование проводится в пределах учебных предметов, определенных подпунктом 3), 4) и 5) пункта 39 настоящих Правил, с помощью тестовых заданий, разработ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анных Республиканским государственным казенным предприятием "Национальный центр тестирования" (далее – НЦТ) в соответствии с ГОСО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 65 - в редакции приказа и.о. Министра образования и науки РК от 28.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="132" w:name="z536"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      66. В 11 (12) классе на тестирование отводится по каждому предмету 80 минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="133" w:name="z537"/>
+      <w:bookmarkEnd w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      67. Проверка результатов теста осуществляется в школе Комиссией, формируемой при школе тот же день на основании предостав</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ленных им кодов правильных ответов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="134" w:name="z538"/>
+      <w:bookmarkEnd w:id="133"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      68. Количество и форма тестовых заданий, форма листа ответов для тестирования определяются спецификацией теста в разрезе каждого предмета, профиля и языка обучения. Спецификация теста разрабатывает НЦТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="135" w:name="z539"/>
+      <w:bookmarkEnd w:id="134"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       69. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>После проведения итоговой аттестации по предмету в 9 (10) и 11 (12) классах Комиссия выставляет обучающимся баллы и экзаменационные оценки и вносит их в бумажный и электронный Протокол экзамена за курс обучения на уровне основного среднего, общего среднего</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования по форме согласно приложению 3 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Результаты итоговой аттестации обучающихся 9 (10) и 11 (12) классов по предметам в виде баллов выставляются в журнал (бумажный/электронный) и переводятся по шкале перевода баллов экза</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мена в экзаменационные оценки согласно приложению 4 к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 69 - в редакции приказа Министра образования и науки РК от 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="136" w:name="z540"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      70. При вы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ставлении итоговой оценки обучающимся, находившимся на лечении в лечебном учреждении, где были организованы учебные занятия, учитываются четвертные (полугодовые) и годовые оценки, полученные ими в школе (классе или группе) при лечебном учреждении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="137" w:name="z541"/>
+      <w:bookmarkEnd w:id="136"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      71</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. На основании письменного заявления обучающийся в присутствии председателя Комиссии школы ознакамливается с результатами проверки своей письменной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 71 - в редакции приказа и.о. Министра образования и науки РК от 28.04.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 189</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="138" w:name="z543"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      72. Обучающиеся 9 (10) и 11 (12) классов, получившие оценку "2" на очередном экзамене, допускаются к следующему экзамену.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="139" w:name="z544"/>
+      <w:bookmarkEnd w:id="138"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      73. При выведении итоговых оценок по предмету в 9 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) и 11 (12) классах итоговая оценка выставляется на основании результатов экзамена (по пятибальной шкале) и четвертных оценок за учебный год (по пятибальной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>шкале) в процентном соотношении 30 на 70. Округление итоговой оценки проводится к ближайшему цело</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>му.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В случае, если в 11 (12) классах не выбраны предметы углубленного и стандартного уровней инвариантного компонента, в аттестат об общем среднем образовании выставляется итоговая оценка по этим предметам за 9 класс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 73 - в редак</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ции приказа Министра образования и науки РК от 31.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="140" w:name="z548"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      74. При несогласии с оценкой, выставленной за письменную работу или результатом тестирования, обучающийся обращается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до 13 часов 00 минут следующего дня после объявления экзаменационной оценки в Комиссию, созданную при районных, городских отделах образования, управлениях образования, а также при Министерстве для обучающихся республиканских школ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="141" w:name="z549"/>
+      <w:bookmarkEnd w:id="140"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      75. Для проведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> итоговой атестации в срок до 1 февраля текущего года создается Комиссия: при школах - приказом директора школы, при районном, городском отделе образования - приказом его руководителя, при управлении образования - приказом его руководителя, при Министерств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е (для республиканских школ) - приказом Министра.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="142" w:name="z550"/>
+      <w:bookmarkEnd w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      76. В состав Комиссии при школе включаются учителя-предметники и заместители директора школы (при наличии), представители общественных организаций (при наличии) и родительских комитетов. Комиссию возг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лавляет директор школы или лицо, заменяющее его.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="143" w:name="z551"/>
+      <w:bookmarkEnd w:id="142"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Количество членов Комиссии при школе составляет не менее пяти человек при одном выпускном класс-комплекте основной и средней школы, и не менее семи человек при двух и более выпускных класс-комплектах о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сновной и средней школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z552"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      77. В состав Комиссии при районном, городском отделе образования включаются учителя-предметники, специалисты отделов образования, представители общественных организаций и родительских комитетов, а также секретарь, назначаемый</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из числа сотрудника отдела образования. Комиссию возглавляет руководитель отдела образования или лицо, заменяющее его.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z553"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      78. В состав Комиссии при управлении образования включаются учителя-предметники, специалисты управления образования, представители</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общественных организаций и родительских комитетов, средств массовой информации, а также секретарь, назначаемый из числа сотрудника управления </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>образования. Комиссию возглавляет руководитель управления образования или лицо, заменяющее его.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z554"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      79. В соста</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в Комиссии при Министерстве включаются учителя-предметники, представители общественных организаций и родительских комитетов, сотрудники Министерства и подведомственных организаций Министерства, а также секретарь, назначаемый из числа сотрудников Министерст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ва. Комиссию возглавляет вице-министр образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="147" w:name="z555"/>
+      <w:bookmarkEnd w:id="146"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      80. Комиссией, формируемой при школе, осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="148" w:name="z1045"/>
+      <w:bookmarkEnd w:id="147"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) проведение разъяснительных работ для обучающихся, педагогов и родителей по вопросам п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>роведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="149" w:name="z1046"/>
+      <w:bookmarkEnd w:id="148"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) формирование и направление в филиал НЦТ списков обучающихся 11 (12) класса, сдающих итоговую аттестацию с указанием перечня предметов, выбранных обучающимися 11 (12) класса, в срок до 1 марта текущего года;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="150" w:name="z1047"/>
+      <w:bookmarkEnd w:id="149"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>организация работы по проведению итоговой аттестации, а также подготовке обучающихся к итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="151" w:name="z1048"/>
+      <w:bookmarkEnd w:id="150"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4) рассмотрение письменных экзаменационных работ обучающихся 9 (10) и 11 (12) классов, кроме работ претендентов на получение аттестатов об </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общем среднем образовании "Алтын белгі";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="152" w:name="z1049"/>
+      <w:bookmarkEnd w:id="151"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) после завершения письменных экзаменационных работ направляет электронный вариант Протокола в отделы или управления образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="z1050"/>
+      <w:bookmarkEnd w:id="152"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) выдача и использование результатов тестирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="z1051"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) направление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі" на рассмотрение Комиссии, формируемыми при управлении образования (республиканские школы на рассмотрение Комиссии, формируемыми при Министерст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ве) через отделы образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="z1052"/>
+      <w:bookmarkEnd w:id="154"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) перевод баллов результатов тестирования в оценки в соответствии со Шкалой перевода баллов тестирования в оценки аттестата о среднем общем образовании согласно приложению 4 к настоящим Правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="156" w:name="z1053"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9) рассмотрение о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>боснованности предложений, поступивших на апелляцию и принятие решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 80 в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>го опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="z564"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      81. Комиссиями, формируемыми при районном, городском отделе образования, осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="z1054"/>
+      <w:bookmarkEnd w:id="157"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) проведение информационно-разъяснительной работы среди обучающихся, педагогов и родителей по вопросам проведени</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="z1055"/>
+      <w:bookmarkEnd w:id="158"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) организация работы по проведению итоговой аттестации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="z1056"/>
+      <w:bookmarkEnd w:id="159"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) направление письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі" на рассмотрение Комиссии, формируе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>мыми при управлении образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="z1057"/>
+      <w:bookmarkEnd w:id="160"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие окончательного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="161"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 81 в редакции приказа Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="162" w:name="z1058"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      81-1. Комиссиями, формируемыми при управлении образования осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="z1059"/>
+      <w:bookmarkEnd w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1) проведение информационно-разъяснительной работы среди </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="z1060"/>
+      <w:bookmarkEnd w:id="163"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) организация работы по проведению итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z1061"/>
+      <w:bookmarkEnd w:id="164"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) рассмотрение письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>овании "Алтын белгі";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="z1062"/>
+      <w:bookmarkEnd w:id="165"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) направление результатов рассмотрение письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі" в школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="z1063"/>
+      <w:bookmarkEnd w:id="166"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) рассмотрение обоснованности предложений, поступивших на а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пелляцию и принятие окончательного решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="167"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 81-1 в соответствии с приказом Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официальн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ого опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="168" w:name="z1064"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      81-2. Комиссиями, формируемыми при Министерстве, осуществляются следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="169" w:name="z1065"/>
+      <w:bookmarkEnd w:id="168"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) проведение информационно-разъяснительной работы среди обучающихся, педагогов и родителей по вопросам проведения итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="170" w:name="z1066"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) организация работы по проведению итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="171" w:name="z1067"/>
+      <w:bookmarkEnd w:id="170"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) рассмотрение письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі" республиканских школ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="172" w:name="z1068"/>
+      <w:bookmarkEnd w:id="171"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) направление результатов р</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ассмотрение письменных экзаменационных работ претендентов на получение аттестатов об общем среднем образовании "Алтын белгі" в республиканские школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="173" w:name="z1069"/>
+      <w:bookmarkEnd w:id="172"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) рассмотрение обоснованности предложений, поступивших на апелляцию и принятие окончательного решен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ия.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 81-2 в соответствии с приказом Министра образования и науки РК от 26.11.2019 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 509</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="174" w:name="z568"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      82. Заключите</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>льное заседание Комиссии, формируемой при школе по подведению итогов работы и принятию решения об утверждении списка обучающихся, награждаемых знаком "Алтын белгі", проводится не позднее 12 июня текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="175" w:name="z569"/>
+      <w:bookmarkEnd w:id="174"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      83. Списки обладателей аттестатов об </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>основном среднем образовании с отличием, аттестатов об общем среднем образовании с отличием и об общем среднем образовании "Алтын белгі" и знака "Алтын белгі" утверждается приказом директора школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="176" w:name="z570"/>
+      <w:bookmarkEnd w:id="175"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      84. Управления образования и республиканские школы п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>редоставляют в Министерство итоговые данные о результатах итоговой аттестации обучающихся не позднее 1 июля текущего года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="177" w:name="z571"/>
+      <w:bookmarkEnd w:id="176"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      85. Результаты итоговой аттестации обучающися обсуждаются на педсовете при участии всех членов Комиссии, формируемой при школе,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по итогам работы за учебный год в августе месяце текущего года. Педсовет принимает меры по улучшению качества учебно-воспитательной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5848"/>
+        <w:gridCol w:w="3929"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="177"/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...135 lines deleted...]
-              <w:t>№ 125 бұйрығына 1-қосымша</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>успеваемости, промежуточной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся в</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих общеобразовательные</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы начального,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...46 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="178" w:name="z1243"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...9309 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шкала перевода баллов в оценки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Сноска. Приложение 1 - в редакции приказа и.о. Министра образования и науки РК </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от 28.04.2021 № 189 (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8748"/>
-        <w:gridCol w:w="3552"/>
+        <w:gridCol w:w="6807"/>
+        <w:gridCol w:w="2855"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8748" w:type="dxa"/>
+            <w:tcW w:w="9066" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2-11 (12) сыныптардағы балдардың пайыздық мазмұны (%)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Процентное содержание баллов во 2-11 (12) классах (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3552" w:type="dxa"/>
+            <w:tcW w:w="3234" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Баға</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8748" w:type="dxa"/>
+            <w:tcW w:w="9066" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-0- 39</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0-39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3552" w:type="dxa"/>
+            <w:tcW w:w="3234" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-қанағаттанарлықсыз - "2"</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>неудовлетворительно - "2"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8748" w:type="dxa"/>
+            <w:tcW w:w="9066" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-40 - 64</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>40 - 64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3552" w:type="dxa"/>
+            <w:tcW w:w="3234" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-қанағаттанарлық - "3"</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>удовлетворительно - "3"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8748" w:type="dxa"/>
+            <w:tcW w:w="9066" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-65 - 84</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>65 - 84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3552" w:type="dxa"/>
+            <w:tcW w:w="3234" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-жақсы - "4"</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>хорошо - "4"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8748" w:type="dxa"/>
+            <w:tcW w:w="9066" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-85 - 100</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>85 - 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3552" w:type="dxa"/>
+            <w:tcW w:w="3234" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-өте жақсы - "5"</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отлично -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "5"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5848"/>
+        <w:gridCol w:w="3929"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Бастауыш, негізгі орта, жалпы </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">орта білімнің білім беретін оқу </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">бағдарламаларын іске асыратын </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>проведения текущего контроля</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">білім беру ұйымдарындағы білім </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>успеваемости, промежуточной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">алушылардың үлгеріміне </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аттестации обучающихся в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ағымдық бақылаудың, оларды </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>организациях образования,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">аралық және қорытынды </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реализующих общеобразовательные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">аттестаттау жүргізудің үлгі </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учебные программы начального,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>қағидаларына</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>основного среднего, общего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>2-қосымша</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">среднего </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z686" w:id="147"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="179" w:name="z1244"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...41 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шкала перевода баллов внешнего оценивания результатов обучения выпускников АОО "НИШ" в баллы сертификата ЕНТ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Сноска. Приложение 2 - в редакции приказа и.о. Министра образования и науки РК от 28.04.2021 № 189 (вводится в действие со дня</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="533"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1801"/>
+        <w:gridCol w:w="435"/>
+        <w:gridCol w:w="1474"/>
+        <w:gridCol w:w="1091"/>
+        <w:gridCol w:w="1048"/>
+        <w:gridCol w:w="1091"/>
+        <w:gridCol w:w="1070"/>
+        <w:gridCol w:w="1070"/>
+        <w:gridCol w:w="1091"/>
+        <w:gridCol w:w="1292"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="533" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-№</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Пәндер</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предметы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-"НЗМ" ДББҰ бітірушілері үшін</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Для выпускников АОО "НИШ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="007340B5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="007340B5"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-U (1)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>U (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-E (2)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>E (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-D (3)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>D (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-C (4)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>C (4)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-B (5)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>B (5)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-A (6)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>A (6)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-A* (7)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>A* (7)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="533" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Қазақ тілі (оқу сауаттылығы)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахский язык (грамотность чтения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-6</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-10</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-13</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-16</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-18</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-19</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-20</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="533" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Казақ тілі (бейіндік пән)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахский язык (профильный предмет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-14</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-23</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-29</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-36</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-41</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-44</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-45</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="533" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-3</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Орыс тілі (оқу сауаттылығы)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Русский </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>язык (грамотность чтения)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-6</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-10</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-13</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-16</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-18</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-19</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-20</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="533" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-4</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Орыс тілі (бейіндік пән)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Русский язык (профильный предмет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-14</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-23</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-29</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-36</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-41</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-44</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-45</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="533" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-5</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Қазақстан тарихы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>История Казахстана</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-5</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-8</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-10</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-12</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-13</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-14</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-15</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="533" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-6</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Математика (математикалық сауаттылық)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Математика (математическая грамотность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-5</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-8</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-10</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-12</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-13</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-14</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-15</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="533" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-7</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Математика (бейіндік пән)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Математика (профильный предмет)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-14</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-23</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-29</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-36</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-41</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-44</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-45</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="533" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-8</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1075" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Бейіндік пәндер</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Профильные предметы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-14</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-23</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-29</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-36</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-41</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1503" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-44</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1801" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-45</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>45</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...14 lines deleted...]
-      * Ең жоғарғы нәтиже</w:t>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>             * Наивысший результат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5848"/>
+        <w:gridCol w:w="3929"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...4 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...70 lines deleted...]
-              <w:t>3-қосымша</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к Типовым правилам </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проведения текущего контроля </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">успеваемости, промежуточной </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аттестации обучающихся в </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациях образования, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">реализующих общеобразовательные </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учебные программы начального, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего, общего </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="180" w:name="z1269"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...58 lines deleted...]
-      ___________________________________________ бойынша Қазақстан Республикасы </w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              Протокол экзамена за курс обучения на уровне основного среднего, </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      (оқу пәнінің атауы) </w:t>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               общего среднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Приложение 3 - в редакции приказа Министра образования и науки РК от 31.05.2021 № 248 (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       по ______________________________________ в _____________________________  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      __________________________________________________________________________</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         (наименование учебного предмета)             (наименование школы) </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-       (облыстың атауы) </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________________  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      __________________________________________________________________________</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование города (села)) </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-       (аудан атауы) </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">______________________________  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      __________________________________________________________________________</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (наименование района) </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-       (қала (ауыл) атауы) </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________ области Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       В состав экзаменационной комиссии входят: </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      __________________________________________________________________________ </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      (мектеп атауы) </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Ф.И.О. (при его наличии) председателя экзаменационной комиссии </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      Емтихан комиссиясының құрамында: </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________________  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      ____________________________________________________________________________ </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Ф.И.О. (при его наличии) экзаменатора </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      Емтихан комиссиясы төрағасының Т.А.Ә. (бар болған жағдайда) </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">________________________________ ___________________________  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      ____________________________________________________________________________ </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   Ф.И.О. (при наличии) ассистентов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Пакет с экзаменационными материалами, присланный из управления образования  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      Емтихан алушының Т.А.Ә. (бар болған жағдайда) </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Министерства) вскрыт в _____ час. ____ мин.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Экз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аменационный материал, присланный в пакете, прилагается к настоящему протоколу.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       На экзамен явились:  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      ____________________________________________________________________________ </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      Ассистенттің Т.А.Ә. (бар болған жағдайда) </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (Ф.И.О. (при его наличии) обучающихся)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     На экзамен не явились:  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      Білім басқармасынан (Министрліктен) жіберілген емтихан материалдарының пакеті </w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________________________  </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...160 lines deleted...]
-</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (Ф.И.О. (при его наличии) обучающихся)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Экзамен начался в ____час. ____ мин.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Экзамен закончился в ___час. ____м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ин.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      По результатам экзамена выставлены следующие баллы и экзаменационные оценки:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1617"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2812"/>
+        <w:gridCol w:w="1157"/>
+        <w:gridCol w:w="4193"/>
+        <w:gridCol w:w="1917"/>
+        <w:gridCol w:w="2395"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-№</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5509" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Емтихан тапсырушының Т.А.Ә. (бар болған жағдайда)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия, имя, отчество (при его наличии) экзаменующегося</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Балл (жазумен)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балл (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2812" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Емтихан бағасы (жазумен)</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Экзаменационная оценка (прописью)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5509" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
-            </w:r>
-[...9 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
-            </w:r>
-[...9 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2812" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
-            </w:r>
-[...9 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1617" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5509" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
-            </w:r>
-[...9 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2362" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
-            </w:r>
-[...9 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2812" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
-            </w:r>
-[...9 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...194 lines deleted...]
-      Ескерту: ұқсас Хаттаманың электронды нұсқасы қағаз нұсқамен бірдей қолданылады.</w:t>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Дата проведения экзамена "___" __________20__ г. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Дата внесения в протокол оценок "___"__________ 20__ г.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Председатель Комиссии _____________________________________ ___________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     Ф.И.О. (при его наличии)             подпись  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Экзаменующий учитель _____________________________________ ___________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     Ф.И.О. (при его наличии)             подпись  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ссистенты ________________________________________________ ___________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                     Ф.И.О. (при его наличии)             подпись  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       __________________________________________________________ ___________  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">            Ф.И.О. (при его наличии)                   подпись  </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание: аналогичный электронный вариант Протокола используется наравне с бумажным вариантом.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5848"/>
+        <w:gridCol w:w="3929"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...70 lines deleted...]
-              <w:t>4-қосымша</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к Типовым правилам </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проведения текущего контроля </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">успеваемости, промежуточной </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аттестации обучающихся в </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">организациях образования, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">реализующих общеобразовательные </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">учебные программы начального, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">основного среднего, общего </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>среднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="181" w:name="z1270"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Шкала перевода баллов экзамена обучающихся 9 (10) и 11 (12) классов в экзаменационные оценки</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Сноска. Приложение 4 - в редакции приказа Министра образования и науки РК от 31.05.2021 № 248 (вводится в действие со дня его первого официального опублико</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вания).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1378"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2731"/>
+        <w:gridCol w:w="1099"/>
+        <w:gridCol w:w="2158"/>
+        <w:gridCol w:w="2158"/>
+        <w:gridCol w:w="719"/>
+        <w:gridCol w:w="1322"/>
+        <w:gridCol w:w="2158"/>
+        <w:gridCol w:w="48"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="dxa"/>
+            <w:tcW w:w="1401" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Баға</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оценка</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Максимальды балл 20 болған пәндер үшін балдар</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баллы для предметов, где максимальный балл 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Максимальды балл 30 болған пәндер үшін балдар</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баллы для предметов, где максимальный балл 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Максимальды балл 40 болған пәндер үшін балдар</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баллы для предметов, где максимальный балл 40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcW w:w="2776" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Максимальды балл 50 болған пәндер үшін балдар</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Баллы для предметов, где максимальный балл 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="dxa"/>
+            <w:tcW w:w="1401" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-"2"</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"2"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-0 – 7</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-0 – 11</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-0 – 15</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0-15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcW w:w="2776" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-0 – 19</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 – 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="dxa"/>
+            <w:tcW w:w="1401" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-"3"</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"3"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-8 – 12</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8 – 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-12 – 19</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12 – 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-16 – 25</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16-25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcW w:w="2776" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-20 – 32</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 – 32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="dxa"/>
+            <w:tcW w:w="1401" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-"4"</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"4"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-13 – 16</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13 – 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-20 – 25</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20 – 25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-26 – 33</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>26-33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcW w:w="2776" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-33 – 42</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>33 – 42</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1378" w:type="dxa"/>
+            <w:tcW w:w="1401" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-"5"</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"5"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-17 – 20</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17 – 20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2730" w:type="dxa"/>
+            <w:tcW w:w="2775" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-26 – 30</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>26 – 30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcW w:w="2573" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-34 – 40</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>34-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2731" w:type="dxa"/>
+            <w:tcW w:w="2776" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-43 – 50</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>43 – 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Қазақстан Республикасы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение 2 к приказу </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Білім және ғылым министрінің</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>2008 жылғы 18 наурыздағы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и науки Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...18 lines deleted...]
-              <w:t>2-қосымша</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 18 марта 2008 года № 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1097" w:id="148"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="182" w:name="z158"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...53 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовые правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организациях технического и профессионального, послесреднего образования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="182"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Сноска. Типовые правила - в редакции приказа Министра образования </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и науки РК от 28.08.2020 № 373 (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="183" w:name="z1088"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...463 lines deleted...]
-          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Основные положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="184" w:name="z1089"/>
+      <w:bookmarkEnd w:id="183"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Настоящие Правила проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в организ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ациях технического и профессионального, послесреднего образования (далее - Правила) разработаны в соответствии с подпунктом 19) статьи 5 Закона Республики Казахстан "Об образовании" и определяют порядок проведения текущего контроля успеваемости, промежуточ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ной и итоговой аттестации обучающихся в организациях технического и профессионального, послесреднего образования, независимо от форм собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="185" w:name="z1090"/>
+      <w:bookmarkEnd w:id="184"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. В настоящих Правилах использованы следующие определения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="186" w:name="z1091"/>
+      <w:bookmarkEnd w:id="185"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) ква</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лификационный экзамен – процедура, позволяющая объективно определить достаточность теоретической и практической подготовки, опыта и компетентности, оценить их соответствие требованиям и присвоить уровень квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="187" w:name="z1092"/>
+      <w:bookmarkEnd w:id="186"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) квалификационная комиссия – к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оллегиальный орган, создаваемый для проведения процедуры по присвоению обучающимся организаций технического и профессионального образования рабочей квалификации по итогам освоения профессиональных модулей в рамках одной квалификации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="188" w:name="z1093"/>
+      <w:bookmarkEnd w:id="187"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) промежуточная</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> аттестация обучающихся – процедура, проводимая с целью оценки качества освоения обучающимися содержания части или всего объема одного учебного предмета, одной учебной дисциплины и (или) модуля, а также профессиональных модулей в рамках одной квалификации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>после завершения их изучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="189" w:name="z1094"/>
+      <w:bookmarkEnd w:id="188"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) итоговая аттестация обучающихся - процедура, проводимая с целью определения степени освоения ими объема учебных предметов, учебных дисциплин и (или) модулей, предусмотренных государственным общеобязательным стандартом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующего уровня образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="190" w:name="z1095"/>
+      <w:bookmarkEnd w:id="189"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) текущий контроль успеваемости обучающихся – систематическая проверка знаний обучающихся, проводимая преподавателем на текущих занятиях в соответствии с учебной программой дисциплины и (или) модуля;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="191" w:name="z1096"/>
+      <w:bookmarkEnd w:id="190"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) ди</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пломная работа (проект) - выпускная квалификационная работа, самостоятельная творческая работа студентов, обучающихся по программам подготовки квалифицированных рабочих и специалистов среднего звена, прикладных бакалавров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="192" w:name="z1097"/>
+      <w:bookmarkEnd w:id="191"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      7) итоговая аттестационная </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>комиссия – коллегиальный орган, создаваемый для проведения итоговой аттестации выпускника организаций технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="193" w:name="z1098"/>
+      <w:bookmarkEnd w:id="192"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) балльно-рейтинговая буквенная система оценки учебных достижений – система оценки уро</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вня учебных достижений в баллах, соответствующих принятой в международной практике буквенной системе с цифровым эквивалентом, и позволяющая установить рейтинг обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="194" w:name="z1099"/>
+      <w:bookmarkEnd w:id="193"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Оценка знаний обучающихся производится по цифровой пятибалльной системе: (5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-"отлично", 4-"хорошо", 3-"удовлетворительно", 2-"неудовлетворительно").</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="195" w:name="z1100"/>
+      <w:bookmarkEnd w:id="194"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       При применении балльно-рейтинговой буквенной системы учебные достижения (знания, умения, навыки и компетенции) обучающихся оцениваются в баллах по 100-балльной шкале, соответст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вующих принятой в международной практике буквенной системе (положительные оценки, по мере убывания, от "А" до "D", "неудовлетворительно" - "F") с соответствующим цифровым эквивалентом по 4-х балльной шкале согласно приложению к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="196" w:name="z1101"/>
+      <w:bookmarkEnd w:id="195"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Гл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ава 2. Проведение текущего контроля и промежуточной аттестации обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="197" w:name="z1109"/>
+      <w:bookmarkEnd w:id="196"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Организации образования самостоятельны в выборе форм, порядка и периодичности осуществления текущего контроля успеваемости и проведения промежуточной аттестации </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Текущий контроль по дисциплинам и (или) модулям при отсутствии по ним практических и семинарских занятий осуществляется путем проверки преподавателем обязательных контрольных работ (письменных заданий, рефератов) предусмотренных учебной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>программой, в том числе и с учетом индивидуальной траектории обучения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Текущий контроль успеваемости по дисциплинам и (или) модулям для лиц с особыми образовательными потребностями проводится по индивидуальным заданиям, с учетом особенностей психофиз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ического развития.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Проведение текущего контроля успеваемости обучающихся путем дистанционного обучения (далее – ДО) осуществляется посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="198" w:name="z1247"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) прямого общения обучающегося и преподавателя в режиме онлайн или офлайн с использованием телекомм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уникационных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="199" w:name="z1248"/>
+      <w:bookmarkEnd w:id="198"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) автоматизированных тестирующих комплексов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="200" w:name="z1249"/>
+      <w:bookmarkEnd w:id="199"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) проверки индивидуальных заданий (выдача заданий на электронную почту обучающихся, мессенджеры).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Формы проведения текущего контроля успеваемости обучающихся определяет </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>педагог с учетом цели, содержания учебного материала.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Министра образования и науки РК от 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...226 lines deleted...]
-          <w:i w:val="false"/>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="201" w:name="z1110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      5. Текущий контроль успеваемости по дисциплинам и (или) модулям, изучение которых согласно учебному плану ограничивается лекционным курсом, при отсутствии обязательных контрольных работ, не осуществляется. Перечень таких дисциплин и (или) модулей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>определяется коллегиальным органом организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="202" w:name="z1119"/>
+      <w:bookmarkEnd w:id="201"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Перечень дисциплин и (или) модулей и форма проведения промежуточной аттестации обучающихся устанавливаются организациями технического и профессионального, послесреднего образования в соот</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ветствии с рабочими учебными планами и вносятся в график учебного процесса в начале учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      При проведении промежуточной аттестации путем ДО используются следующие формы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="203" w:name="z1250"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      1) тестирование с использованием автоматизированных тестовых </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>систем с возможностью ограничения времени выполнения задания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="204" w:name="z1251"/>
+      <w:bookmarkEnd w:id="203"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) выполнение индивидуального проекта (онлайн, офлайн);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="205" w:name="z1252"/>
+      <w:bookmarkEnd w:id="204"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) выполнение практического, творческого задания (онлайн, офлайн);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="206" w:name="z1253"/>
+      <w:bookmarkEnd w:id="205"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) сдача экзамена в онлайн-режиме (в устной или письм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енной форме).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Промежуточная аттестация по общеобразовательным дисциплинам предусматривает проведение экзаменов по: языку, литературе, истории Казахстана, математике и выбору организации технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   Для проведения промежуточной аттестации на присвоение рабочей квалификации обучающимся приказом руководителя организаций технического и профессионального, послесреднего образования создается квалификационная комиссия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Решение о выдаче свидетельств</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а о присвоении рабочей квалификации принимается на основе квалификационного экзамена по выполнению видов работ по данной квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 - в редакции приказа Министра образования и науки РК от 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по ис</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>течении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...908 lines deleted...]
-          <w:i w:val="false"/>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="207" w:name="z1120"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7. Промежуточная аттестация обучающихся в организациях технического и профессионального, послесреднего образования осуществляется в соответствии с рабочими учебными п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ланами и программами в форме защиты курсовых проектов (работ), отчетов по практике, зачетов и экзаменов, при этом зачеты и защита курсовых проектов (работ) проводятся до начала экзаменов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="208" w:name="z1121"/>
+      <w:bookmarkEnd w:id="207"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Курсовые проекты (работы) выполняются по окончании теоретическ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ой части или раздела дисциплины и (или) модуля обеспечивающего усвоение знаний, достаточных для выполнения курсового проекта (работы) по данной дисциплине и (или) модуля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="209" w:name="z1122"/>
+      <w:bookmarkEnd w:id="208"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Промежуточная аттестация лиц с особыми образовательными потребностями в организ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ациях технического и профессионального образования проводится в форме экзаменов и/или зачетов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="210" w:name="z1123"/>
+      <w:bookmarkEnd w:id="209"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8. Зачеты проводятся по дисциплинам и (или) модулям, переходящим на следующий семестр, если учебным планом текущего семестра промежуточная аттестация в вид</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е экзамена или итогового зачета по данной дисциплине и (или) модулям не предусмотрена.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="211" w:name="z1124"/>
+      <w:bookmarkEnd w:id="210"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Зачеты с дифференцированными оценками ("отлично", "хорошо", "удовлетворительно" и "неудовлетворительно") проводятся по курсовым </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>проектам (работам), профессионально</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>й практике, а также по специальным дисциплинам и (или) модулям, перечень которых определяется в соответствии с рабочим учебным планом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="212" w:name="z1125"/>
+      <w:bookmarkEnd w:id="211"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      9. Материалы промежуточной аттестации обучающихся составляются на основе рабочих учебных планов и программ каждой у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>чебной дисциплины и (или) модуля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="213" w:name="z1126"/>
+      <w:bookmarkEnd w:id="212"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10. В период подготовки к промежуточной аттестации обучающихся проводятся консультации за счет общего бюджета времени, отведенного на консультации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="214" w:name="z1127"/>
+      <w:bookmarkEnd w:id="213"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11. Для проведения промежуточной аттестации обучающихся в форм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е экзаменов должны быть подготовлены:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="215" w:name="z1128"/>
+      <w:bookmarkEnd w:id="214"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) экзаменационные билеты (экзаменационные контрольные задания), тестовые задания, ситуационные задачи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="216" w:name="z1129"/>
+      <w:bookmarkEnd w:id="215"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) наглядные пособия, материалы справочного характера, нормативные документы и образцы техники, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>разрешенные к использованию на экзамене;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="217" w:name="z1130"/>
+      <w:bookmarkEnd w:id="216"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) учебные и технологические карты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="218" w:name="z1131"/>
+      <w:bookmarkEnd w:id="217"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) спортивный зал, оборудование, инвентарь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="219" w:name="z1132"/>
+      <w:bookmarkEnd w:id="218"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) экзаменационная ведомость.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="220" w:name="z1133"/>
+      <w:bookmarkEnd w:id="219"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12. Промежуточная аттестация (прием экзаменов и зачетов) осуществляется преподава</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>телем и (или) преподавателями, проводившими учебные занятия по данной дисциплине и (или) модулям в течение семестра, либо по поручению руководителя организации образования преподавателем, имеющим квалификацию, соответствующую профилю данной дисциплины и (и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ли) модуля.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="221" w:name="z1134"/>
+      <w:bookmarkEnd w:id="220"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       13. К промежуточной аттестации допускаются обучающиеся, полностью выполнившие все практические, лабораторные, расчетно-графические и курсовые работы (проекты), зачеты согласно рабочим учебным планам и образовательным программам по каждой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дисциплине и (или) модулю и не имеющие неудовлетворительных оценок по итогам текущего учета знаний. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="222" w:name="z1135"/>
+      <w:bookmarkEnd w:id="221"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Обучающиеся, имеющие по 1-2 дисциплинам и (или) модулям неудовлетворительные оценки, допускаются к экзаменам с разрешения руководителя организации о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бразования, а имеющим более двух неудовлетворительных оценок – решением педагогического совета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="223" w:name="z1136"/>
+      <w:bookmarkEnd w:id="222"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14. При проведении промежуточной аттестации для выполнения задания по экзаменационным билетам:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="224" w:name="z1137"/>
+      <w:bookmarkEnd w:id="223"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      на устный экзамен выделяется не более 25 (двадцать пя</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ть) минут на каждого обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="225" w:name="z1138"/>
+      <w:bookmarkEnd w:id="224"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      на проведение письменного экзамена предусматривается не более:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="226" w:name="z1139"/>
+      <w:bookmarkEnd w:id="225"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1) 6-ти астрономических часов по литературе (сочинение);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="227" w:name="z1140"/>
+      <w:bookmarkEnd w:id="226"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) 4-х академических часов по математике и специальным дисциплинам и (или) модулям;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="228" w:name="z1141"/>
+      <w:bookmarkEnd w:id="227"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) 3-х астрономических часов по государственному языку и русскому языку (изложение);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="229" w:name="z1142"/>
+      <w:bookmarkEnd w:id="228"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) 2-х астрономических часа по государственному языку и русскому (диктант).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="230" w:name="z1143"/>
+      <w:bookmarkEnd w:id="229"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Письменные (тестовые задания) экзаменационные работы выполняются на бумаге с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о штампом организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="231" w:name="z1144"/>
+      <w:bookmarkEnd w:id="230"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      15. Экзамены по дисциплинам, модулям, связанные с прослушиванием, просмотром учебных работ, спортивными выступлениями, принимаются преподавателями соответствующей методической предметной и цикловой комиссии, кафедр,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отделения. На их проведение предусматривается фактически затраченное время, но не более одного академического часа на каждого обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="232" w:name="z1145"/>
+      <w:bookmarkEnd w:id="231"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      16. Во время проведения промежуточной аттестации (экзаменов и зачетов) присутствие посторонних лиц без разреш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ения руководителя организации технического и профессионального, послесреднего образования не допускается (кроме заместителя руководителя по учебной, методической работам, заведующего отделением и председателя предметно-цикловой комиссии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="233" w:name="z1146"/>
+      <w:bookmarkEnd w:id="232"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      17. Обучающ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>имся, не прошедшим промежуточную аттестацию по болезни или по другим уважительным причинам, руководителем организации технического и профессионального, послесреднего образования устанавливаются индивидуальные сроки их сдачи, утвержденной приказом руководит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еля организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="234" w:name="z1147"/>
+      <w:bookmarkEnd w:id="233"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      18. Пересдача экзамена, при получении оценки "неудовлетворительно" (не зачтено), допускается не более одного раза по одной и той же дисциплине и (или) модулю.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="235" w:name="z1148"/>
+      <w:bookmarkEnd w:id="234"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Пересдача экзамена (зачета) допускается с письменного ра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зрешения заведующего отделением, в установленные им сроки тому же преподавателю, преподавателям в рамках модуля, ведущем дисциплину (или в отсутствии ведущего преподавателя другому преподавателю, имеющему квалификацию, соответствующую профилю данной дисцип</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лины и (или) модуля).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="236" w:name="z1149"/>
+      <w:bookmarkEnd w:id="235"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Для обучающихся, имеющих по результатам промежуточной аттестации не более 2-х оценок "удовлетворительно", допускается пересдача на более высокий уровень оценки по направлению заведующей отделения (заместителя директора).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="237" w:name="z1150"/>
+      <w:bookmarkEnd w:id="236"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>9. Обучающиеся, имеющие по результатам промежуточной аттестации более трех оценок "неудовлетворительно", отчисляются из организации образования по решению педагогического совета приказом руководителя организации технического и профессионального, послесредн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>его образования с выдачей ему (ей) справки установленного образца.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="238" w:name="z1151"/>
+      <w:bookmarkEnd w:id="237"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      20. Обучающиеся, полностью выполнившие требования учебного плана определенного курса, успешно сдавшие все зачеты и экзамены промежуточной аттестации, переводятся на следующий курс при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>казом руководителя организации технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="239" w:name="z1152"/>
+      <w:bookmarkEnd w:id="238"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      21. Итоговые оценки по дисциплинам, модулям, не выносимым на промежуточную аттестацию, выставляются преподавателями по завершению курса на основе оценок текущ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>его контроля успеваемости.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="240" w:name="z1153"/>
+      <w:bookmarkEnd w:id="239"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      22. К досрочной сдаче экзаменов промежуточной аттестации без освобождения от текущих учебных занятий приказом руководителя организации технического и профессионального, послесреднего образования допускаются обучающиеся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="241" w:name="z1154"/>
+      <w:bookmarkEnd w:id="240"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) выполнившие лабораторные, практические, расчетно-графические и курсовые работы (проекты), зачеты согласно рабочим учебным планам и образовательным программам по дисциплинам и (или) модулям текущего семестра с оценкой "отлично";</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="242" w:name="z1155"/>
+      <w:bookmarkEnd w:id="241"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) не имеющие</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможности пройти промежуточную аттестацию в установленные сроки (по уважительным причинам, подтвержденным соответствующими документами).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="243" w:name="z1156"/>
+      <w:bookmarkEnd w:id="242"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Глава 3. Проведение итоговой аттестации обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="244" w:name="z1163"/>
+      <w:bookmarkEnd w:id="243"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      23. Итоговая аттестация обучающихся организаций </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>технического и профессионального, послесреднего образования включает сдачу итоговых экзаменов по общепрофессиональным и специальным дисциплинам и (или) модулям, или выполнение и защита дипломного проекта (работы), или выполнение и защита дипломной работы с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о сдачей итогового экзамена по одной из специальных дисциплин и (или) модуля, за исключением, обучающихся по программам медицинского образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Итоговая аттестация обучающихся по программам медицинского образования осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами оценки знаний и навыков обучающихся, оценки профессиональной подготовленности выпускников образовательных программ в области здравоохранения и специалистов в области здравоохранения, утвержденной приказом Министра здравоохранения Республики Казах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стан от 11 декабря 2020 года № ҚР ДСМ-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>249/2020 (зарегистрирован в Реестре нормативных правовых актов под № 21763).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Итоговая аттестация проводится по заранее утвержденному графику ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       К итоговой аттестации допускаются обучающиеся, не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> имеющие академической задолженности и в полном объеме освоившие образовательные программы в соответствии с требованиями государственных общеобязательных стандартов технического и профессионального, послесреднего образования, утвержденных приказом Министра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки Республики Казахстан от 31 октября 2018 года № 604 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17669) (далее – ГОСО).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      При проведении итоговой аттестации путем ДО организация образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивает идентификацию личности обучающихся, выбор способа которой осуществляется организацией самостоятельно, и контроль соблюдения порядка ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Идентификация обучающихся осуществляется посредством визуальной сверки личности обучающег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ося с данными документа, удостоверяющего личность, представленного обучающимся перед видеокамерой в развернутом виде. Обучающиеся заранее информируются о технических требованиях к оборудованию и каналам связи. Организация образования удостоверяется в техни</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ческой возможности обучающихся путем предварительной проверки связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Компьютерное тестирование проводится с помощью инструментов, встроенных в информационные системы, или с помощью отдельных инструментов. Процесс тестирования автоматизирован. Обеспеч</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ивается автоматизированная обработка и хранения результатов тестирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 23 - в редакции приказа Министра образования и науки РК от 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>льного опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...414 lines deleted...]
-          <w:i w:val="false"/>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="245" w:name="z1164"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      24. Дипломный проект (работа) выполняется студентами, обучающимися по рабочим квалификациям, а также обучающимися по естественнонаучным, гуманитарным, экономическим и творческим специальностям, и имеет целью систематизацию, об</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общение и проверку специальных теоретических знаний и практических навыков выпускников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="246" w:name="z1165"/>
+      <w:bookmarkEnd w:id="245"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Дипломный проект (работа) выполняется студентами, обучающимися по техническим, технологическим и сельскохозяйственным специальностям при </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>подготовке специалиста ср</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еднего звена, прикладного бакалавра и предполагает описание или расчет некоторого технического устройства или технологии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="247" w:name="z1166"/>
+      <w:bookmarkEnd w:id="246"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      25. Для проведения итоговой аттестации обучающихся в организациях образования создается итоговая аттестационная комиссия приказо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>м руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="248" w:name="z1167"/>
+      <w:bookmarkEnd w:id="247"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Состав итоговой аттестационной комиссии формируется из числа квалифицированных специалистов предприятий, преподавателей специальных дисциплин, мастеров производственного обучения и представителей коллегиальных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>органов управления учебного заведения в соотношении 65 % от представителей работодателей и 35 % от представителей организации технического и профессионального, послесреднего образования, включая секретаря комиссии без права голоса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="249" w:name="z1168"/>
+      <w:bookmarkEnd w:id="248"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Состав итоговой ат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тестационной комиссии по программам медицинского образования дополнительно включает в себя представителей организаций, осуществляющих оценку знаний и навыков обучающихся, аккредитованных уполномоченным органом в области здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="250" w:name="z1169"/>
+      <w:bookmarkEnd w:id="249"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      26. Комиссия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>создается на период итоговой аттестации не позднее, чем за один месяц до проведения итоговой аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="251" w:name="z1170"/>
+      <w:bookmarkEnd w:id="250"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       27. Комиссия определяет: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="252" w:name="z1171"/>
+      <w:bookmarkEnd w:id="251"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) соответствие уровня теоретической и практической подготовки обучающихся установленной образовательной програм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ме технического и профессионального, послесреднего образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="253" w:name="z1172"/>
+      <w:bookmarkEnd w:id="252"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) фактический уровень знаний, умений и практических навыков обучающихся по производственному обучению, общепрофессиональным и специальным дисциплинам и (или) профессиональным модулям, и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>х соответствие требованиям учебных программ и квалификационных характеристик по профессиям (специальностям).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="254" w:name="z1173"/>
+      <w:bookmarkEnd w:id="253"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      28. Продолжительность заседаний комиссии не превышает 6 часов в день.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="255" w:name="z1183"/>
+      <w:bookmarkEnd w:id="254"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      29. Итоговая аттестация обучающихся в организациях технического и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> профессионального, послесреднего образования, в том числе путем ДО, проводится в сроки, предусмотренные графиком учебного процесса и рабочими учебными планами в форме, определенной ГОСО.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Итоговая аттестация обучающихся по программам медицинского обр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>азования проводится в сроки, согласованные с организациями, аккредитованными уполномоченным органом в области здравоохранения по оценке знаний и навыков обучающихся по программам медицинского образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      До начала итоговой аттестации проводится инст</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руктаж, в том числе о порядке проведения итоговой аттестации, правилах оформления работы, продолжительности выполнения работы, порядке подачи апелляции о несогласии с результатами итоговой аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ознакомление обучающихся с порядком проведения ит</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>оговой аттестации осуществляется организацией образования не менее чем за 20 рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Допуск к итоговой аттестации обучающихся оформляется приказом руководителя организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Проведение итоговой аттестации путем ДО осуществляетс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>я на основании личного заявления, которое подается на имя руководителя организации образования не позднее, чем за месяц до начала итоговой аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Для проведения итоговой аттестации путем ДО в организации образования оснащаются помещения с необхо</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>димым комплектом оборудования, которое обеспечивает:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="256" w:name="z1254"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) непрерывное видео и аудионаблюдение за обучающимися, видеозапись;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="257" w:name="z1255"/>
+      <w:bookmarkEnd w:id="256"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) возможность демонстрации обучающимися презентационных материалов во время защиты дипломных проектов (работ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="257"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающиеся, участвующие в итоговой аттестации путем ДО, располагают техническими средствами и программным обеспечением, позволяющими обеспечить целостность процедуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Пункт 29 - в редакции приказа Министра образования и науки РК от 06.05.202</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...442 lines deleted...]
-          <w:i w:val="false"/>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="258" w:name="z1184"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      30. В комиссию представляются следующие материалы и документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="259" w:name="z1185"/>
+      <w:bookmarkEnd w:id="258"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) рабочий учебный план по специальности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="260" w:name="z1186"/>
+      <w:bookmarkEnd w:id="259"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) приказ руков</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>одителя организации технического и профессионального образования о допуске обучающихся к итоговой аттестации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="261" w:name="z1187"/>
+      <w:bookmarkEnd w:id="260"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) сводные ведомости итоговых оценок обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="262" w:name="z1188"/>
+      <w:bookmarkEnd w:id="261"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) комплект экзаменационных билетов и перечень вопросов, выносимых на итоговые экзам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ены, согласно учебной программе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="263" w:name="z1189"/>
+      <w:bookmarkEnd w:id="262"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) техническую спецификацию тестовых заданий и перечень клинических станций для обучающихся по программам медицинского образования, согласованные с учебно-методическими объединениями по направлению подготовки кадров з</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дравоохранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="264" w:name="z1190"/>
+      <w:bookmarkEnd w:id="263"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) документы, подтверждающие право обучающихся дневной формы обучения на перенос сроков итоговой аттестации по состоянию здоровья;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="265" w:name="z1191"/>
+      <w:bookmarkEnd w:id="264"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      7) документы, подтверждающие право обучающихся заочной формы обучения и (или) представление с мес</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>та работы подтверждающих документов на перенос сроков итоговой аттестации по состоянию здоровья.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="266" w:name="z1205"/>
+      <w:bookmarkEnd w:id="265"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      31. Итоговая аттестация обучающихся организаций технического и профессионального, послесреднего образования проводится в форме сдачи итоговых экзаменов п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о общепрофессиональным и специальным дисциплинам и (или) модулям, или выполнение и защита дипломного проекта (работы), или выполнение и защита дипломной работы со сдачей итогового экзамена по одной из специальных дисциплин и (или) модуля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Для лиц с о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>собыми образовательными потребностями итоговая аттестация проводится в обстановке, исключающей влияние негативных факторов на состояние их здоровья, и в условиях, отвечающих физиологическим особенностям и состоянию здоровья обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Итоговая </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аттестация путем ДО проводится в режиме реального времени (онлайн). Ответственным за предоставление программных средств и технической поддержки итоговой аттестации со стороны организаций образования является лицо, определяемое приказом руководителя организ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ации образования, который не позднее, чем за сутки до начала проводит проверку технических условий проведения итоговой аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Итоговые экзамены по дисциплинам и (или) модулям проводятся в соответствии с учебными программами в следующих формах: у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стно, письменно, в форме комплексных экзаменов, включающих вопросы нескольких специальных дисциплин и (или) профессиональных модулей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      При проведении итоговой аттестации путем ДО предусматривается проведение комплексных экзаменов в форме компьютерного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тестирования с осуществлением обязательной идентификации личности обучающегося и контроля за соблюдением порядка проведения комплексных экзаменов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Защита дипломного проекта (работы) проводится на открытом заседании комиссии по проведению итоговой ат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тестации с участием не менее 2/3 ее членов. Продолжительность защиты одного дипломного проекта (работы) не превышает 30 (тридцать) минут на одного обучающегося. Для защиты дипломного проекта (работы), обучающийся выступает с докладом продолжительностью не </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>более 10 (десять) минут.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      За две недели до начала итоговой аттестации, обучающиеся предоставляют, допущенные к защите дипломные проекты (работы) с рецензиями и презентационными материалами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Время проведения защиты дипломного проекта (работы) опр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еделяется графиком и доводится до сведения обучающихся не менее чем за три рабочих дня до начала защиты дипломных проектов (работ).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Защита дипломного проекта (работы), в том числе путем ДО, проходит в виде демонстрации презентации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      В случае пре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рывания процесса защиты дипломного проекта (работы) путем ДО обучающийся немедленно обращается к заместителю руководителя по учебной работе или заведующему учебной частью с ходатайством о его продолжении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Продолжительность устного итогового экзамена </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>не превышает 15 (пятнадцать) минут на одного обучающегося.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      При проведении итогового экзамена путем ДО, в случаях выполнения работ раньше установленного времени, разрешается завершение сеанса видеоконференцсвязи досрочно по разрешению председателя Ком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>иссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Итоговая аттестация лиц с особыми образовательными потребностями проводится в форме сдачи практической работы по производственному обучению с пояснениями выполняемых действий с обязательным присутствием руководителя. Для защиты практической ра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>боты обучающийся выступает с докладом об этапах выполнения работы с продолжительностью не более 15 (пятнадцати) минут. При организации итоговой аттестации для обучающихся с нарушениями слуха привлекается сурдопереводчик.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Вся процедура проведения итог</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>овой аттестации записывается на видео.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 - в редакции приказа Министра образования и науки РК от 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...302 lines deleted...]
-          <w:i w:val="false"/>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="267" w:name="z1206"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      32. К</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">валификационный экзамен проводится на базе предприятий (организаций, учреждений) работодателей или учебного заведения, при наличии у организации технического и профессионального, послесреднего образования производственных площадок, лабораторий, мастерских </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>или учебных центров, оснащенных необходимым оборудованием по каждой квалификации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="268" w:name="z1207"/>
+      <w:bookmarkEnd w:id="267"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      33. По решению Комиссии повторно допускаются к итоговой аттестации в текущем учебном году по соответствующей учебной дисциплине и (или) модулю следующие обучающиеся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="269" w:name="z1208"/>
+      <w:bookmarkEnd w:id="268"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    1) получившие на итоговой аттестации неудовлетворительный результат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="270" w:name="z1209"/>
+      <w:bookmarkEnd w:id="269"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) не явившиеся на итоговую аттестацию  по уважительной причине (в связи с состоянием здоровья или иным объективным причинам, подтвержденным соответствующими документами).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="271" w:name="z1210"/>
+      <w:bookmarkEnd w:id="270"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Срок проведения повторного заседания определяется комиссией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="272" w:name="z1211"/>
+      <w:bookmarkEnd w:id="271"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Повторный итоговый экзамен проводится только по дисциплине и (или) модулю, по которой была получена оценка "неудовлетворительно".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="273" w:name="z1212"/>
+      <w:bookmarkEnd w:id="272"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      По решению итоговой аттестационной комиссии  обучающ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>емуся предоставляется возможность защитить ту же работу повторно, с соответствующей доработкой, или разработать новую тему.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="274" w:name="z1213"/>
+      <w:bookmarkEnd w:id="273"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Повторная сдача итогового экзамена и защита дипломного проекта (работы) с целью повышения положительной оценки не допускается</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="275" w:name="z1214"/>
+      <w:bookmarkEnd w:id="274"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      34. Обучающемуся, получившему оценку "неудовлетворительно" при повторной защите дипломного проекта (работы) или сдаче итоговых экзаменов, выдается справка установленного образца об окончании полного курса обучения по специальности (профессии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="276" w:name="z1219"/>
+      <w:bookmarkEnd w:id="275"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   35. В отдельных случаях, обучающимся, не имеющим возможности, пройти итоговую аттестацию в установленные сроки (в связи с состоянием здоровья, призывом на воинскую службу или иным объективным причинам, подтвержденным соответствующими документами), разре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>шается индивидуальная сдача итоговой аттестации (досрочная сдача или продление сессии) не ранее, чем за два месяца до даты начала итоговой аттестации согласно графику учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Досрочная сдача итоговой аттестации обучающихся организаций обра</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>зования при исправительных учреждениях уголовно-исполнительной системы допускается при разрешении вопроса об освобождении от отбывания наказания не ранее чем за три месяца до даты начала итоговой аттестации согласно графику учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Обучающ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ийся, не явившийся на итоговую аттестацию по уважительной причине, пишет заявление в произвольной форме на имя председателя итоговой аттестационной комиссии и представляет документ, подтверждающий причину. При получении положительного решения обучающийся с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дает экзамен и (или) защищает дипломный проект (работу) в другой день заседания итоговой аттестационной комиссии, предусмотренный графиком проведения итоговой аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Документы, представленные о состоянии здоровья после получения неудовлетворител</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ьной оценки, не рассматриваются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      При проведении итоговой аттестации путем ДО в случае возникновения технических неполадок обучающемуся предоставляется возможность прохождения итоговой аттестации в другой день и (или) другое время. В этом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>случае, техн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ический секретарь оформляет электронный акт и направляет копию акта всем членам комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 35 - в редакции приказа Министра образования и науки РК от 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня ег</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...134 lines deleted...]
-          <w:i w:val="false"/>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="277" w:name="z1224"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      36. Заседание итоговой аттестационной комиссии оформляется соответствующим протоколом, который подписывается председателем, членами и секретарем комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="277"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Результаты сдачи итоговых экзаменов и защиты дипл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>омного проекта (работы) объявляются в день их проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Обучающиеся, не согласные с результатами итоговой аттестации, подают заявление на апелляцию не позднее следующего рабочего дня после ее проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      В исключительных случаях (в том числе </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>при обучении путем ДО по решению уполномоченного органа в случаях карантина, чрезвычайных ситуаций социального, природного и техногенного характера) при возникновении иных обстоятельств, не зависящих от действий участников итоговой аттестации, Комиссия при</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нимает решение по изменению формы проведения итоговой аттестации в соответствии с пунктом 31 настоящих Правил и определению результатов итоговой аттестации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      При проведении итоговой аттестации путем ДО учет результатов осуществляется в электронно-цифр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>овой форме. При этом сохранение сведений об итоговой аттестации на бумажном носителе является обязательным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 36 - в редакции приказа Министра образования и науки РК от 06.05.2021 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 207</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...128 lines deleted...]
-    <w:bookmarkEnd w:id="192"/>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="278" w:name="z1225"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      37. Обучающимся, освоившим и сдавшим образовательную программу с оценками "отлично" не менее 75 процентов зачетов и экзаменов по учебным дисциплинам и (или) модулям, курсовым проектам (работам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>), отчетам по практике учебного плана, а по остальным - с оценками "хорошо", и защитившему дипломную работу (проект) и (или) экзамены с оценками "отлично", выдается диплом с отличием по решению итоговой аттестационной комиссии организации образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="279" w:name="z1226"/>
+      <w:bookmarkEnd w:id="278"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  При применении балльно-рейтинговой буквенной системы обучающимся, освоившим и сдавшим образовательную программу с оценками "А", "А-", "В+", "В", "В-" и имеющему средний балл успеваемости за весь период обучения не </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ниже 3,5, а также сдавшему итоговую атте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стацию с оценками "А", "А-", в случае отсутствия повторных сдач экзаменов в течение всего периода обучения выдается диплом с отличием.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="280" w:name="z1227"/>
+      <w:bookmarkEnd w:id="279"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      38. Решение о выдаче диплома с указанием уровня квалификации принимается на основе результатов итоговых экзаменов п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>о дисциплинам и (или) модулям и (или) защиты дипломных проектов (работы).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="281" w:name="z1228"/>
+      <w:bookmarkEnd w:id="280"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       39. Председатель комиссии в двухнедельный срок по окончанию аттестации, составляет отчет об итогах аттестации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="282" w:name="z1229"/>
+      <w:bookmarkEnd w:id="281"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      40. В отчете председателя комиссии отражаются: уровень по</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дготовки обучающихся по данной специальности (профессии); характеристика знаний обучающихся, выявленных на экзамене; недостатки в подготовке обучающихся по отдельным вопросам дисциплин и (или) модулей; рекомендации по дальнейшему совершенствованию подготов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ки квалифицированных кадров по профессиям (специальностям) технического и профессионального, послесреднего образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="283" w:name="z1230"/>
+      <w:bookmarkEnd w:id="282"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      41. Председатель комиссии докладывает педагогическому совету об итогах работы комиссии.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5877"/>
+        <w:gridCol w:w="3900"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="283"/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Техникалық және кәсіптік, </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Приложение </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>орта білімнен кейінгі білім беру</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">к Типовым правилам </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">ұйымдарындағы білім </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">проведения текущего контроля </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">алушылардың үлгеріміне </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">успеваемости, промежуточной и </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>ағымдағы бақылауды,</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">итоговой аттестации </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">аралық және қорытынды </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">обучающихся в организациях </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve">аттестаттауды өткізудің </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">технического и профессионального, </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...18 lines deleted...]
-              <w:t>қосымша</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>послесреднего образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z90" w:id="193"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="284" w:name="z1232"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...5 lines deleted...]
-    <w:bookmarkEnd w:id="193"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Буквенная система оценки учебных достижений обучающихся, соответствующая цифровому эквиваленту по четырехбалльной системе</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2523"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1724"/>
+        <w:gridCol w:w="1920"/>
+        <w:gridCol w:w="2366"/>
+        <w:gridCol w:w="1482"/>
+        <w:gridCol w:w="1911"/>
+        <w:gridCol w:w="1932"/>
+        <w:gridCol w:w="51"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="284"/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Әріптік жүйе бойынша баға</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оценка по буквенной системе</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Балдардың сандық эквиваленті</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Цифровой эквивалент баллов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Пайыздық мазмұны</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Процентное содержание</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Дәстүрлі жүйе бойынша баға</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оценка по традиционной системе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-А</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-4,0</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-95-100</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>95-100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Өте жақсы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отлично</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-А-</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>А-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-3,67</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-90-94</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>90-94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="007340B5"/>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-В+</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-3,33</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-85-89</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>85-89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Жақсы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Хорошо</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-В</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-3,0</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-80-84</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>80-84</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="007340B5"/>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-В-</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>В-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2,67</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-75-79</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>75-79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="007340B5"/>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-С+</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2,33</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-70-74</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>70-74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="007340B5"/>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-С</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2,0</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-65-69</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>65-69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Қанағаттанарлық</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Удовлетворительно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-С-</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>С-</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1,67</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-60-64</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60-64</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="007340B5"/>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-D+</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>D+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1,33</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-55-59</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>55-59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="007340B5"/>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-D</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1,0</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-50-54</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50-54</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p/>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="007340B5"/>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="80" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2523" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-F</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3217" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-0</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4836" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-0-49</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0-49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1724" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Қанағаттанарлықсыз</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Неудовлетворительно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="007340B5">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Қазақстан Республикасы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Утверждены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>Білім және ғылым министрінің</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>приказом Министра образования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>2008 жылғы 18 наурыздағы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">и науки Республики </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...18 lines deleted...]
-              <w:t>бекітілген</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 18 марта 2008 года № 125</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z136" w:id="194"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="285" w:name="z26"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...49 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> Типовые правила</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся в высших учебных заведениях</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Сноска. Типовые правила исключены приказом Министра образования и науки РК от 25.09.2018 № 494 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-    <w:p>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007340B5" w:rsidRDefault="00FE621F">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...9 lines deleted...]
-    <w:sectPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ «Институт законодатель</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>ства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="007340B5" w:rsidSect="007340B5">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="75"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat/>
+  <w:rsids>
+    <w:rsidRoot w:val="007340B5"/>
+    <w:rsid w:val="007340B5"/>
+    <w:rsid w:val="00FE621F"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="off"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...5 lines deleted...]
-    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="007340B5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="007340B5"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="007340B5"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
+    <w:rsid w:val="007340B5"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00FE621F"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="ae"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FE621F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="1F497D"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="EEECE1"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4F81BD"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="C0504D"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="9BBB59"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="8064A2"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4BACC6"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="F79646"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0000FF"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="800080"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Cambria"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="35000">
+              <a:schemeClr val="phClr">
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="1"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="80000">
+              <a:schemeClr val="phClr">
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="16200000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="40000">
+              <a:schemeClr val="phClr">
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>49</Pages>
+  <Words>15616</Words>
+  <Characters>89012</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>741</Lines>
+  <Paragraphs>208</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <Company>Reanimator Extreme Edition</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>104420</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:creator>Admin</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>