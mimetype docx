--- v0 (2025-12-07)
+++ v1 (2025-12-24)
@@ -1,70 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="5FAC5B70" w14:textId="77777777" w:rsidR="00417C29" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="00417C29" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7510B37E" wp14:editId="1CC2E289">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A1F1B42" wp14:editId="36657058">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2113915</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-9525</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1320800" cy="1278890"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="7165" y="0"/>
                 <wp:lineTo x="5296" y="643"/>
                 <wp:lineTo x="623" y="4183"/>
                 <wp:lineTo x="0" y="7078"/>
                 <wp:lineTo x="0" y="13835"/>
                 <wp:lineTo x="312" y="16087"/>
                 <wp:lineTo x="4673" y="20592"/>
                 <wp:lineTo x="7165" y="21235"/>
                 <wp:lineTo x="14019" y="21235"/>
                 <wp:lineTo x="16512" y="20592"/>
                 <wp:lineTo x="20873" y="16087"/>
                 <wp:lineTo x="21185" y="13835"/>
                 <wp:lineTo x="21185" y="7078"/>
                 <wp:lineTo x="20873" y="4504"/>
@@ -103,278 +103,278 @@
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1320800" cy="1278890"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="723CD03F" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
-[...19 lines deleted...]
-    <w:p w14:paraId="0A0B320C" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A8B9E5E" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09477C34" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16749AA1" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="125CCDC2" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D4E58F5" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">ПАВЛОДАР ҚАЛАСЫ БІЛІМ БЕРУ БӨЛІМІ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11B75B71" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="423BA683" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">ӘДІСТЕМЕЛІК КАБИНЕТ                                                               </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056FCCBB" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D0DCCF2" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="057C1D6F" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0581E3AD" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                        </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="630807BD" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="00704F22" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="00704F22" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:val="kk-KZ" w:eastAsia="kk-KZ"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7B795BB0" wp14:editId="79BF586F">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3070860" cy="1016000"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="Безымянный2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="Безымянный2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -388,103 +388,103 @@
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="009B61A6" w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="461DB7B9" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D1E1AC8" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="06F65E0D" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3482C1B6" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="174E244F" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">ҚАЛАЛЫҚ </w:t>
       </w:r>
       <w:r w:rsidR="00A36F48">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -502,163 +502,165 @@
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="004358B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> АССИСТЕНТ</w:t>
       </w:r>
       <w:r w:rsidR="00ED1EBC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ТЕРДІ</w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="003105FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Ң </w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>ОТЫРЫСЫНЫҢ БАҒДАРЛАМАСЫ</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BD39F3A" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70903435" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="672FC1AC" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E25DD65" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DAB3378" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BE2833F" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2BD1DD15" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D1B3643" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Өткізу күні: </w:t>
       </w:r>
       <w:r w:rsidR="00D47FFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -675,51 +677,51 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00535DF6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>сәуір</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2022 жыл</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07FD74B2" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Өткізу уақыты:</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
@@ -734,51 +736,51 @@
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00E60FA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:00</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="217287AA" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Платформасы:</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
@@ -792,141 +794,141 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ZOOМ </w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>конферециясы</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41CB44AC" w14:textId="77777777" w:rsidR="00930E2C" w:rsidRPr="00B01B93" w:rsidRDefault="009B61A6" w:rsidP="00930E2C">
+    <w:p w:rsidR="00930E2C" w:rsidRPr="00B01B93" w:rsidRDefault="009B61A6" w:rsidP="00930E2C">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Идентификатор</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D47FFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>6670093071</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E165201" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="00805B09">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="00805B09">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Код</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001069E6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>12345</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2954A9D6" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Модератор:</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -953,1397 +955,1524 @@
       <w:r w:rsidR="003105FE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="009B61A6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> әдіскер  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3004366F" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CA902F0" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AE27705" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CFCDFC0" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C206FA3" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9322" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="534"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="3827"/>
         <w:gridCol w:w="3544"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009B61A6" w:rsidRPr="009B61A6" w14:paraId="5E1E147F" w14:textId="77777777" w:rsidTr="009B61A6">
+      <w:tr w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidTr="009B61A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6367A478" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+          <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1A1D6AC9" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+          <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B61A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="759656AA" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+          <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2387BA0F" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+          <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B61A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Уақыты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="28F9A67F" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+          <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0C750FD6" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+          <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009B61A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Баяндама тақырыбы</w:t>
-            </w:r>
+              <w:t>Баяндама</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009B61A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009B61A6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>тақырыбы</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="01ED32FA" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+          <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="03C95713" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+          <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B61A6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>Баяндамашының аты-жөні</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B520B2" w:rsidRPr="009B61A6" w14:paraId="654756AA" w14:textId="77777777" w:rsidTr="00B520B2">
+      <w:tr w:rsidR="00B520B2" w:rsidRPr="009B61A6" w:rsidTr="00B520B2">
         <w:trPr>
           <w:trHeight w:val="1634"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="43053D7E" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F7499F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B14F4DF" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15.00-15.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2E02F0A5" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="006B4FFA" w:rsidRDefault="006B4FFA" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B4FFA">
-[...3 lines deleted...]
-              <w:t>"PECS"коммуникацияны оқытудың баламалы жүйесі "шығармашылық тобының қызметін ұйымдастыру және әдістемелік сүйемелдеу. Әдістемелік құралдың құрылымы мен негізгі мазмұнын талқылау.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Организация и методическое сопровождение деятельности творческой группы ««</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Альтернативная система обучения коммуникации «PECS»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>. Обсуждение структуры и основного содержания методического пособия.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="41D6B76B" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Нурахметова Ш.С.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B520B2" w:rsidRPr="009B61A6" w14:paraId="49AD372F" w14:textId="77777777" w:rsidTr="00B520B2">
+      <w:tr w:rsidR="00B520B2" w:rsidRPr="009B61A6" w:rsidTr="00B520B2">
         <w:trPr>
           <w:trHeight w:val="708"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7CD4ACF1" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F7499F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="05FB9D0E" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">15.05-15.20 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="20C4CD2C" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="006B4FFA" w:rsidRDefault="006B4FFA" w:rsidP="00B520B2">
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00ED1EBC" w:rsidP="00B520B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B4FFA">
-[...4 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId7" w:anchor="7" w:history="1">
+              <w:r w:rsidR="00B520B2">
+                <w:rPr>
+                  <w:rStyle w:val="a7"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                  <w:color w:val="000000" w:themeColor="text1"/>
+                </w:rPr>
+                <w:t>Развитие речи у детей с РАС</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38FFD578" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Бейсембекова Мадина Ерсиновна,педагог – ассистент СОШ№6</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Бейсембекова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Мадина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Ерсиновна,педагог</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – ассистент СОШ№6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w14:paraId="49217AD5" w14:textId="77777777" w:rsidTr="00B520B2">
+      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w:rsidTr="00B520B2">
         <w:trPr>
           <w:trHeight w:val="879"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="152AD0B5" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F7499F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="26955FEF" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15.20-15-40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4B8E25CC" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="006B4FFA" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="300" w:after="150"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B4FFA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="006B4FFA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t> </w:t>
-[...9 lines deleted...]
-              <w:t>АВА әдістемесінің артықшылықтары мен кемшіліктері</w:t>
+              <w:t> Преимущества и недостатки АВА-методики</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="274CD203" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Каримбаева Зульфия  Анваровна , педагог – ассистент СОШ№6</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Каримбаева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Зульфия</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Анваровна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> , педагог – ассистент СОШ№6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w14:paraId="584EB2C4" w14:textId="77777777" w:rsidTr="009B61A6">
+      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w:rsidTr="009B61A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="24720AA2" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F7499F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="460EA6BE" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>15.40-15.55.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1FA236" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="006B4FFA" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B4FFA">
-[...12 lines deleted...]
-            <w:r w:rsidRPr="006B4FFA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:bCs/>
                 <w:color w:val="343333"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>туралы заманауи идеялар</w:t>
+              <w:t>Современные представления о РАС</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="479ECDA1" w14:textId="14B75EE6" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...19 lines deleted...]
-          <w:p w14:paraId="3243756D" w14:textId="5F15E2D5" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Уали</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Камиля</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Марат</w:t>
-[...15 lines deleted...]
-          <w:p w14:paraId="60FCAB91" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+              <w:t>Маратовна педагог – ассистент СОШ№6</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w14:paraId="1DCC38E3" w14:textId="77777777" w:rsidTr="00B520B2">
+      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w:rsidTr="00B520B2">
         <w:trPr>
           <w:trHeight w:val="641"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E2CE1EB" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7AE3D09B" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>16.00-16.05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10C6BB27" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="006B4FFA" w:rsidRDefault="006B4FFA" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="1"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
               </w:rPr>
-              <w:t>АВА-терапиясыны</w:t>
-[...7 lines deleted...]
-              <w:t>ң кезеңдері</w:t>
+              <w:t>Этапы АВА-терапии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="33068FED" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Медева Мадина Рамазановна, педагог – ассистент СОШ№6</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Медева</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Мадина</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рамазановна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>, педагог – ассистент СОШ№6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w14:paraId="29D93E3A" w14:textId="77777777" w:rsidTr="009B61A6">
+      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w:rsidTr="009B61A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3EAF2260" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5FC68268" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>16.06-16.11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5D85BF33" w14:textId="55F4FC54" w:rsidR="00B520B2" w:rsidRPr="00741BFA" w:rsidRDefault="00FA43FA" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00FA43FA">
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>ABA-терапия қолданбалы мінез-құлықты талдау әдісі</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>ABA - терапия метод прикладного анализа поведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6F04E52F" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Шорохова Мария Вячеславовна, педагог – ассистент СОШ№6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w14:paraId="70686219" w14:textId="77777777" w:rsidTr="009B61A6">
+      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w:rsidTr="009B61A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0E34FE2E" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2207ECA6" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>16.12-16.17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="250E7027" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="006B4FFA" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B4FFA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="646464"/>
                 <w:kern w:val="36"/>
               </w:rPr>
-              <w:t>Аутизмі бар балаларды оқыту және психологиялық сүйемелдеу үшін мінез-құлықты қолданбалы талдау әдісін қолдану</w:t>
+              <w:t>Применение метода прикладного анализа поведения для обучения и психологического сопровождения детей с аутизмом</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35F14576" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Шакирова Динара Маратовна, педагог – ассистент СОШ№6</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="040289AD" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w14:paraId="523A341C" w14:textId="77777777" w:rsidTr="009B61A6">
+      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w:rsidTr="009B61A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6F885862" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB398D1" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>16.17-16.30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="70FA7572" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="006B4FFA" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B4FFA">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="333333"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Мінез-құлық пен аутизмді қолданбалы талдау. Мінез-құлықты функционалды талдау</w:t>
+              <w:t>Прикладной анализ поведения и аутизм. Функциональный анализ поведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5378895A" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">    Мустафина Диляра Иратовна педагог-ассистент СОШ № 6</w:t>
+              <w:t xml:space="preserve">    Мустафина </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Диляра</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Иратовна</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> педагог-ассистент СОШ № 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w14:paraId="16A23B4A" w14:textId="77777777" w:rsidTr="009B61A6">
+      <w:tr w:rsidR="00B520B2" w:rsidRPr="00930E2C" w:rsidTr="009B61A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1DEDFE06" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRPr="00F7499F" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E36FC94" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>16.30 -16.35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2E848FC9" w14:textId="77777777" w:rsidR="006B4FFA" w:rsidRPr="006B4FFA" w:rsidRDefault="006B4FFA" w:rsidP="006B4FFA">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B4FFA">
-[...25 lines deleted...]
-          <w:p w14:paraId="2E8CD994" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="006B4FFA" w:rsidP="006B4FFA">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Рефлексия по итогам работы заседания творческой группы.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006B4FFA">
-[...3 lines deleted...]
-              <w:t>Топтардың сөздерінен мазмұнды іріктеу және толықтыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Отбор содержания из выступлений групп и дополнение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3544" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C83C826" w14:textId="77777777" w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
+          <w:p w:rsidR="00B520B2" w:rsidRDefault="00B520B2" w:rsidP="00B520B2">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-              <w:t>Нурахметова Ш.С.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Нурахметова</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ш.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009B61A6" w:rsidRPr="009B61A6" w14:paraId="0C7BFB25" w14:textId="77777777" w:rsidTr="009B61A6">
+      <w:tr w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidTr="009B61A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9322" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="68C9457F" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="00230AD2">
+          <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="00230AD2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B5E8466" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4409FB3F" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4DF87095" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F03F605" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRDefault="009B61A6" w:rsidP="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6601FB40" w14:textId="77777777" w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6">
+    <w:p w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidRDefault="009B61A6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="009B61A6" w:rsidRPr="009B61A6" w:rsidSect="009B61A6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:display="firstPage" w:offsetFrom="page">
         <w:top w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:left w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:bottom w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
         <w:right w:val="thinThickThinMediumGap" w:sz="24" w:space="24" w:color="002060"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54EB71F6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9034AEA2"/>
     <w:lvl w:ilvl="0" w:tplc="02C811F8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="BA805412" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -2413,148 +2542,140 @@
     <w:lvl w:ilvl="7" w:tplc="736A0478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F18C443E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="705714907">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00417C29"/>
-    <w:rsid w:val="00083835"/>
     <w:rsid w:val="001069E6"/>
     <w:rsid w:val="001845B0"/>
     <w:rsid w:val="002C0D2E"/>
     <w:rsid w:val="003105FE"/>
     <w:rsid w:val="003E0B58"/>
     <w:rsid w:val="00417C29"/>
     <w:rsid w:val="004358B3"/>
-    <w:rsid w:val="00440E2E"/>
     <w:rsid w:val="00535DF6"/>
     <w:rsid w:val="0053641B"/>
-    <w:rsid w:val="006B4FFA"/>
     <w:rsid w:val="00704F22"/>
-    <w:rsid w:val="00741BFA"/>
     <w:rsid w:val="00805B09"/>
     <w:rsid w:val="0091488E"/>
     <w:rsid w:val="00921975"/>
     <w:rsid w:val="00930E2C"/>
     <w:rsid w:val="009B61A6"/>
-    <w:rsid w:val="00A3479B"/>
     <w:rsid w:val="00A36F48"/>
-    <w:rsid w:val="00A6119A"/>
     <w:rsid w:val="00B520B2"/>
     <w:rsid w:val="00CE3BE2"/>
     <w:rsid w:val="00D47FFA"/>
     <w:rsid w:val="00DA4D44"/>
     <w:rsid w:val="00E60FA0"/>
     <w:rsid w:val="00ED1EBC"/>
     <w:rsid w:val="00F7499F"/>
-    <w:rsid w:val="00FA43FA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5CB50F58"/>
-  <w15:docId w15:val="{3D73A034-D776-43A0-8E16-9B9245D87BC1}"/>
+  <w14:docId w14:val="4DB60F7F"/>
+  <w15:docId w15:val="{4776D6E4-590B-41F4-897F-EDC3B0A17D8C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2665,51 +2786,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2882,55 +3003,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00B520B2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
@@ -3033,88 +3149,87 @@
     <w:rsid w:val="00B520B2"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B520B2"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="1183470377">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1883514574">
           <w:marLeft w:val="130"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ncrdo.ru/center/blog/ava-terapiya-dlya-autistov-s-chego-nachat/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3363,66 +3478,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>270</Words>
-  <Characters>1539</Characters>
+  <Words>274</Words>
+  <Characters>1566</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>12</Lines>
+  <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1806</CharactersWithSpaces>
+  <CharactersWithSpaces>1837</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>